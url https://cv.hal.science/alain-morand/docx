--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:127.57475083056px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alain Morand </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast laser-written 3D nano-antenna for flux extraction and vertical focusing above near-infrared waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 34 (4), pp.7138. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.582868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative monolithic integrated optic SWIR SWIFTS without lens between unprotected InGaAs area image sensor and optical glass chip surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Irar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (16), pp.34030. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.562340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05196339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A route to an all direct laser written integrated FTS (SWIFTS) in the 3.39–4.1 μm range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier R Vázquez de Aldana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Arroyo Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (10), pp.101302. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0221394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a 3D ultrafast laser written near-infrared spectro-interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Allaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Callejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (9), pp.2253. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.484270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-04082738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Optimization of a Micro-Structured Waveguiding and Fluorescent Sol-Gel Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (12), pp.4608. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules28124608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting Up and Assessing a New Micro-Structured Waveguiding Fluorescent Architecture on Glass Entirely Elaborated by Sol–Gel Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (3), pp.979. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma15030979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waveguide scattering antennas made by direct laser writing in bulk glass for spectrometry applications in the short-wave IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Callejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 61 (24), pp.7173-7180. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.464017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-03753503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near IR stationary wave Fourier transform lambda meter in lithium niobate: multiplexing and improving optical sampling using spatially shifted nanogroove antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Salut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (19), pp.D83. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.421458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aperiodic differential method associated with FFF: an efficient electromagnetic computational tool for integrated optical waveguides modelization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 37 (6), pp.1014. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.387823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Fourier factorization for differential method and RCWA: a powerful tool for the modeling of non-lamellar metallic diffraction gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soukaina Essaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demetrio Macías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (2), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-020-2240-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-structuration of a sol-gel architecture for channel waveguide / diffraction grating coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 92, pp.36-45. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2019.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the vertical radiation pattern issued from multiple nano-groove scattering centers acting as an antenna for future integrated optics Fourier transform spectrometers in the near IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (3), pp.542. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.000542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01990064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of all-dielectric structures for color generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Karen González-Alcalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Salas-Montiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (14), pp.3959-3967. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.57.003959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All Integrated Lithium Niobate Standing Wave Fourier Transform Electro-Optic Spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joran Loridat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 36 (20), pp.4900-4907. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2018.2865227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01960977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Lloyd’s mirror on planar waveguide facet as a spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Gri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56 (35), pp.9804. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.56.009804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light absorption processes and optimization of ZnO/CdTe core–shell nanowire arrays for nanostructured solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Consonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (7), pp.075401. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/26/7/075401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light trapping in ZnO nanowire arrays covered with an absorbing shell for solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Consonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (S4), pp.A1174-A1189. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.0A1174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Results in Near and Mid IR Lithium Niobate-Based Integrated Optics Interferometer Based on SWIFTS-Lippmann Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32 (22), pp.4338-4344. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2014.2353773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waveguide-coupled nanowire as an optical antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hadjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Salas-Montiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 30 (11), pp.2347-2355. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.30.002347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of optical properties of Si and ZnO/CdTe core/shell nanowire arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kaminski-Cachopo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Consonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Material Science &amp; Engineering B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 178 (9), pp.665-669. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mseb.2012.10.037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of the 3D Aperiodic Fourier Modal Method using arc elements in curvilinear coordinates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29 (3), pp.367-373. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.29.000367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00977041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Q silica microcavities on a chip: From microtoroid to microsphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Delamadeleine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Noé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3658389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01989341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light interference detection on-chip by integrated SNSPD counters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Villégier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Feautrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constancias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (4), pp.042120. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3656744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00991040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-space observation of spectral degeneracy breaking in a waveguide-coupled disk microresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felice Gesuele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.3168-3170. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.35.003168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS Waveguide Micro-Spectrometer Integrated on Top of a 1D-NbN SNSPD Array,&amp;quot; Applied Superconductivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constancias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Feautrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Maingault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TASC.2010.2086039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a compact static Fourier transform spectrometer in integrated optics based on a leaky loop structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.184. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.34.000184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00479880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of a planar slotted microdisk resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Ligthwave Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (18), pp.4009-4015. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2009.2021580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00597595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization of the compact static Fourier transform spectrometer LLIFTS in glass integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.2291. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.34.002291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00479923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three dimensional analysis of cylindrical microresonators based on the aperiodic Fourier modal method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optical Society of America A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 25, pp.667-675. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.25.000667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wavelength-scale stationary-wave integrated Fourier-transform spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1 (8), pp.473 - 478. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphoton.2007.138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Q whispering gallery modes in GaAs/AlAs pillar microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-R. Nowicki-Bringuier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Claudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Böckler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Reitzenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (25), pp.17291. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.15.017291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-compact microdisk resonator filters on SOI substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Phan Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14 (26), pp.12814. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.14.012814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-compact microdisk resonator filters on SOI substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14, pp.12814-12821</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scanning near-field optical microscopy as a tool for the characterization of multimode interference devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu J. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rooms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44, pp.2558-2563. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.44.002558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00398227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near field optical microscopy as a tool to investigate multimode imaging devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rooms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Korean Physical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 47, pp.S61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelization of the whispering gallery mode in microgear resonators using the Floquet-Bloch formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Phan  Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41, pp.357-365. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.25.000667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytic study of the whispering gallery mode in two-dimensional microgear cavity using the coupled-mode theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Phan  Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22, pp.1793-1803. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.22.001793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Study of the Microdisk's Resonant Modes Coupling With a Waveguide Based on the Perturbation Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Desieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 22 (3), pp.827-832. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2004.824528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Numerical modeling of propagation losses of a single line-defect photonic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Désières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 221 (4-6), pp.353-357. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(03)01472-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A complete physical approach to position the access waveguides of weakly confined multi-mode interference couplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rooms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 221 (4-6), pp.317-322. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(03)01500-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation losses of the fundamental mode in a single line-defect photonic crystal waveguide on an InP membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Desieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 92 (5), pp.2227-2234. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.1495890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and synthesis of low refractive index polymers for modulation in optical waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tedjini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 13 (2), pp.205-209. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0925-3467(99)00068-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optical waveguide polarizer on glass with a birefringent polymer overlay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sanchez-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tedjini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bosc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 10 (11), pp.1599-1601. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/68.726762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new solution to waveguide excitation suppressing the effects of the radiated field. Application to the Y-junction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lemaitre-Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pure and Applied Optics Journal of the European Optical Society Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 7 (4), pp.667-683. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0963-9659/7/4/005/meta⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (64)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication par injection et caractérisations THz de réseaux submillimétriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-B. Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Garet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'optique guidée (JNOG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de guides d'ondes dans le proche IR basés sur le concept swifts, pour la caractérisation de spectres atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05195752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LAMBDAMETRE SWIFTS DANS LES BANDES S, O ET L INTEGRANT UNE PUCE EN OPTIQUE INTEGREE SUR VERRE ET UNE CAMERA DESENCAPSULEE SANS OPTIQUE DE RELAIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2025, Sète (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05195740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a mid-infrared SWIFTS: L-band integrated high resolution spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, France. pp.92, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3018829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS Multiplex: une approche pour augmenter la bande spectrale d'un lambdamètre en optique guidée dans le proche IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of fundamental buildings blocks needed for high spectral range integrated optics spectrometry: active phase modulation to increase sampling efficiency in Fourier transform spectrometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, France. pp.70, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3018928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrophotonique : L’apport de l’optique guidée au développement de nouveaux instruments pour l’observation astronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectromètre SWIR miniature pour les applications in-situ et embarquées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvère Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C2I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jan 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of mid-IR waveguides to implement high resolution spectrometers in integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier R. Vazquez de Aldana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Romero Vázquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jul 2022, Montréal, Canada. pp.211, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FIRST 5T 3D: a laser written device for FIRST/SUBARU reducing crosstalk and propagation losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Razvan Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro d'Amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Barjot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.99, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2630010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Embedded Antenna Functions using Periodic Bessel Nanovoids Photo-Written in Bulk Glass by Ultrafast Laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro D’amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guodong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bragg Gratings, Photosensitivity and Poling in Glass Waveguides and Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OPTICA, 2022, Maastricht, Netherlands. pp.BTu4A.3, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/BGPPM.2022.BTu4A.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle architecture micro-structurée guidante et fluorescente sur verre entièrement élaborée par voie sol-gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Rahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Journée Sol-Gel Auvergne-Rhône-Alpes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Saint etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and assessment of a new micro-structured fluorescent sol-gel architecture intended for optical sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Congress and Exhibition on Advanced Materials and Processes - EUROMAT 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser written 3D 3T spectro-interferometer: study and optimisation of the laser-written nano-antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro d'Amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online Only, France. pp.82, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2562179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass integrated photonic platform: Passive, active and hybrid devices for telecommunications and sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Emmanuel Broquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ghibaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Poëtte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Transparent Optical Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Bari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass integrated optic waveguides combining optical grade dicing and ion-exchanged planar waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yashpreet Kaur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Gri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, San Francisco, United States. pp.17, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2507530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité de la FFF sur la RCWA et la méthode différentielle appliquée à la diffraction d'un réseau métallique sinusoïdal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demetrio Macías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution and wideband integrated optics infrared stationary-wave spectrometer fabricated by ultrafast laser inscription</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Vázquez de Aldana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2311440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of sub-wavelength structures with a prescribed chromatic response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Karen González-Alcalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Salas-Montiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Optical Society Biennial Meeting 2018 of the European Optical Society (EOS), EOSAM2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Delft, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A three-telescope active integrated optics spectro-interferometric combiner in the L-band for application to high precision interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2312135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedagogic organization of part-time studies in Network and Telecommunications at the bachelor level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Thiriet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAEEIE 2017 - 27th EAEEIE Annual Conference on Innovation in Education for Electrical and Information Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01658877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All integrated Lithium Niobate Standing Wave Fourier Transform Spectrometer to improve sampling resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution TE&TM near infrared compact spectrometer based on waveguide grating structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optics + Optoelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Pragues, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2178664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding sampling in a SWIFTS-Lippmann spectrometer using an electro-optic Mach-Zehnder modulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joran Loridat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optics + Optoelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Pragues, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fully static OCT sensor using a glass integrated optic chip bonded to a CCD linear camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Warzecha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ghibaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, San Francisco, United States. pp.93650X, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2080187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-performance high-speed spectrum analysis of laser sources with SWIFTS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Duchemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2039810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium Niobate active beam combiners: results of on-chip fringe locking, fringe scanning and high contrast integrated optics interferometry and spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Montréal, Canada. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2055516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass integrated optic Fourier transform spectrometer in the spectral bandwith 700-1000nm: process improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Creux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the whispering gallery mode in microdisk and microgear resonators using a Toeplitz matrix formalism for single-photon source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moez Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amor Gueddana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rihab Chatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Engineering + Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2023942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS: a groundbreaking integrated technology for high-performance spectroscopy and optical sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael de Mengin Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE MOEMS-MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2000451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de la méthode modale de Fourier aux guides d'onde courbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Michallon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion thématique GT1-GT2 GDR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Ondes, 2012, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact static Fourier transform spectrometer in glass integrated optics in the NIR and visible domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Creux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.908686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far field scattering by a waveguide-coupled nanowire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hadjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, San francisco, United States. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.875477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved bioluminescent detection of pesticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Biotechnology Congress, September 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication of large arrays of metallic nanowires for integrated spectrometers by soft UV nanoimprint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Labau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cassagnettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference on Micro Nano Engineering, MNE 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Gènes (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spectrométrie de Fourier intégrée de la basse résolution spectrale (LLIFTS) à la haute résolution spectrale (SWIFTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR ONDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization of a NIR Compact Static Fourier Transform Spectrometer in glass integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Francisco, United States. pp.760411, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.841354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS: on-chip very high spectral resolution spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Venancio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Space Optics — ICSO 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Rhodes, Greece. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2309259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of propagation modes of bent waveguides and micro-ring resonators by means of the Aperiodic Fourier Modal Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Francisco, CA, United States. pp.75970U, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.840686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary Wave Integrated Fourier Transform Spectrometer (SWIFTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Francisco, United States. pp.760414, </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.841349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration and data reduction of a Stationary Waves Integrated Fourier Transform Spectrometer (SWIFTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calibration and data reduction of a Stationary Waves Integrated Fourier Transform Spectrometer (SWIFTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d'un spectromètre de Fourier statique compact LLIFTS en optique intégrée sur verre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SWIFTS operating visible and near-infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serguei Kochtcheev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescope + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Marseille, France. pp.701046, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.788913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact fourier transform spectrometer based on optical near-field sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference in Near-field optics, Nanophotonics and related techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compact SWIFTS spectrograph with a leaky loop structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Integrated Optics: Devices, Materials, and Technologies XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, San Jose, United States. pp.689617</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact spectrometer modelling based on wavelength stationary wave Fourier transform in integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE PHOTONICS EUROPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Strasbourg, France. pp.69960M, </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.781173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS: Spectromètre intégré à transformée de Fourier à ondes contra-propagatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS : Micro-spectromètre optique à ondes guidées contra-propagatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Ondes - Réunion plénière interférences d'ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un spectrographe à boucle d'onde stationnaire en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microcapteurs spectroscopiques pour la détection d'espèces biologiques et chimiques - Des interférométres de Fourier en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coärer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e colloque interdisciplinaire en instrumentation (C2I 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un spectromètre compact basé sur la transformée de Fourier d'ondes stationnaires en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of ion exchange waveguides to enhance the performances of an array biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Jacquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Shultz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanobio Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de champs dans des structures optique intégrées sur silicium par microscopie optique de champ proche interférentielle hétérodyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact add and drop and wavelength filter based on microdisk on SOI substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bredillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Silicon Photonics, Proc. SPIE 6125</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, SAN JOSE CA, United States. pp. 192-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erbium-doped silicon-rich oxide microdisks and microtorus for silicon based integrated light sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mazen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Orucevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.164-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstration du multiplexage et du filtrage de longueurs d'ondes sur SOI à base de microdisques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bredillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, CHAMBERY, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature emission at 1.54 µm from Er-doped silicon-rich oxide microcrotoroidal cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mazen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Group IV Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, ANVERS, Netherlands. pp.96-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature of Er-doped silicon-rich oxide microcavities supporting high-Q whispering gallery modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mazen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Noé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTICS AND PHOTONICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, SAN DIEGO, CA, United States. pp.59250O, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.616958⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the microgear resonators using the Floquet-Bloch formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Integrated Optoelectronic devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, SAN JOSE CA, United States. pp.161-170, </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.588942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of optical filters for WDM systems based on 2D Photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chatha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zghal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ajengui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Theory of Waveguide and Numerical Modeling (OWTNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization of a DNA chip on ion-exchange waveguides in a glass substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Terrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France. pp.510-513</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High efficiency design WGM cavity using the Floquet Bloch formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Theory of Waveguide and Numerical Modeling (OWTNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un crystal photonique 2D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ajengui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Attia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International Optique Hertzienne et Diélectriques (OHD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, HAMMAMET, Tunisia. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the simulation photonic band gap Filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tedjini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Jaquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th General Assembly of the International Union of Radio Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d'électrodes en aluminium pour des effets thermo-optiques en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sania Chibly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium Niobate near IR waveguides for astrophotonic and spectrometry applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Salut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Twente, Netherlands. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEVELOPPEMENT DE DE PHASEURS THERMO-OPTIQUES POUR DES APPLICATIONS PHOTONIQUES INTEGREES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sania Chibly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Cassagnetes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécil Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New generation of optical sensors: Fluorescent architecture channel waveguide / diffraction grating developed by sol-gel processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Int. Conf. on Materials Science &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New generation of optical sensors: Fluorescent architecture channel waveguide / diffraction grating developed by sol-gel processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sol-Gel 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New generation of sol-gel transducers for chemical optical sensors working in biological media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the lattice system of ZnO/CdTe core/shell nanowire arrays on their absorption properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fiegna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-PVSEC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical simulation of ZnO/CdTe core/shell nanowires based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL OXIDES FOR INTEGRATION IN MICRO AND NANO-ELECTRONICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Autrans, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoscale Sampling of Optical Signals: Application to High-Resolution Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro D’amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Razvan Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrafast Laser Nanostructuring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 239, Springer International Publishing, pp.1019-1051, 2023, Springer Series in Optical Sciences, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-14752-4_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-04082771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Région indéterminée, N° de brevet: EP1913350 (B8). 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Canada, N° de brevet: CA2617959 (C). 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integral optical coherence tomography device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Lecoarer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2016146917A1. PHOTO. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contra-propagative wave spectograph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Japan, Patent n° : JP5363104 (B2). 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contra-propagative wave spectograph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US7995211 (B8). 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2889587 (B1). 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Région indéterminée, N° de brevet: WO2007017588 (A1). 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2889587 (A1). 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la modélisation à base d'une décomposition modale ou harmonique dans le domaine de la photonique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique / photonique. Université de Grenoble, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01067424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId400"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:127.57475083056px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alain Morand </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast laser-written 3D nano-antenna for flux extraction and vertical focusing above near-infrared waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 34 (4), pp.7138. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.582868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative monolithic integrated optic SWIR SWIFTS without lens between unprotected InGaAs area image sensor and optical glass chip surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Irar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (16), pp.34030. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.562340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05196339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A route to an all direct laser written integrated FTS (SWIFTS) in the 3.39–4.1 μm range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier R Vázquez de Aldana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Arroyo Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (10), pp.101302. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0221394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a 3D ultrafast laser written near-infrared spectro-interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Allaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Callejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (9), pp.2253. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.484270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-04082738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Optimization of a Micro-Structured Waveguiding and Fluorescent Sol-Gel Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (12), pp.4608. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules28124608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting Up and Assessing a New Micro-Structured Waveguiding Fluorescent Architecture on Glass Entirely Elaborated by Sol–Gel Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (3), pp.979. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma15030979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waveguide scattering antennas made by direct laser writing in bulk glass for spectrometry applications in the short-wave IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Callejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 61 (24), pp.7173-7180. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.464017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-03753503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near IR stationary wave Fourier transform lambda meter in lithium niobate: multiplexing and improving optical sampling using spatially shifted nanogroove antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Salut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (19), pp.D83. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.421458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aperiodic differential method associated with FFF: an efficient electromagnetic computational tool for integrated optical waveguides modelization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 37 (6), pp.1014. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.387823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Fourier factorization for differential method and RCWA: a powerful tool for the modeling of non-lamellar metallic diffraction gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soukaina Essaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demetrio Macías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (2), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-020-2240-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-structuration of a sol-gel architecture for channel waveguide / diffraction grating coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 92, pp.36-45. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2019.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the vertical radiation pattern issued from multiple nano-groove scattering centers acting as an antenna for future integrated optics Fourier transform spectrometers in the near IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (3), pp.542. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.000542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01990064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of all-dielectric structures for color generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Karen González-Alcalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Salas-Montiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (14), pp.3959-3967. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.57.003959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All Integrated Lithium Niobate Standing Wave Fourier Transform Electro-Optic Spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joran Loridat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 36 (20), pp.4900-4907. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2018.2865227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01960977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Lloyd’s mirror on planar waveguide facet as a spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Gri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56 (35), pp.9804. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.56.009804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light absorption processes and optimization of ZnO/CdTe core–shell nanowire arrays for nanostructured solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Consonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (7), pp.075401. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/26/7/075401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light trapping in ZnO nanowire arrays covered with an absorbing shell for solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Consonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (S4), pp.A1174-A1189. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.0A1174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Results in Near and Mid IR Lithium Niobate-Based Integrated Optics Interferometer Based on SWIFTS-Lippmann Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32 (22), pp.4338-4344. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2014.2353773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waveguide-coupled nanowire as an optical antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hadjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Salas-Montiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 30 (11), pp.2347-2355. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.30.002347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of optical properties of Si and ZnO/CdTe core/shell nanowire arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kaminski-Cachopo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Consonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Material Science &amp; Engineering B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 178 (9), pp.665-669. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mseb.2012.10.037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of the 3D Aperiodic Fourier Modal Method using arc elements in curvilinear coordinates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29 (3), pp.367-373. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.29.000367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00977041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Q silica microcavities on a chip: From microtoroid to microsphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Delamadeleine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Noé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3658389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01989341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light interference detection on-chip by integrated SNSPD counters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Villégier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Feautrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constancias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (4), pp.042120. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3656744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00991040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS Waveguide Micro-Spectrometer Integrated on Top of a 1D-NbN SNSPD Array,&amp;quot; Applied Superconductivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cavalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Constancias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Feautrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Maingault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TASC.2010.2086039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-space observation of spectral degeneracy breaking in a waveguide-coupled disk microresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felice Gesuele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.3168-3170. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.35.003168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a compact static Fourier transform spectrometer in integrated optics based on a leaky loop structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.184. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.34.000184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00479880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of a planar slotted microdisk resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Ligthwave Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (18), pp.4009-4015. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2009.2021580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00597595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization of the compact static Fourier transform spectrometer LLIFTS in glass integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.2291. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.34.002291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00479923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three dimensional analysis of cylindrical microresonators based on the aperiodic Fourier modal method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bellanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optical Society of America A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 25, pp.667-675. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.25.000667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wavelength-scale stationary-wave integrated Fourier-transform spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1 (8), pp.473 - 478. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphoton.2007.138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Q whispering gallery modes in GaAs/AlAs pillar microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-R. Nowicki-Bringuier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Claudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Böckler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Reitzenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (25), pp.17291. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.15.017291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-compact microdisk resonator filters on SOI substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Phan Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14 (26), pp.12814. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.14.012814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-compact microdisk resonator filters on SOI substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14, pp.12814-12821</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelization of the whispering gallery mode in microgear resonators using the Floquet-Bloch formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Phan  Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41, pp.357-365. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.25.000667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near field optical microscopy as a tool to investigate multimode imaging devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rooms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Korean Physical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 47, pp.S61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scanning near-field optical microscopy as a tool for the characterization of multimode interference devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu J. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rooms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44, pp.2558-2563. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.44.002558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00398227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytic study of the whispering gallery mode in two-dimensional microgear cavity using the coupled-mode theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Phan  Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22, pp.1793-1803. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.22.001793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Study of the Microdisk's Resonant Modes Coupling With a Waveguide Based on the Perturbation Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Desieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 22 (3), pp.827-832. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2004.824528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Numerical modeling of propagation losses of a single line-defect photonic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Désières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 221 (4-6), pp.353-357. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(03)01472-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A complete physical approach to position the access waveguides of weakly confined multi-mode interference couplers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rooms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 221 (4-6), pp.317-322. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(03)01500-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation losses of the fundamental mode in a single line-defect photonic crystal waveguide on an InP membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Desieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Benyattou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 92 (5), pp.2227-2234. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.1495890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and synthesis of low refractive index polymers for modulation in optical waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tedjini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 13 (2), pp.205-209. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0925-3467(99)00068-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optical waveguide polarizer on glass with a birefringent polymer overlay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sanchez-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tedjini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bosc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 10 (11), pp.1599-1601. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/68.726762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new solution to waveguide excitation suppressing the effects of the radiated field. Application to the Y-junction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lemaitre-Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pure and Applied Optics Journal of the European Optical Society Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 7 (4), pp.667-683. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0963-9659/7/4/005/meta⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (64)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication par injection et caractérisations THz de réseaux submillimétriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-B. Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Garet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'optique guidée (JNOG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de guides d'ondes dans le proche IR basés sur le concept swifts, pour la caractérisation de spectres atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05195752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LAMBDAMETRE SWIFTS DANS LES BANDES S, O ET L INTEGRANT UNE PUCE EN OPTIQUE INTEGREE SUR VERRE ET UNE CAMERA DESENCAPSULEE SANS OPTIQUE DE RELAIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2025, Sète (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05195740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a mid-infrared SWIFTS: L-band integrated high resolution spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, France. pp.92, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3018829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS Multiplex: une approche pour augmenter la bande spectrale d'un lambdamètre en optique guidée dans le proche IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of fundamental buildings blocks needed for high spectral range integrated optics spectrometry: active phase modulation to increase sampling efficiency in Fourier transform spectrometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, France. pp.70, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3018928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrophotonique : L’apport de l’optique guidée au développement de nouveaux instruments pour l’observation astronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectromètre SWIR miniature pour les applications in-situ et embarquées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvère Gousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C2I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFO, Jan 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of mid-IR waveguides to implement high resolution spectrometers in integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier R. Vazquez de Aldana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Romero Vázquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jul 2022, Montréal, Canada. pp.211, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FIRST 5T 3D: a laser written device for FIRST/SUBARU reducing crosstalk and propagation losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Razvan Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro d'Amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Barjot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.99, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2630010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Embedded Antenna Functions using Periodic Bessel Nanovoids Photo-Written in Bulk Glass by Ultrafast Laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro D’amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guodong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bragg Gratings, Photosensitivity and Poling in Glass Waveguides and Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OPTICA, 2022, Maastricht, Netherlands. pp.BTu4A.3, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/BGPPM.2022.BTu4A.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle architecture micro-structurée guidante et fluorescente sur verre entièrement élaborée par voie sol-gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Rahaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Journée Sol-Gel Auvergne-Rhône-Alpes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Saint etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and assessment of a new micro-structured fluorescent sol-gel architecture intended for optical sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Congress and Exhibition on Advanced Materials and Processes - EUROMAT 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass integrated photonic platform: Passive, active and hybrid devices for telecommunications and sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Emmanuel Broquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ghibaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Poëtte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Transparent Optical Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Bari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser written 3D 3T spectro-interferometer: study and optimisation of the laser-written nano-antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro d'Amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online Only, France. pp.82, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2562179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass integrated optic waveguides combining optical grade dicing and ion-exchanged planar waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yashpreet Kaur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Gri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, San Francisco, United States. pp.17, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2507530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité de la FFF sur la RCWA et la méthode différentielle appliquée à la diffraction d'un réseau métallique sinusoïdal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demetrio Macías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution and wideband integrated optics infrared stationary-wave spectrometer fabricated by ultrafast laser inscription</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Vázquez de Aldana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2311440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of sub-wavelength structures with a prescribed chromatic response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Karen González-Alcalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Salas-Montiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habib Mohamad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Optical Society Biennial Meeting 2018 of the European Optical Society (EOS), EOSAM2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Delft, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A three-telescope active integrated optics spectro-interferometric combiner in the L-band for application to high precision interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2312135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedagogic organization of part-time studies in Network and Telecommunications at the bachelor level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Thiriet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAEEIE 2017 - 27th EAEEIE Annual Conference on Innovation in Education for Electrical and Information Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01658877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution TE&TM near infrared compact spectrometer based on waveguide grating structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optics + Optoelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Pragues, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2178664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All integrated Lithium Niobate Standing Wave Fourier Transform Spectrometer to improve sampling resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenn Ulliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding sampling in a SWIFTS-Lippmann spectrometer using an electro-optic Mach-Zehnder modulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joran Loridat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optics + Optoelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Pragues, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fully static OCT sensor using a glass integrated optic chip bonded to a CCD linear camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Warzecha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Ghibaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, San Francisco, United States. pp.93650X, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2080187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium Niobate active beam combiners: results of on-chip fringe locking, fringe scanning and high contrast integrated optics interferometry and spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Heidmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Montréal, Canada. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2055516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-performance high-speed spectrum analysis of laser sources with SWIFTS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhaël de Mengin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Duchemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2039810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass integrated optic Fourier transform spectrometer in the spectral bandwith 700-1000nm: process improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Creux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the whispering gallery mode in microdisk and microgear resonators using a Toeplitz matrix formalism for single-photon source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moez Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amor Gueddana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rihab Chatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Optical Engineering + Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2023942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS: a groundbreaking integrated technology for high-performance spectroscopy and optical sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael de Mengin Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE MOEMS-MEMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2000451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application de la méthode modale de Fourier aux guides d'onde courbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Michallon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion thématique GT1-GT2 GDR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Ondes, 2012, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact static Fourier transform spectrometer in glass integrated optics in the NIR and visible domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Creux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.908686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far field scattering by a waveguide-coupled nanowire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Hadjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, San francisco, United States. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.875477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved bioluminescent detection of pesticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Biotechnology Congress, September 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication of large arrays of metallic nanowires for integrated spectrometers by soft UV nanoimprint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Labau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cassagnettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference on Micro Nano Engineering, MNE 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Gènes (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization of a NIR Compact Static Fourier Transform Spectrometer in glass integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Francisco, United States. pp.760411, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.841354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spectrométrie de Fourier intégrée de la basse résolution spectrale (LLIFTS) à la haute résolution spectrale (SWIFTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR ONDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS: on-chip very high spectral resolution spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Venancio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Space Optics — ICSO 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Rhodes, Greece. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2309259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of propagation modes of bent waveguides and micro-ring resonators by means of the Aperiodic Fourier Modal Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Francisco, CA, United States. pp.75970U, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.840686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary Wave Integrated Fourier Transform Spectrometer (SWIFTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, San Francisco, United States. pp.760414, </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.841349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d'un spectromètre de Fourier statique compact LLIFTS en optique intégrée sur verre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Grosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration and data reduction of a Stationary Waves Integrated Fourier Transform Spectrometer (SWIFTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calibration and data reduction of a Stationary Waves Integrated Fourier Transform Spectrometer (SWIFTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SWIFTS operating visible and near-infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serguei Kochtcheev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescope + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Marseille, France. pp.701046, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.788913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact fourier transform spectrometer based on optical near-field sampling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference in Near-field optics, Nanophotonics and related techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compact SWIFTS spectrograph with a leaky loop structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Integrated Optics: Devices, Materials, and Technologies XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, San Jose, United States. pp.689617</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact spectrometer modelling based on wavelength stationary wave Fourier transform in integrated optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lecoarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE PHOTONICS EUROPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Strasbourg, France. pp.69960M, </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.781173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS: Spectromètre intégré à transformée de Fourier à ondes contra-propagatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SWIFTS : Micro-spectromètre optique à ondes guidées contra-propagatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Ondes - Réunion plénière interférences d'ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un spectrographe à boucle d'onde stationnaire en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microcapteurs spectroscopiques pour la détection d'espèces biologiques et chimiques - Des interférométres de Fourier en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coärer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e colloque interdisciplinaire en instrumentation (C2I 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un spectromètre compact basé sur la transformée de Fourier d'ondes stationnaires en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Custillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of ion exchange waveguides to enhance the performances of an array biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Jacquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Shultz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanobio Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de champs dans des structures optique intégrées sur silicium par microscopie optique de champ proche interférentielle hétérodyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilan Stefanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact add and drop and wavelength filter based on microdisk on SOI substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bredillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Silicon Photonics, Proc. SPIE 6125</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, SAN JOSE CA, United States. pp. 192-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature of Er-doped silicon-rich oxide microcavities supporting high-Q whispering gallery modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mazen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Noé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTICS AND PHOTONICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, SAN DIEGO, CA, United States. pp.59250O, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.616958⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature emission at 1.54 µm from Er-doped silicon-rich oxide microcrotoroidal cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mazen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Group IV Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, ANVERS, Netherlands. pp.96-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstration du multiplexage et du filtrage de longueurs d'ondes sur SOI à base de microdisques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bredillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, CHAMBERY, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erbium-doped silicon-rich oxide microdisks and microtorus for silicon based integrated light sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mazen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Orucevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.164-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of optical filters for WDM systems based on 2D Photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chatha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zghal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ajengui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Theory of Waveguide and Numerical Modeling (OWTNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the microgear resonators using the Floquet-Bloch formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Integrated Optoelectronic devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, SAN JOSE CA, United States. pp.161-170, </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.588942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization of a DNA chip on ion-exchange waveguides in a glass substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bruckert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Terrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France. pp.510-513</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un crystal photonique 2D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ajengui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Attia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International Optique Hertzienne et Diélectriques (OHD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, HAMMAMET, Tunisia. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High efficiency design WGM cavity using the Floquet Bloch formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Phan-Huy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Amans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Theory of Waveguide and Numerical Modeling (OWTNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the simulation photonic band gap Filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tedjini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Jaquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th General Assembly of the International Union of Radio Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d'électrodes en aluminium pour des effets thermo-optiques en optique intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sania Chibly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEVELOPPEMENT DE DE PHASEURS THERMO-OPTIQUES POUR DES APPLICATIONS PHOTONIQUES INTEGREES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sania Chibly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Cassagnetes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécil Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium Niobate near IR waveguides for astrophotonic and spectrometry applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Salut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Courjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Twente, Netherlands. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New generation of optical sensors: Fluorescent architecture channel waveguide / diffraction grating developed by sol-gel processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Int. Conf. on Materials Science &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New generation of optical sensors: Fluorescent architecture channel waveguide / diffraction grating developed by sol-gel processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtihel Marzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sol-Gel 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New generation of sol-gel transducers for chemical optical sensors working in biological media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Riassetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical simulation of ZnO/CdTe core/shell nanowires based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL OXIDES FOR INTEGRATION IN MICRO AND NANO-ELECTRONICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Autrans, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the lattice system of ZnO/CdTe core/shell nanowire arrays on their absorption properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Michallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Bucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Zanuccoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fiegna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-PVSEC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02918359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoscale Sampling of Optical Signals: Application to High-Resolution Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Bonduelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciro D’amico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Razvan Stoian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrafast Laser Nanostructuring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 239, Springer International Publishing, pp.1019-1051, 2023, Springer Series in Optical Sciences, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-14752-4_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-04082771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Canada, N° de brevet: CA2617959 (C). 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Région indéterminée, N° de brevet: EP1913350 (B8). 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integral optical coherence tomography device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Lecoarer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2016146917A1. PHOTO. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contra-propagative wave spectograph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Japan, Patent n° : JP5363104 (B2). 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contra-propagative wave spectograph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US7995211 (B8). 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2889587 (B1). 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Région indéterminée, N° de brevet: WO2007017588 (A1). 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectrographie à onde contra-propagative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Le Coarer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lerondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Blaize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2889587 (A1). 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la modélisation à base d'une décomposition modale ou harmonique dans le domaine de la photonique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique / photonique. Université de Grenoble, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01067424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId400"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525877v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grosa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheng" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.582868" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196339v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mestre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Baccar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Irar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Grosa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.562340" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837066v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bonduelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier R V&#225;zquez de Aldana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Arroyo Heras" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0221394" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04082738v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonduelle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allaw" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Callejo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.484270" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04143052v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtihel Marzouk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Riassetto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bucci" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Langlet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28124608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836350v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bonnel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15030979" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03753503v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lv" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.464017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376832v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Heras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Ulliac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Salut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.421458" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02626883v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Mohamad" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blaize" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.387823" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02477050v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Essaidi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demetrio Mac&#237;as" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-020-2240-y" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02099741v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Riassetto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langlet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2019.04.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01990064v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Coarer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.000542" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843778v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Karen Gonz&#225;lez-Alcalde" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Salas-Montiel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.57.003959" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960977v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Loridat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Heidmann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Courjal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2018.2865227" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961099v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.56.009804" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961487v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michallon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Zanuccoli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Consonni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/7/075401" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01112082v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.0A1174" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965368v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thomas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heidmann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Mengin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Courjal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ulliac" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2014.2353773" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392944v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bruyant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Renault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hadjar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.002347" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994584v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michallon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zanuccoli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaminski-Cachopo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2012.10.037" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977041v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.29.000367" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989341v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jager" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delamadeleine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hadji" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre No&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3658389" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991040v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavalier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Vill&#233;gier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Feautrier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constancias" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3656744" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603149v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felice Gesuele" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilan Stefanon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lerondel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Royer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.35.003168" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603154v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maingault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2010.2086039" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479880v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Leblond" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000184" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597595v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Armaroli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellanca" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trillo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2009.2021580" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479923v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Grosa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.002291" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394062v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.25.000667" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166129v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2007.138" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974376v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-R. Nowicki-Bringuier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#246;ckler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reitzenstein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kamp" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.15.017291" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974409v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan Huy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amans" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.012814" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145706v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Phan Huy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amans" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398227v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu J. Martin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Benyattou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Orobtchouk" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rooms" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.44.002558" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974434v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Orobtchouk" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145697v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan  Huy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145700v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.22.001793" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974437v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Phan-Huy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Desieres" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2004.824528" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974446v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robinson" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#233;si&#232;res" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benyattou" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(03)01472-X" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-360D8KMX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974461v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rooms" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Schanen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(03)01500-1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W9QL3VSJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974470v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Orobtchouk" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1495890" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974478v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bosc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tedjini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-3467(99)00068-3" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFCNPV52-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974487v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanchez-Perez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bosc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/68.726762" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974482v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;rard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemaitre-Auger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-9659/7/4/005/meta" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228479v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-B. Vigneron" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bernier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195752v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195740v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bouchard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681718v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3018829" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681723v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681716v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Robert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3018928" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681720v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berger" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681724v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Gousset" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143741v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier R. Vazquez de Aldana" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Romero V&#225;zquez" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629859" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143744v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stoian" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro d'Amico" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Barjot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630010" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143745v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro D&#8217;amico" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guodong Zhang" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BGPPM.2022.BTu4A.3" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757126v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rahaoui" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485597v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03101610v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Heras Perez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562179" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694558v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Broquin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Ghibaudo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Po&#235;tte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02066613v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yashpreet Kaur" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ardila" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2507530" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02052943v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961059v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier V&#225;zquez de Aldana" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2311440" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521786v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961085v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2312135" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658877v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Thiriet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974285v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikha&#235;l de Mengin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961479v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2178664" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961475v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961483v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Warzecha" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2080187" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965381v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duchemin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneville" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2039810" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965374v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jocou" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2055516" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974335v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Creux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965421v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Attia" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Gueddana" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Chatta" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2023942" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974309v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael de Mengin Poirier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2000451" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918561v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974353v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.908686" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974363v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.875477" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521885v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Custillon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647524v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Coarer" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cassagnettes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603283v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603653v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jocou" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.841354" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961148v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferrand" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venancio" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2309259" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603655v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.840686" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603654v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Custillon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Leblond" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moulin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.841349" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602646v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lecoarer" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602676v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394433v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kochtcheev" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.788913" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521485v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394438v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394428v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.781173" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521691v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521704v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521742v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02462558v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Co&#228;rer" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521733v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148202v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galland" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Perraut" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jacquier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Shultz" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498834v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148201v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bredillot" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148165v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verbert" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazen" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. G&#233;rard" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hadji" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Orucevic" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148772v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148021v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Charvolin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picard" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148169v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. No&#233;" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G&#233;rard" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.616958" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148175v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.588942" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148172v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chatha" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zghal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Attia" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ajengui" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Attia" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148028v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gachet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bruckert" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Terrot" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148030v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147985v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabah" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261727v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jaquin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681722v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sania Chibly" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bastard" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04680475v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681721v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Cassagnetes" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cil Pham" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757099v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757071v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04589515v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918359v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Michallon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fiegna" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078457v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mouis" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04082771v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14752-4_28" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141861v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141857v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016883v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lecoarer" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141868v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521088v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141874v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141866v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141871v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01067424v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525877v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grosa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheng" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.582868" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196339v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mestre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Baccar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Irar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Grosa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.562340" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837066v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bonduelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier R V&#225;zquez de Aldana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Arroyo Heras" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0221394" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04082738v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonduelle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allaw" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Callejo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.484270" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04143052v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtihel Marzouk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Riassetto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bucci" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Langlet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28124608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836350v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bonnel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15030979" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03753503v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lv" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.464017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376832v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Heras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Ulliac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Salut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.421458" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02626883v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Mohamad" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blaize" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.387823" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02477050v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Essaidi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demetrio Mac&#237;as" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-020-2240-y" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02099741v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Riassetto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langlet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2019.04.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01990064v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Coarer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.000542" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843778v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Karen Gonz&#225;lez-Alcalde" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Salas-Montiel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.57.003959" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960977v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Loridat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Heidmann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thomas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Courjal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2018.2865227" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961099v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.56.009804" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961487v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michallon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Zanuccoli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Consonni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/7/075401" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01112082v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.0A1174" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965368v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thomas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heidmann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Mengin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Courjal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ulliac" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2014.2353773" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392944v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bruyant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Renault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hadjar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.30.002347" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994584v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michallon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zanuccoli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaminski-Cachopo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2012.10.037" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977041v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.29.000367" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989341v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jager" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delamadeleine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hadji" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre No&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3658389" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991040v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavalier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Vill&#233;gier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Feautrier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constancias" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3656744" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603154v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maingault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2010.2086039" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603149v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felice Gesuele" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilan Stefanon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lerondel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Royer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.35.003168" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479880v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Leblond" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000184" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597595v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Armaroli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellanca" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trillo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2009.2021580" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479923v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Grosa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.002291" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394062v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.25.000667" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166129v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2007.138" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974376v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-R. Nowicki-Bringuier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#246;ckler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reitzenstein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kamp" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.15.017291" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974409v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zhang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan Huy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amans" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.14.012814" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145706v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Phan Huy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amans" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145697v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Phan  Huy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974434v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Benyattou" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Orobtchouk" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rooms" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398227v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu J. Martin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Orobtchouk" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.44.002558" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145700v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.22.001793" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974437v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Phan-Huy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Desieres" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2004.824528" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974446v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robinson" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#233;si&#232;res" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benyattou" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(03)01472-X" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-360D8KMX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974461v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rooms" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Schanen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(03)01500-1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W9QL3VSJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974470v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Orobtchouk" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1495890" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974478v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bosc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tedjini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-3467(99)00068-3" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFCNPV52-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974487v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanchez-Perez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bosc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/68.726762" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974482v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;rard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemaitre-Auger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-9659/7/4/005/meta" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228479v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-B. Vigneron" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bernier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195752v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195740v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bouchard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681718v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3018829" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681723v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681716v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Robert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3018928" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681720v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berger" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681724v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Gousset" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143741v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier R. Vazquez de Aldana" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Romero V&#225;zquez" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629859" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143744v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stoian" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro d'Amico" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Barjot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630010" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143745v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro D&#8217;amico" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guodong Zhang" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BGPPM.2022.BTu4A.3" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757126v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rahaoui" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485597v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694558v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Broquin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Ghibaudo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Po&#235;tte" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03101610v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Heras Perez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562179" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02066613v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yashpreet Kaur" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ardila" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2507530" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02052943v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961059v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier V&#225;zquez de Aldana" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2311440" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521786v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961085v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2312135" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658877v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Thiriet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961479v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2178664" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974285v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikha&#235;l de Mengin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961475v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01961483v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Warzecha" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2080187" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965374v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jocou" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2055516" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965381v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duchemin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneville" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2039810" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974335v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Creux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01965421v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Attia" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor Gueddana" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Chatta" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2023942" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974309v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael de Mengin Poirier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2000451" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918561v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974353v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.908686" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974363v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.875477" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521885v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Custillon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647524v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Coarer" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cassagnettes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603653v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jocou" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.841354" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603283v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961148v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferrand" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venancio" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2309259" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603655v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.840686" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603654v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Custillon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Leblond" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moulin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.841349" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602676v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lecoarer" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602646v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394433v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kochtcheev" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.788913" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521485v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394438v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394428v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.781173" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521691v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521704v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521742v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02462558v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Co&#228;rer" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521733v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148202v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galland" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Perraut" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jacquier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Shultz" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498834v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148201v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bredillot" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148169v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verbert" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazen" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. No&#233;" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G&#233;rard" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.616958" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148021v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Charvolin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picard" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148772v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148165v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. G&#233;rard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hadji" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Orucevic" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148172v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chatha" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zghal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Attia" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ajengui" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Attia" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148175v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.588942" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148028v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gachet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bruckert" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Terrot" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147985v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabah" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148030v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261727v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jaquin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681722v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sania Chibly" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bastard" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04681721v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Cassagnetes" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cil Pham" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04680475v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757099v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757071v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04589515v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078457v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mouis" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918359v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Michallon" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fiegna" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04082771v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14752-4_28" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141857v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141861v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016883v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lecoarer" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141868v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02521088v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141874v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141866v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03141871v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01067424v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>