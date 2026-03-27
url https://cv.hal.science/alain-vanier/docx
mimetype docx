--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -160,637 +160,637 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Lacanian concept of cut in light of Lacan’s interactions with Maud Mannoni</w:t>
+                <w:t xml:space="preserve">A criança entre sujeito e objeto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2017.02177⟩</w:t>
+              <w:t xml:space="preserve">Ágora: Estudos em Teoria Psicanalítica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (1), pp.135-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/s1516-14982017001007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03005216v1</w:t>
+                <w:t xml:space="preserve">hal-01521879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A criança entre sujeito e objeto</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The Lacanian concept of cut in light of Lacan’s interactions with Maud Mannoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Razon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Putois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ágora: Estudos em Teoria Psicanalítica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 20 (1), pp.135-146. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.2177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1590/s1516-14982017001007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2017.02177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01521879v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03005216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un retour sur l'adolescence Un regreso sobre la adolescencia Revisiting Adolescence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Totem et tabou, un mythe clinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adolescence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recherches en psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Centenary of Totem and Taboo. Psychoanalysis and Interdisciplinarity in the 21st Century., 2016/1 (21), pp.54-61</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01448895v1</w:t>
+                <w:t xml:space="preserve">hal-01448884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La (dé)négation dans la clinique des psychoses : entre la schizophrénie et la paranoïa</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Un retour sur l'adolescence Un regreso sobre la adolescencia Revisiting Adolescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en psychanalyse</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lacan et Adolescence, 2016/2 (T.34 n°2), pp.251-260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.096.0251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01458774v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Totem et tabou, un mythe clinique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La (dé)négation dans la clinique des psychoses : entre la schizophrénie et la paranoïa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Madeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en psychanalyse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Centenary of Totem and Taboo. Psychoanalysis and Interdisciplinarity in the 21st Century., 2016/1 (21), pp.54-61</w:t>
+              <w:t xml:space="preserve">, 2016, 22 (2), pp.167-179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01448884v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01458774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Après Lacan, psychanalyse et philosophie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Editorial L’hystérique, l’analyste et la question du père</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 58, pp.75 - 75. </w:t>
+              <w:t xml:space="preserve">Figures de la psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, L'Hystérie, 27, pp.9-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cite.058.0075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/fp.027.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01445460v1</w:t>
+                <w:t xml:space="preserve">hal-01524005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial L’hystérique, l’analyste et la question du père</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Après Lacan, psychanalyse et philosophie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figures de la psychanalyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, L'Hystérie, 27, pp.9-13. </w:t>
+              <w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58, pp.75 - 75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/fp.027.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cite.058.0075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01524005v1</w:t>
+                <w:t xml:space="preserve">hal-01445460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà de la loi, le Surmoi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chaffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -850,51 +850,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Winnicott and Lacan: A Missed Encounter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychoanalytic Quarterly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, The Psychoanalytic Quarterly, LXXXI (2), pp.279-303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
@@ -922,204 +922,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01431397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mémoire freudienne, mémoire de l'oubli</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La musique, c'est du bruit qui pense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Recherche</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Insistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Les Voi(x)es de la création, 2 (6), pp.13-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/insi.006.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01521885v1</w:t>
+                <w:t xml:space="preserve">hal-01524020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La musique, c'est du bruit qui pense</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mémoire freudienne, mémoire de l'oubli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insistance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, La mémoire et l'oubli pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/insi.006.0013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01524020v1</w:t>
+                <w:t xml:space="preserve">hal-01521885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’objet de la dépression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Clinique lacanienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Vous avez dit dépression ?, 1 (17), pp.23 - 32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1153,51 +1153,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transference and Time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Ethique et technique de la psychanalyse, 106, pp.149-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1231,51 +1231,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôler rien, mais tous les jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Analyse quatrième, 2 (103), pp.49-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1309,51 +1309,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il n'y a plus d'évaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal français de psychiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Evaluation, 2 (29), pp.17 - 19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1387,51 +1387,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kafka à Francfort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures de la psychanalyse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Kafka, le procès du sujet, 2 (16), pp. 225-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1459,369 +1459,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01524024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Fédida, moments d'analyse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Névrose obsessionnelle, névrose idéale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en psychanalyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, L'informe et l'archaïque, 3, pp.159-162. </w:t>
+              <w:t xml:space="preserve">Figures de la psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, La structure et la névrose, 12, pp.85-92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rep.003.0159⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/fp.012.0085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01524033v1</w:t>
+                <w:t xml:space="preserve">hal-01523996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Névrose obsessionnelle, névrose idéale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Pierre Fédida, moments d'analyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figures de la psychanalyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, La structure et la névrose, 12, pp.85-92. </w:t>
+              <w:t xml:space="preserve">Recherches en psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, L'informe et l'archaïque, 3, pp.159-162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/fp.012.0085⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rep.003.0159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01523996v1</w:t>
+                <w:t xml:space="preserve">hal-01524033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychanalyse et antipsychiatrie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Passion de l'ignorance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Psychanalystes et psychiatres en France, 88, pp.79-85. </w:t>
+              <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Haïr, ignorer, 2 (70), pp.59 - 66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/top.088.0079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cm.070.0059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01524054v1</w:t>
+                <w:t xml:space="preserve">hal-01522351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passion de l'ignorance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Psychanalyse et antipsychiatrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Haïr, ignorer, 2 (70), pp.59 - 66. </w:t>
+              <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Psychanalystes et psychiatres en France, 88, pp.79-85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cm.070.0059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/top.088.0079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01522351v1</w:t>
+                <w:t xml:space="preserve">hal-01524054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes du détournement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 2 (68), pp.23 - 35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1855,51 +1855,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce qui ne cesse pas de ne pas commencer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Psychopathologie du travail, 2 (66), pp.145 - 153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1933,51 +1933,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enfant, objet a de Lacan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures de la psychanalyse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, L'enfant et les psychanalystes, 24, pp.39-49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2011,51 +2011,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brèves remarques sur l'autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estilos da Clinica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 4 (7 ), pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2112,51 +2112,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit et violence.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La psychanalyse, encore !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ERES, pp.433 - 444, 2015, 9782749205646. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2190,51 +2190,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De quelques conséquences de la psychanalyse d’enfant sur les théories de l’infantile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire Dolto aujourd 'hui </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ERES, pp. 37 - 46, 2008, 9782749203096. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2268,51 +2268,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques et politique de la psychanalyse : la ségrégation aujourd’hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claude BOUKOBZA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La psychanalyse, encore !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -2386,51 +2386,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paradoxe Winnicott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Winnicott et la création humaine : Actes du colloque BB/ADOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Paris France. pp.39-42, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2496,51 +2496,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir psychanalyste?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1996, pp.179-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2648,51 +2648,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5DB24036"/>
+    <w:nsid w:val="5B381254"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2879,51 +2879,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alain-vanier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8810-6680" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005216v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Razon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Putois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vanier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.02177" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521879v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s1516-14982017001007" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01448895v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.096.0251" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01458774v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Madeira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lepoutre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01448884v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01445460v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cite.058.0075" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524005v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.027.0009" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523530v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chaffel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vermont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.057.0016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01431397v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.2167-4086.2012.tb00494x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521885v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524020v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/insi.006.0013" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522227v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cla.017.0023" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.106.0149" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521938v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.103.0049" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523566v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jfp.029.0017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524024v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.016.0225" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524033v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep.003.0159" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523996v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.012.0085" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524054v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.088.0079" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522351v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.070.0059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522353v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.068.0023" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522228v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.066.0145" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523999v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.024.0039" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521980v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522219v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cla.027.0023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522355v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.schau.2008.02.0037" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523553v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/la-psychanalyse-encore--2749205646-page-9.htm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522569v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcp.151.0039" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522357v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alain-vanier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8810-6680" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521879v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vanier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s1516-14982017001007" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005216v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Razon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Putois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.02177" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01448884v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01448895v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.096.0251" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01458774v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Madeira" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lepoutre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524005v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.027.0009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01445460v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cite.058.0075" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523530v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chaffel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vermont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.057.0016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01431397v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.2167-4086.2012.tb00494x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524020v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/insi.006.0013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521885v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522227v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cla.017.0023" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.106.0149" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521938v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.103.0049" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523566v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jfp.029.0017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524024v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.016.0225" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523996v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.012.0085" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524033v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep.003.0159" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522351v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.070.0059" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524054v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.088.0079" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522353v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.068.0023" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522228v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.066.0145" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523999v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/fp.024.0039" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521980v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522219v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cla.027.0023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522355v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.schau.2008.02.0037" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523553v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/la-psychanalyse-encore--2749205646-page-9.htm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522569v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcp.151.0039" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522357v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>