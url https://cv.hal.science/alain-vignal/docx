--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -527,559 +527,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04877671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-efficient assignment panel for ducks. Setup of a cost-efficient assignment panel for duck populations</w:t>
+                <w:t xml:space="preserve">Heritability and correlations for honey yield, handling ease, brood quantity, and traits related to resilience in a French honeybee population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+                <w:t xml:space="preserve">Tristan Kistler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+                <w:t xml:space="preserve">Coline Kouchner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azélie Hazard</w:t>
+                <w:t xml:space="preserve">Evert W Brascamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Vignal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Demars</w:t>
+                <w:t xml:space="preserve">Charlène Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.475⟩</w:t>
+              <w:t xml:space="preserve">Apidologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55 (4), pp.52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13592-024-01088-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542880v4</w:t>
+                <w:t xml:space="preserve">hal-04649085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring Long-Term and Short-Term Determinants of Genetic Diversity in Honey Bees: Beekeeping Impact and Conservation Strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New COI-COII mtDNA Region Haplotypes in the Endemic Honey Bees Apis mellifera intermissa and Apis mellifera sahariensis (Hymenoptera: Apidae) in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Chibani Bahi Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Leroy</w:t>
+                <w:t xml:space="preserve">Nacera Tabet Aoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Faux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sonia Eynard</w:t>
+                <w:t xml:space="preserve">Riad Fridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Wragg</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 41 (12), pp.msae249. </w:t>
+              <w:t xml:space="preserve">Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (7), pp.549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msae249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/insects15070549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04847121v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New COI-COII mtDNA Region Haplotypes in the Endemic Honey Bees Apis mellifera intermissa and Apis mellifera sahariensis (Hymenoptera: Apidae) in Algeria</w:t>
+                <w:t xml:space="preserve">Cost-efficient assignment panel for ducks. Setup of a cost-efficient assignment panel for duck populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amira Chibani Bahi Amar</w:t>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nacera Tabet Aoul</w:t>
+                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riad Fridi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Azélie Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/insects15070549⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.e92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04669654v1</w:t>
+                <w:t xml:space="preserve">hal-04542880v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritability and correlations for honey yield, handling ease, brood quantity, and traits related to resilience in a French honeybee population</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inferring Long-Term and Short-Term Determinants of Genetic Diversity in Honey Bees: Beekeeping Impact and Conservation Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coline Kouchner</w:t>
+                <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evert W Brascamp</w:t>
+                <w:t xml:space="preserve">Pierre Faux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Dumas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Mondet</w:t>
+                <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apidologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 55 (4), pp.52. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41 (12), pp.msae249. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13592-024-01088-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msae249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649085v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AmelHap: Leveraging drone whole-genome sequence data to create a honey bee HapMap</w:t>
               </w:r>
@@ -1465,1233 +1465,1233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04473386v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two quantitative trait loci are associated with recapping of Varroa destructor ‐infested brood cells in Apis mellifera mellifera</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconstructing queen genotypes by pool sequencing colonies in eusocial insects: Statistical Methods and their application to honeybee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Guichard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+                <w:t xml:space="preserve">Kamila Canale‐tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/age.13150⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (8), pp.3035-3048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03540810v1</w:t>
+                <w:t xml:space="preserve">hal-03855231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity and population genetic structure analysis of Apis mellifera subspecies in Algeria and Europe based on complementary sex determiner (CSD) gene</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nacera Tabet Aoul</w:t>
+                <w:t xml:space="preserve">Two quantitative trait loci are associated with recapping of Varroa destructor ‐infested brood cells in Apis mellifera mellifera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dainat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillau Catays</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kaspar Bienefeld</w:t>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apidologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13592-022-00920-x⟩</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53 (1), pp.156-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/age.13150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626711v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03540810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex population structure and haplotype patterns in the Western European honey bee from sequencing a large panel of haploid drones</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Genetic diversity and population genetic structure analysis of Apis mellifera subspecies in Algeria and Europe based on complementary sex determiner (CSD) gene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riad Fridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacera Tabet Aoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillau Catays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaspar Bienefeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13665⟩</w:t>
+              <w:t xml:space="preserve">Apidologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53 (1), pp.4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13592-022-00920-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807491v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing queen genotypes by pool sequencing colonies in eusocial insects: Statistical Methods and their application to honeybee</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Conte</w:t>
+                <w:t xml:space="preserve">Complex population structure and haplotype patterns in the Western European honey bee from sequencing a large panel of haploid drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 22 (8), pp.3035-3048. </w:t>
+              <w:t xml:space="preserve">, 2022, 22 (8), pp.3068-3086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13685⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855231v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of quantitative trait loci associated with calmness and gentleness in honey bees using whole‐genome sequences</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">MOSAR -Méthodes et Outils pour la Sélection d'Abeilles Résistantes à Varroa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E. Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/age.13070⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 82, pp.229-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/zna6-4g12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03252574v1</w:t>
+                <w:t xml:space="preserve">hal-03159732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the history of the genus Gallus through whole genome sequencing</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Identification of quantitative trait loci associated with calmness and gentleness in honey bees using whole‐genome sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dainat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mariangela Arca</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ympev.2020.107044⟩</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.13070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/age.13070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03155990v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MOSAR -Méthodes et Outils pour la Sélection d'Abeilles Résistantes à Varroa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+                <w:t xml:space="preserve">Unraveling the history of the genus Gallus through whole genome sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia E. Eynard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Marie Suez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanbadam Sathyakumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
+                <w:t xml:space="preserve">Mariangela Arca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 82, pp.229-245. </w:t>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 158, pp.107044. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/zna6-4g12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ympev.2020.107044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159732v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03155990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The quail genome: insights into social behaviour, seasonal biology and infectious disease response</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CIReine - Conception d’Indicateurs de qualité des Reines d’abeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrina M. Morris</w:t>
+                <w:t xml:space="preserve">Pierrick Aupinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew M. Hindle</w:t>
+                <w:t xml:space="preserve">M. Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Boitard</w:t>
+                <w:t xml:space="preserve">J.F Bompa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David W. Burt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Angela F. Danner</w:t>
+                <w:t xml:space="preserve">A. Decourtye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-020-0743-4⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 79, pp.31-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/7wg7-km04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625167v1</w:t>
+                <w:t xml:space="preserve">hal-02972747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CIReine - Conception d’Indicateurs de qualité des Reines d’abeilles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Basso</w:t>
+                <w:t xml:space="preserve">The quail genome: insights into social behaviour, seasonal biology and infectious disease response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrina M. Morris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierrick Aupinel</w:t>
+                <w:t xml:space="preserve">Matthew M. Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Béguin</w:t>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.F Bompa</w:t>
+                <w:t xml:space="preserve">David W. Burt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Decourtye</w:t>
+                <w:t xml:space="preserve">Angela F. Danner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 79, pp.31-48. </w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), Non paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/7wg7-km04⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12915-020-0743-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972747v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense sampling of bird diversity increases power of comparative genomics</w:t>
               </w:r>
@@ -2811,90 +2811,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Descriptive analysis of the varroa non-reproduction trait in honey bee colonies and association with other traits related to varroa resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E. Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Sann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2939,429 +2939,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02937567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A guinea fowl genome assembly provides new evidence on evolution following domestication and selection in galliformes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structure of the intergenic spacers in chicken ribosomal DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Thébault</w:t>
+                <w:t xml:space="preserve">Alexander Dyomin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guiguigbaza‐kossigan Dayo</w:t>
+                <w:t xml:space="preserve">Svetlana Galkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Yapi‐gnaore</w:t>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Cauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Lopez-Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13017⟩</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 51 (1), pp.59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-019-0501-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02617903v1</w:t>
+                <w:t xml:space="preserve">hal-02334969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new structural mutations in the 5′ region of the ASIP gene cause diluted feather color phenotypes in Japanese quail</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mireille Morisson</w:t>
+                <w:t xml:space="preserve">A guinea fowl genome assembly provides new evidence on evolution following domestication and selection in galliformes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Leroux</w:t>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Gourichon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Guiguigbaza‐kossigan Dayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Yapi‐gnaore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12711-019-0458-6⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (4), pp.997-1014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02105885v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of the intergenic spacers in chicken ribosomal DNA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two new structural mutations in the 5′ region of the ASIP gene cause diluted feather color phenotypes in Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana Galkina</w:t>
+                <w:t xml:space="preserve">Annie Robic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Cauet</w:t>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Lopez-Roques</w:t>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 51 (1), pp.59. </w:t>
+              <w:t xml:space="preserve">, 2019, 51 (1), pp.12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12711-019-0501-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-019-0458-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02334969v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing reduced SNP assays from whole-genome sequence data to estimate introgression in an organism with complex genetic patterns, the Iberian honeybee (Apis mellifera iberiensis)</w:t>
               </w:r>
@@ -3373,64 +3373,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dora Henriques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Parejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Wallberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3475,455 +3475,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01818262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering mechanisms underlying the genetic variation of general production and liver quality traits in the overfed mule duck by pQTL analyses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome-wide scans between two honeybee populations reveal putative signatures of human-mediated selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Parejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoannah François</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">D. Henriques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Molette</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Neuditschko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12711-017-0313-6⟩</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 48 (6), pp.704-707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/age.12599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01510790v1</w:t>
+                <w:t xml:space="preserve">hal-02621841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide scans between two honeybee populations reveal putative signatures of human-mediated selection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Wragg</w:t>
+                <w:t xml:space="preserve">A New chicken genome assembly provides insight into avian genome structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wesley C. Warren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladeana W. Hillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Henriques</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Chad Tomlinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Neuditschko</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Minx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milinn Kremitzki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/age.12599⟩</w:t>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.109-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/g3.116.035923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621841v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New chicken genome assembly provides insight into avian genome structure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deciphering mechanisms underlying the genetic variation of general production and liver quality traits in the overfed mule duck by pQTL analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ladeana W. Hillier</w:t>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chad Tomlinson</w:t>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Minx</w:t>
+                <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milinn Kremitzki</w:t>
+                <w:t xml:space="preserve">Stéphane Davail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.109-117. </w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (1), pp.38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1534/g3.116.035923⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-017-0313-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604336v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01510790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autosomal and mitochondrial adaptation following admixture: a case study on the honey bees of Reunion Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maéva Angélique Techer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4013,51 +4013,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole-genome resequencing of honeybee drones to detect genomic selection in a population managed for royal jelly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Marti-Marimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4294,77 +4294,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Whole-Genome Sequence Information to Foster Conservation Efforts for the European Dark Honey Bee, Apis mellifera mellifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Parejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Neumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4454,51 +4454,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Varenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4543,1094 +4543,1094 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01230151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La génétique et l'apiculture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Génétique et apiculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Info-Reines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 106, pp.36-37</w:t>
+              <w:t xml:space="preserve">Lettre de l'ITSAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, pp.11-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193933v1</w:t>
+                <w:t xml:space="preserve">hal-02630073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mule duck &amp;quot;foie gras&amp;quot; shows different metabolic States according to its quality phenotype by using a proteomic approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">La génétique et l'apiculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Info-Reines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 106, pp.36-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637456v1</w:t>
+                <w:t xml:space="preserve">hal-01193933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping and genotypic analysis of the NK-lysin gene in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mi Ok Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ence Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong-Zhen Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 46 (1), pp.43. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1297-9686-46-43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrice Dehais</w:t>
+                <w:t xml:space="preserve">Mule duck &amp;quot;foie gras&amp;quot; shows different metabolic States according to its quality phenotype by using a proteomic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel C. Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Davail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkt1390⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62 (29), pp.7140-7150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf5006963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019569v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génétique et apiculture</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fresard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lettre de l'ITSAP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (6), pp.3768-3782. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkt1390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02630073v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of Phenotypic and Genetic Relationships between Sociality, Emotional Reactivity and Production Traits in Japanese Quail</w:t>
+                <w:t xml:space="preserve">The duck genome and transcriptome provide insight into an avian influenza virus reservoir species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Recoquillay</w:t>
+                <w:t xml:space="preserve">Yinhua Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Leterrier</w:t>
+                <w:t xml:space="preserve">Yingrui Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+                <w:t xml:space="preserve">David W Burt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Bertin</w:t>
+                <w:t xml:space="preserve">Hualan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederique Pitel</w:t>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8, online (12), Non paginé. </w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (7), pp.776-783. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0082157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ng.2657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129795v1</w:t>
+                <w:t xml:space="preserve">hal-02652041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génomique des canards</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence of Phenotypic and Genetic Relationships between Sociality, Emotional Reactivity and Production Traits in Japanese Quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Diot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Molette</w:t>
+                <w:t xml:space="preserve">Julien Recoquillay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Man Rao</w:t>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8, online (12), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0082157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01207754v1</w:t>
+                <w:t xml:space="preserve">hal-01129795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The duck genome and transcriptome provide insight into an avian influenza virus reservoir species</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David W Burt</w:t>
+                <w:t xml:space="preserve">Génomique des canards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hualan Chen</w:t>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yong Zhang</w:t>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Man Rao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 26 (5), pp.391-402</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02652041v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A duck RH panel and its potential for assisting NGS genome assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Man Rao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Bardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5694,90 +5694,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine mapping of complex traits in non-model species: using next generation sequencing and advanced intercross lines in Japanese quail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Fresard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5956,286 +5956,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02648110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat actuel du séquençage et de la connaissance du génome des espèces animales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Epilepsy caused by an abnormal alternative splicing with dosage effect of the SV2A gene in a chicken model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine M. Douaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne F. Pituello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, online (10), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0026932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02642585v1</w:t>
+                <w:t xml:space="preserve">hal-01000461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epilepsy caused by an abnormal alternative splicing with dosage effect of the SV2A gene in a chicken model</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etat actuel du séquençage et de la connaissance du génome des espèces animales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 24 (4), pp.287-404</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0026932⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01000461v1</w:t>
+                <w:t xml:space="preserve">hal-02642585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New QTL for resistance to Salmonella carrier-state identified on fowl microchromosomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6439,722 +6439,722 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02651817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping QTL for growth and shank traits in chickens divergently selected for high or low body weight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non PCR-amplified transcripts and AFLP® fragments as reduced representations of the quail genome for 454 Titanium sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.A. Ankra-Badu</w:t>
+                <w:t xml:space="preserve">Katia Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+                <w:t xml:space="preserve">Florence Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2009.02017.x⟩</w:t>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3, online (july), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1756-0500-3-214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661082v1</w:t>
+                <w:t xml:space="preserve">hal-01129412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non PCR-amplified transcripts and AFLP® fragments as reduced representations of the quail genome for 454 Titanium sequencing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic control of resistance to salmonellosis and to Salmonella carrier-state in fowl: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1756-0500-3-214⟩</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 42, online (april), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1297-9686-42-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129412v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic control of resistance to salmonellosis and to Salmonella carrier-state in fowl: a review</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Mapping QTL for growth and shank traits in chickens divergently selected for high or low body weight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.A. Ankra-Badu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 41 (4), pp.400-405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2009.02017.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1297-9686-42-11⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02663835v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping main, epistatic and sex-specific QTL for body composition in a chicken populaton divergently selected for low or high growth rate</w:t>
+                <w:t xml:space="preserve">Integrative mapping analysis of chicken microchromosome 16 organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgina A Ankra-Badu</w:t>
+                <w:t xml:space="preserve">Romain Solinhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Galkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Shriner</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frederique Pitel</w:t>
+                <w:t xml:space="preserve">Olympe Chazara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 11, online (february), Non paginé. </w:t>
+              <w:t xml:space="preserve">, 2010, 11 (1), pp.616. </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02668076v1</w:t>
+                <w:t xml:space="preserve">hal-02356278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative mapping analysis of chicken microchromosome 16 organization</w:t>
+                <w:t xml:space="preserve">Mapping main, epistatic and sex-specific QTL for body composition in a chicken populaton divergently selected for low or high growth rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Solinhac</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Svetlana Galkina</w:t>
+                <w:t xml:space="preserve">Georgina A Ankra-Badu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olympe Chazara</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Katia Feve</w:t>
+                <w:t xml:space="preserve">Daniel Shriner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 11 (1), pp.616. </w:t>
+              <w:t xml:space="preserve">, 2010, 11, online (february), Non paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356278v1</w:t>
+                <w:t xml:space="preserve">hal-02668076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for introgressive hybridization of wild common quail (Coturnix coturnix) by domesticated Japanese quail (Coturnix japonica) in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olympe Chazara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Minvielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7162,51 +7162,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conservation Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11 (3), pp.1051--1062. </w:t>
@@ -7250,337 +7250,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01022547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL for resistance to Salmonella carrier state confirmed in both experimental and commercial chicken lines.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Calenge</w:t>
+                <w:t xml:space="preserve">Contribution of Radiation Hybrids to Genome Mapping in Domestic Animals.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Lecerf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Demars</w:t>
+                <w:t xml:space="preserve">Simon de Givry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Feve</w:t>
+                <w:t xml:space="preserve">Christophe Hitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Vignoles</w:t>
+                <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 40 (5), pp.590-7. </w:t>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 126 (1-2), pp.21-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2009.01884.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000245904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730059v1</w:t>
+                <w:t xml:space="preserve">inserm-00442389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Radiation Hybrids to Genome Mapping in Domestic Animals.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
+                <w:t xml:space="preserve">QTL for resistance to Salmonella carrier state confirmed in both experimental and commercial chicken lines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon de Givry</w:t>
+                <w:t xml:space="preserve">K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Hitte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mireille Morisson</w:t>
+                <w:t xml:space="preserve">F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 40 (5), pp.590-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2009.01884.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1159/000245904⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00442389v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cellule : unité fondamentale de la vie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cheval Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 6, pp.24-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7618,90 +7618,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL for several metabolic traits map to loci controlling growth and body composition in an F2 intercross between high- and low-growth chicken lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Nadaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiological Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 38 (3), pp.241-249. </w:t>
@@ -7778,64 +7778,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay B. Robertson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen G. Tempest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 9, pp.168. </w:t>
@@ -7873,90 +7873,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addition of the microchromosome GGA25 to the chicken genome sequence assembly through radiation hybrid and genetic mapping.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine M. Douaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Bardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8020,51 +8020,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An integrated approach of genetic resistance to Salmonella carrier state in fowls: from genetics to genomics and modelling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Protais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8264,3748 +8264,3748 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02655195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Female-Specific DNA Sequences in the Chicken Genome.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FISH mapping of 57 BAC clones reveals strong conservation of synteny between Galliformes and Anseriformes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Granevitze</w:t>
+                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Blum</w:t>
+                <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Hueimin Cheng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mireille Morisson</w:t>
+                <w:t xml:space="preserve">M.A.M. Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zoorob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Heredity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 98, pp.238-242</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 38, pp.303-307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660748v1</w:t>
+                <w:t xml:space="preserve">hal-02654510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of QTL controlling meat quality traits in an F2 cross between two chicken lines selected for either low or high growth rate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Katia K. Feve</w:t>
+                <w:t xml:space="preserve">The chicken RH map: current state of progress and microchromosome mapping.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Denis M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 117, pp.14-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02662011v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloning of Ovocalyxin-36, a Novel Chicken Eggshell Protein Related to Lipopolysaccharide-binding Proteins, Bactericidal Permeability-increasing Proteins, and Plunc Family Proteins</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc D Mckee</w:t>
+                <w:t xml:space="preserve">Identification of QTL controlling meat quality traits in an F2 cross between two chicken lines selected for either low or high growth rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javad Nadaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M610294200⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 8 (155), 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-8-155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05509024v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chicken RH map: current state of progress and microchromosome mapping.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Female-Specific DNA Sequences in the Chicken Genome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Granevitze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Hueimin Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 117, pp.14-21</w:t>
+              <w:t xml:space="preserve">Journal of Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 98, pp.238-242</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654558v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FISH mapping of 57 BAC clones reveals strong conservation of synteny between Galliformes and Anseriformes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cloning of Ovocalyxin-36, a Novel Chicken Eggshell Protein Related to Lipopolysaccharide-binding Proteins, Bactericidal Permeability-increasing Proteins, and Plunc Family Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emi Murayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A.M. Groenen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Zoorob</w:t>
+                <w:t xml:space="preserve">Marc D Mckee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 282 (8), pp.5273-5286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M610294200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02654510v1</w:t>
+                <w:t xml:space="preserve">pasteur-05509024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La séquence du génome de la poule et ses applications en sélection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">FISH on avian lampbrush chromosomes produces higher resolution gene mapping.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Galkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Deryusheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Crooijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 19 (2), pp.109-118</w:t>
+              <w:t xml:space="preserve">Genetica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 128, pp.241-251</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02664615v1</w:t>
+                <w:t xml:space="preserve">hal-02654455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping quantitative trait loci affecting fatness and breast muscle weight in meat-type chicken lines divergently selected on abdominal fatness</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId337" w:history="1">
+                <w:t xml:space="preserve">Fatness QTL on chicken chromosome 5 and interaction with sex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Abasht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Behnam Abasht</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 38, pp.85-97</w:t>
+              <w:t xml:space="preserve">, 2006, 38, pp.297-311</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658083v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatness QTL on chicken chromosome 5 and interaction with sex</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La séquence du génome de la poule et ses applications en sélection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Besbes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 38, pp.297-311</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 19 (2), pp.109-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661352v1</w:t>
+                <w:t xml:space="preserve">hal-02664615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for QTL affecting the shape of the egg laying curve of the Japanese quail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francis F. Minvielle</w:t>
+                <w:t xml:space="preserve">Mapping quantitative trait loci affecting fatness and breast muscle weight in meat-type chicken lines divergently selected on abdominal fatness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boniface B. Kayang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Wilfrid Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Abasht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 7, pp.26</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 38, pp.85-97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655901v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated maps in quail (Coturnix japonica) confirm the high degree of synteny conservation with chicken (Gallus gallus) despite 35 millions years of divergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boniface Kayang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miho Inoue-Murayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boniface Kayang</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mitsuru Miwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 7 (101), 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FISH on avian lampbrush chromosomes produces higher resolution gene mapping.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Search for QTL affecting the shape of the egg laying curve of the Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Deryusheva</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Francis F. Minvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boniface B. Kayang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miho Inoue-Murayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitsuru Miwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 128, pp.241-251</w:t>
+              <w:t xml:space="preserve">BMC Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02654455v1</w:t>
+                <w:t xml:space="preserve">hal-02655901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome scan with AFLPtm markers to detect fearfulness-related QTLs in Japanese quail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+                <w:t xml:space="preserve">A gene-based radiation hybrid map of chicken microchromosome 14 : comparison to human and alignment to the assembled chicken sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Roussot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+                <w:t xml:space="preserve">Carine Jiguet-Jiglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sirine Assaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2005.01336.x⟩</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 37, pp.229-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2004046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02677273v1</w:t>
+                <w:t xml:space="preserve">hal-02670446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome scan for quantitative trait loci affecting the Salmonella carrier-state in the chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+                <w:t xml:space="preserve">Microsatellite mapping of QTL affecting growth, feed consumption, egg production, tonic immobility and body temperature of Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis F. Minvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boniface B. Kayang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miho Inoue-Murayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitsuru Miwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 37 (5), pp.539-561</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 6, pp.87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02677470v1</w:t>
+                <w:t xml:space="preserve">hal-02672942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assignment of non-informative turkey genetic markers through comparative approaches.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Second report on chicken genes and chromosomes 2005.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hoehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Schartl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Km. Reed</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T. Haaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 109, pp.527-532</w:t>
+              <w:t xml:space="preserve">, 2005, 109, pp.415-479</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675811v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of a radiation hybrid map of chicken chromosome 2 and alignment to the chicken draft sequence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId328" w:history="1">
+                <w:t xml:space="preserve">A genome scan with AFLPtm markers to detect fearfulness-related QTLs in Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Leroux</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 36, pp.401-407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2005.01336.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-6-12⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02682366v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A gene-based radiation hybrid map of chicken microchromosome 14 : comparison to human and alignment to the assembled chicken sequence</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A genome scan for quantitative trait loci affecting the Salmonella carrier-state in the chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Jiguet-Jiglaire</w:t>
+                <w:t xml:space="preserve">Pierre Tilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sirine Assaf</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Paul A. Barrow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Marly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 37, pp.229-251. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 37 (5), pp.539-561</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02670446v1</w:t>
+                <w:t xml:space="preserve">hal-02677470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second report on chicken genes and chromosomes 2005.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assignment of non-informative turkey genetic markers through comparative approaches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Nanda</w:t>
+                <w:t xml:space="preserve">Km. Reed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Hoehn</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jacob Bak Holm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 109, pp.415-479</w:t>
+              <w:t xml:space="preserve">, 2005, 109, pp.527-532</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02677877v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsatellite mapping of QTL affecting growth, feed consumption, egg production, tonic immobility and body temperature of Japanese quail</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Construction of a radiation hybrid map of chicken chromosome 2 and alignment to the chicken draft sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Dottax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 6, pp.87</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 6, pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-6-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02672942v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A first-generation microsatellite linkage map of the Japanese quail</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a gene-based radiation hybrid map of chicken Chromosome 7 and comparison to human and mouse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B.B. Kayang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean Louis Monvoisin</w:t>
+                <w:t xml:space="preserve">C. Jiguet-Jiglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 35, pp.195-200</w:t>
+              <w:t xml:space="preserve">Mammalian Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 15, pp.732-739</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02674147v1</w:t>
+                <w:t xml:space="preserve">hal-02673764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cytogenetic definition of the chicken geneome: the first complete avian karyotype.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">A radiation hybrid map of chicken Chromosome 4.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.S.K.M. Rabie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Andryszkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. van Der Poel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 106, pp.12</w:t>
+              <w:t xml:space="preserve">Mammalian Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 15, pp.560-569</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670633v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic linkage and expression analysis of SREBP and lipogenic genes in fat and lean chickens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Leclercq</w:t>
+                <w:t xml:space="preserve">Molecular cytogenetic definition of the chicken genome: The first complete avian karyotype.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.S. Masabanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.W. Burt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.C.M. O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part B: Biochemistry and Molecular Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 166, pp.1367-1373</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02670700v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A radiation hybrid map of chicken Chromosome 4.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.J. van Der Poel</w:t>
+                <w:t xml:space="preserve">A first-generation microsatellite linkage map of the Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.B. Kayang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Inoue-Murayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Miwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Monvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammalian Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 15, pp.560-569</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 35, pp.195-200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675905v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cytogenetic definition of the chicken genome: The first complete avian karyotype.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
+                <w:t xml:space="preserve">Genetic linkage and expression analysis of SREBP and lipogenic genes in fat and lean chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Assaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sansom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part B: Biochemistry and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 137, pp.433-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpc.2004.02.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675031v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a gene-based radiation hybrid map of chicken Chromosome 7 and comparison to human and mouse.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+                <w:t xml:space="preserve">Molecular cytogenetic definition of the chicken geneome: the first complete avian karyotype.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.S. Masabanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.W. Burt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.C.M. O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammalian Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 15, pp.732-739</w:t>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 106, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673764v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-resolution radiation hybrid map of chicken chromosome 5 and comparison with human chromosomes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomics and the genetic improvement of broiler chicken.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Outlook On Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 33, pp.79-84</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02678290v1</w:t>
+                <w:t xml:space="preserve">hal-02670383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex ratios in mule duck embryos at various stages of incubation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nadine Sellier</w:t>
+                <w:t xml:space="preserve">Chicken RH maps as a new tool for vertebrate comparative mapping at high resolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 106, pp.11</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02548742v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02671513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assignment of CPS1, OTC, CRYD, ARG2 and ASS genes to the chicken RH map.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Kawabe</w:t>
+                <w:t xml:space="preserve">Sex ratios in mule duck embryos at various stages of incubation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florene Batellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Scheller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/gse:2004019⟩</w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 61 (2-3), pp.573-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0093-691x(03)00208-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02676484v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02548742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomics and the genetic improvement of broiler chicken.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A high-resolution radiation hybrid map of chicken chromosome 5 and comparison with human chromosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Abasht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Pma Crooijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Outlook On Agriculture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 5, pp.142E-U6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-5-66⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670383v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chicken RH maps as a new tool for vertebrate comparative mapping at high resolution.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Assignment of CPS1, OTC, CRYD, ARG2 and ASS genes to the chicken RH map.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Shimogiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bosak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Katia K. Feve</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Okamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Kawabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 36 (5), pp.593-599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2004019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02671513v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A radiation hybrid map of chicken chromosome 15</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.G.J. Jennen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.E. Grootemaat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. van Der Poel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 35, pp.63-65</w:t>
@@ -12162,290 +12162,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of two candidate genes on the Salmonella carrier state in fowl</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isolation and characterisation of microsatellite genetic markers from Peking and Muscovy ducks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Lévêque</w:t>
+                <w:t xml:space="preserve">Carine Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Malo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Larzul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 82, pp.721-726</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 44 (5), pp.794-795</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02670513v1</w:t>
+                <w:t xml:space="preserve">hal-02677418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and characterisation of microsatellite genetic markers from Peking and Muscovy ducks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of two candidate genes on the Salmonella carrier state in fowl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Protais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Genet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Gaëtan Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Larzul</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Malo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 44 (5), pp.794-795</w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 82, pp.721-726</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02677418v1</w:t>
+                <w:t xml:space="preserve">hal-02670513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversity of 52 chicken populations assessed by microsatellite typing of DNA pools.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hillel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A.M. Groenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12522,90 +12522,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFLP linkage map of the japanese quail Coturnix japonica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Roussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12656,103 +12656,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A radiation hybrid panel and its use in developing a gene map of the chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Jiguet-Jiglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lemiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 44, pp.797-798</w:t>
@@ -12781,90 +12781,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloning of cDNA encoding the nuclear form of chicken sterol response element binding protein-2 (SREBP-2), chromosomal localization, and tissue expression of chicken SREBP-1 and -2 genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Assaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alizadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12906,103 +12906,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The chicken cytogenetic map: an aid to microchromosome identification and avian comparative cytogenetics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Garrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 44, pp.795-797</w:t>
@@ -13044,51 +13044,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of chicken genomic resources to enable whole-genome sequencing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Cornelissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13150,1442 +13150,1442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02672590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ChickRH6: a chicken whole-genome radiation hybrid panel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexis Lemiere</w:t>
+                <w:t xml:space="preserve">Genetic diversity of chickens.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hillel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A.M. Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Bosc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+                <w:t xml:space="preserve">A. Korol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archiv für Geflügelkunde. Sonderheft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Special Issue, pp.35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02679285v1</w:t>
+                <w:t xml:space="preserve">hal-02674528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review on SNP and other types of molecular markers and their use in animal genetics</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">ChickRH6: a chicken whole-genome radiation hybrid panel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Lemiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Galan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 34 (3), pp.275-305. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/gse:2002009⟩</w:t>
+              <w:t xml:space="preserve">, 2002, 34 (4), pp.521-533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2002021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670063v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A chicken radiation hybrid panel and its use for mapping</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A review on SNP and other types of molecular markers and their use in animal genetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre A. Eggen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archiv für Geflügelkunde. Sonderheft</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 34 (3), pp.275-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2002009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675399v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity of chickens.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+                <w:t xml:space="preserve">A chicken radiation hybrid panel and its use for mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Korol</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martine M. Yerle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archiv für Geflügelkunde. Sonderheft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Special Issue, pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02674528v1</w:t>
+                <w:t xml:space="preserve">hal-02675399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirical evaluation of genetic clustering methods using multilocus genotypes from 20 chicken breeds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative avian cytogenetics: establishment of chromosome correspondence by fluorescent in situ hybridisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Garrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.A. Rosenberg</w:t>
+                <w:t xml:space="preserve">R.P. Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Burke</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P.J. Freidlin</w:t>
+                <w:t xml:space="preserve">Martien A.M Groenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 159, pp.699-713</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 42 (sp.), pp.S23-S24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02679419v1</w:t>
+                <w:t xml:space="preserve">hal-02680822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative avian cytogenetics: establishment of chromosome correspondence by fluorescent in situ hybridisation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Martien A.M Groenen</w:t>
+                <w:t xml:space="preserve">Development of 112 unique expressed sequence tags from chicken liver using an arbitrarily primed reverse transcriptase-polymerase chain reaction and single strand conformation gel purification method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Morrisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 42 (sp.), pp.S23-S24</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 32, pp.289-297</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02680822v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of 112 unique expressed sequence tags from chicken liver using an arbitrarily primed reverse transcriptase-polymerase chain reaction and single strand conformation gel purification method</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mark Morrisson</w:t>
+                <w:t xml:space="preserve">QTL mapping for emotionality in quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 32, pp.289-297</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 42 (sp.), pp.S28-S29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674219v1</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL mapping for emotionality in quail</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J.M. Faure</w:t>
+                <w:t xml:space="preserve">Empirical evaluation of genetic clustering methods using multilocus genotypes from 20 chicken breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.A. Rosenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Burke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Elo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.W. Feldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mills</w:t>
+                <w:t xml:space="preserve">P.J. Freidlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 42 (sp.), pp.S28-S29</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 159, pp.699-713</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673001v1</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assignment of TERF1 to chicken chromosome 2q32 and TERF2 to chicken chromosome 11 by fluorescence in situ hybridization.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Recherche des zones du génone contrôlant l'émotivité chez la caille.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 92, pp.175-176</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, suppl.,, pp.S28-S29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02677842v1</w:t>
+                <w:t xml:space="preserve">hal-02679977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche des zones du génone contrôlant l'émotivité chez la caille.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Effect of two candidate genes on a Salmonella carrier-state in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Protais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Mills</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, suppl.,, pp.S28-S29</w:t>
+              <w:t xml:space="preserve">, 2001, 42 (sp.), pp.S21-S22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679977v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of two candidate genes on a Salmonella carrier-state in chicken</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+                <w:t xml:space="preserve">Assignment of TERF1 to chicken chromosome 2q32 and TERF2 to chicken chromosome 11 by fluorescence in situ hybridization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Critcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.M. Baird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Colin</w:t>
+                <w:t xml:space="preserve">J.P. Konrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 42 (sp.), pp.S21-S22</w:t>
+              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 92, pp.175-176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02669554v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL detection using bulked segregant analysis with microsatellite or AFLP markers in layers divergently selected for residual food consumtion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14634,989 +14634,989 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02670300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A consensus linkage map of the chicken genome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le locus retroviral EV1 marqueur associé au développement des tumeurs induites par le virus du sarcome de Rous chez le poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H.H. Cheng</w:t>
+                <w:t xml:space="preserve">P. Thoraval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Bumstead</w:t>
+                <w:t xml:space="preserve">Denis Soubieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B.F. Benkel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W.E. Briles</w:t>
+                <w:t xml:space="preserve">D. Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 10, pp.137-147</w:t>
+              <w:t xml:space="preserve">Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 92 (1), pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02697258v1</w:t>
+                <w:t xml:space="preserve">hal-02690135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bases de données en biologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Cloning and mapping of the ACLY gene to a chicken microchromosome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Nigen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Douaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, HS 2000, pp.187-189</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 31, pp.404-419</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02691513v1</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02686283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping the naked neck (NA) and polydactyly (PO) mutants of the chicken with microsatellite molecular markers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etat de la carte de la poule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, HS 2000, pp.113-114</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02696763v1</w:t>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chicken LEP (OB) gene has not been mapped</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Bases de données en biologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 31, pp.280-291</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, HS 2000, pp.187-189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02685750v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02691513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First report on chicken genes and chromosomes 2000</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
+                <w:t xml:space="preserve">A consensus linkage map of the chicken genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martien A.M Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.H. Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bumstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.F. Benkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.E. Briles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 90, pp.169-218</w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 10, pp.137-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690766v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloning and mapping of the ACLY gene to a chicken microchromosome</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Mapping the naked neck (NA) and polydactyly (PO) mutants of the chicken with microsatellite molecular markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Nigen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Gérard Coquerelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Crooijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martien A.M Groenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 32 (4), pp.73-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2000107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02686283v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02696763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le locus retroviral EV1 marqueur associé au développement des tumeurs induites par le virus du sarcome de Rous chez le poulet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First report on chicken genes and chromosomes 2000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Thoraval</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">M. Guttenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Bouret</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of the Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 92 (1), pp.14</w:t>
+              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 90, pp.169-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02690135v1</w:t>
+                <w:t xml:space="preserve">hal-02690766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat de la carte de la poule</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">The chicken LEP (OB) gene has not been mapped</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Monbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Gellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, HS 2000, pp.113-114</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 31, pp.280-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02685748v1</w:t>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New markers for the integration of chicken microchromosome cytogenetic and genetic maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pouzadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Allattenyesztes es Takarmanyozas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 48, pp.75-77</w:t>
@@ -15645,103 +15645,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of 33 chicken microsatellite loci: 20 new locations on reference maps.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 30, pp.391-393</w:t>
@@ -15770,103 +15770,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of 33 chicken microsatellite loci: 20 new locations on reference maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 30, pp.382-405</w:t>
@@ -15895,90 +15895,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of the LEP (OB) gene to a chicken microchromosome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Monbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Gellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 30, pp.66-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16003,90 +16003,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the chicken SCD1 locus : assignment of a link group to chromosome 6.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pouzadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Heimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16141,64 +16141,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping a major gene affecting skeletal growth in chicken with microsatellite markers and DNA pools.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16253,103 +16253,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of the ME1 locus to chicken chromosome 3.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Douaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Gellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 29 (6), pp.475-476</w:t>
@@ -16378,103 +16378,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of 16 chicken microchromosomes by molecular markers using two-colour fluorescence in situ hybridization (FISH).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Zoorob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudie Auffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Douaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chromosome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 6 (4), pp.307-313</w:t>
@@ -16503,103 +16503,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of chicken cytogenetic and genetic map: 18 new polymorphic markers isolated from BAC and PAC clones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pouzadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 29, pp.348-355</w:t>
@@ -16628,103 +16628,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of FASN and ACACA on two chicken microchromosomes disrupts the human 17q syntenic group well conserved in mammals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Le Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. El Khadir-Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Douaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mammalian Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 9 (4), pp.297-300</w:t>
@@ -16766,77 +16766,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seven mapped polymorphic chicken microsatellite markers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 28, pp.59-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16861,103 +16861,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assignment of Stearoyl Coenzyme A Desaturase gene (SCD1) to chicken chromosome R-band 6q 14 by in situ hybriization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Douaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Gellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 78, pp.229-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16976,1102 +16976,1102 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02688020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two chicken genomic libraries in the PAC and BAC cloning systems: Organization and characterization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+                <w:t xml:space="preserve">Mapping of the genetically independent chicken major histocompatibility complexes B and RFP-Y to the same microchromosome by two-color fluorescent in situ hybridization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Zoorob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine M. Yerle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.69</w:t>
+              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 75, pp.7-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02686106v1</w:t>
+                <w:t xml:space="preserve">hal-02690147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization of the avian fatty acid synthase gene to a conserved region between a chicken microchromosome and human chromosome 17q</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Le Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bumstead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02687977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chicken major histocompatibility complexes B and Rfp-Y map to the same microchromosome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Two chicken genomic libraries in the PAC and BAC cloning systems: Organization and characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zoorob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Billault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Severac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02688369v1</w:t>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02686106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the integration of the chicken genetic and cytogenetic maps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Chicken major histocompatibility complexes B and Rfp-Y map to the same microchromosome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Zoorob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Gellin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.67</w:t>
+              <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688430v1</w:t>
+                <w:t xml:space="preserve">hal-02688369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current state of the genetic map of the chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Towards the integration of the chicken genetic and cytogenetic maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouzadoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zoorob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02687039v1</w:t>
+                <w:t xml:space="preserve">hal-02688430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping of the genetically independent chicken major histocompatibility complexes B and RFP-Y to the same microchromosome by two-color fluorescent in situ hybridization</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Current state of the genetic map of the chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.B. Crittenden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.H. Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.M. Wain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytogenetics and Cell Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 75, pp.7-9</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690147v1</w:t>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02687039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La carte génétique de la poule</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Relationship between Charcot-Marie-Tooth-1a and Smith-Magenis regions: snu3 may be a candidate gene for the Smith-Magenis syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Le Paslier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Passage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ougen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Billault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 2 (8), pp.1235-1243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hmg/2.8.1235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02701818v1</w:t>
+                <w:t xml:space="preserve">hal-01593101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between Charcot-Marie-Tooth-1a and Smith-Magenis regions: snu3 may be a candidate gene for the Smith-Magenis syndrome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Billault</w:t>
+                <w:t xml:space="preserve">Localization of Friedreich ataxia phenotype with selective vitamin E deficiency to chromosome 8q by homozygosity mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ben Hamida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Doerflinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Belal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Linder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Reutenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 5 (2), pp.195-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ng1093-195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/hmg/2.8.1235⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01593101v1</w:t>
+                <w:t xml:space="preserve">hal-03104221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localization of Friedreich ataxia phenotype with selective vitamin E deficiency to chromosome 8q by homozygosity mapping</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La carte génétique de la poule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 66 (6), pp.87-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ng1093-195⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03104221v1</w:t>
+                <w:t xml:space="preserve">hal-02701818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (164)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -18083,247 +18083,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity and deleterious mutation load in Apis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">ON THE LIMITS IN USING A SINGLE REFERENCE GENOME FOR POPULATION GENOMICS: TOWARDS PAN-GENOMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Chibani Bahi Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EurBee 10</w:t>
+              <w:t xml:space="preserve">Eurbee 10th congress of apidology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04848012v1</w:t>
+                <w:t xml:space="preserve">hal-05128149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON THE LIMITS IN USING A SINGLE REFERENCE GENOME FOR POPULATION GENOMICS: TOWARDS PAN-GENOMES</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Genetic diversity and deleterious mutation load in Apis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Faux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurbee 10th congress of apidology</w:t>
+              <w:t xml:space="preserve">EurBee 10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05128149v1</w:t>
+                <w:t xml:space="preserve">hal-04848012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic characterization of two Algerian honey bees Apis mellifera intermissa and sahariensis populations by whole genome sequencing</w:t>
               </w:r>
@@ -18335,77 +18335,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Salvatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Chibani Bahi Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahi Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riad Fridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48 International Apicultural Congress APIMONDIA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Santiago, Chile</w:t>
@@ -18428,868 +18428,868 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04891785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY ON VARROA RESISTANCE TRAITS IN FRENCH HONEYBEE POPULATIONS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Agez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855289v1</w:t>
+                <w:t xml:space="preserve">hal-03859236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise au point d'un panel d'assignation de parenté SNP unique pour deux espèces de canards et leur hybride</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Leroux</w:t>
+                <w:t xml:space="preserve">GENOME WIDE ASSOCIATION STUDY ON VARROA RESISTANCE TRAITS IN FRENCH HONEYBEE POPULATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E. Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romuald Rouger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03617695v1</w:t>
+                <w:t xml:space="preserve">hal-03855289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genotyping By Pool Sequencing Eusocial Colonies and Its Applications to Honeybee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIII Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04473343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of the honey bee centromeres: regions with tandem repeats high at content and low recombination rates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Mise au point d'un panel d'assignation de parenté SNP unique pour deux espèces de canards et leur hybride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Rouger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Itavi, Mar 2022, Tours, France. pp.628, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.05.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId574" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855207v1</w:t>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03617695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In search of the honey bee centromeres: regions with tandem repeats high at content and low recombination rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Tabatha Bulach</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t>
+              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208134v1</w:t>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId576" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859236v1</w:t>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical models for the genetic characterisation of honeybee colonies from whole genome pool sequencing data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Sann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PopGroup 54</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
@@ -19318,51 +19318,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical Imputation of Queen Genotype from Pool Sequencing of Workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19443,51 +19443,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avian Genomics in Animal Breeding: Do we still need model organisms?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19506,2916 +19506,2912 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02937603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NGS et Assemblage des génomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Caractérisation génétique et génomique des populations d’abeille par séquençage de génome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Workshop Génomique : structure et fonction des génomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université des Sciences et de la Technologie d’Oran, Jun 2019, Oran, Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02953942v1</w:t>
+                <w:t xml:space="preserve">hal-02953949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+                <w:t xml:space="preserve">Séquençage du génome entier et diversité génétique de populations sauvages et domestiques de pintade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guiguigbaza-Kossigan Dayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Yapi-Gnaorale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Tours, France. 929 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789560v1</w:t>
+                <w:t xml:space="preserve">hal-02737420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">NGS et Assemblage des génomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">2. Workshop Génomique : structure et fonction des génomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Sciences et de la Technologie d’Oran, Jun 2019, Oran, Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788639v1</w:t>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and validation of high-density SNP array in ducks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+                <w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId586" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02460148v1</w:t>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-genome sequencing of Honeybees from New Caledonia</w:t>
+                <w:t xml:space="preserve">Development and validation of high-density SNP array in ducks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Bailleul</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Wragg</w:t>
+                <w:t xml:space="preserve">Marc Teissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Gueyte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Conte</w:t>
+                <w:t xml:space="preserve">Juliette Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th APIMONDIA - International Apicultural Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736059v1</w:t>
+                <w:t xml:space="preserve">hal-02460148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un panel de marqueurs SNP pour détecter l'hybridation entre la caille des blés et la caille japonaise</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Poquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ITAVI; INRA; ANSES, Mar 2019, Tours, France. pp.80-84</w:t>
+              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId593" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02383509v1</w:t>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Développement d'un panel de marqueurs SNP pour détecter l'hybridation entre la caille des blés et la caille japonaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Rouger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apimondia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITAVI; INRA; ANSES, Mar 2019, Tours, France. pp.80-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796454v1</w:t>
+                <w:t xml:space="preserve">hal-02383509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une puce de génotypage haute densité 600K pour le canard commun et le canard de Barbarie</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+                <w:t xml:space="preserve">Whole-genome sequencing of Honeybees from New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Bailleul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Guemene</w:t>
+                <w:t xml:space="preserve">Romain Gueyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bassot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">46th APIMONDIA - International Apicultural Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738413v1</w:t>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sauropsida ribosomal repeat : Deciphering of the intergenic spacer in chicken and terrapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Celine Lopez-Roques</w:t>
+                <w:t xml:space="preserve">Développement d’une puce de génotypage haute densité 600K pour le canard commun et le canard de Barbarie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Guemene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. International Society for Animal Genetics Conference (ISAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Lleida, Spain</w:t>
+              <w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786983v1</w:t>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical applications of genomic assignment methods in the avian breeding industry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Juliette Riquet</w:t>
+                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Apimondia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId599" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02460150v1</w:t>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séquençage du génome entier et diversité génétique de populations sauvages et domestiques de pintade</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Yapi-Gnaorale</w:t>
+                <w:t xml:space="preserve">Sauropsida ribosomal repeat : Deciphering of the intergenic spacer in chicken and terrapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Dyomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Galkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Cauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Lopez-Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Tours, France. 929 p</w:t>
+              <w:t xml:space="preserve">37. International Society for Animal Genetics Conference (ISAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Lleida, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId600" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737420v1</w:t>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation génétique et génomique des populations d’abeille par séquençage de génome</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Practical applications of genomic assignment methods in the avian breeding industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Rouger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Teissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brard-Fudulea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Riquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Workshop Génomique : structure et fonction des génomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université des Sciences et de la Technologie d’Oran, Jun 2019, Oran, Algérie</w:t>
+              <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02953949v1</w:t>
+                <w:t xml:space="preserve">hal-02460150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Guinea fowl domestication : new insights from the first whole genome assembly and the pool sequencing of wild and domestic populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">William Marande</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">II Joint Congress on Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02785743v1</w:t>
+                <w:t xml:space="preserve">hal-02785577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of interspecific hybrid chromosomes as a tool for precise comparative mapping analysis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Gourichon</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. International Colloquium on Animal Cytogenetics and Genomics (ICACG)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId606" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734313v1</w:t>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the knowledge of microchromosome repeated sequences in chicken by the sequencing of BAC clones with Pacific Bio technology</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Noémie Thébault</w:t>
+                <w:t xml:space="preserve">The use of interspecific hybrid chromosomes as a tool for precise comparative mapping analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Marrauld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria M. Kulak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana S. Galkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Lopez-Roques</w:t>
+                <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. International Colloquium on Animal Cytogenetics and Genomics (ICACG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2018, St Petersbourg, Russia. 360 p</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jun 2018, Saint Petersburg, Russia. 360 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/CompCytogen.v12i3.27448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId611" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733811v1</w:t>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining the resistance to Varroa destructor in the French honey bee population with VSH, SMR and colony dynamic data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Improving the knowledge of microchromosome repeated sequences in chicken by the sequencing of BAC clones with Pacific Bio technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Lopez-Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">23. International Colloquium on Animal Cytogenetics and Genomics (ICACG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, St Petersbourg, Russia. 360 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId612" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785764v1</w:t>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guinea fowl domestication : new insights from the first whole genome assembly and the pool sequencing of wild and domestic populations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Explaining the resistance to Varroa destructor in the French honey bee population with VSH, SMR and colony dynamic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier X Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">II Joint Congress on Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785577v1</w:t>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guinea fowl whole genome assembly and application for genetic diversity in African and European populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Analyse de populations d’abeilles par séquençage de génomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Boitard</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Yapi-Gnaore</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Issaka Youssao</w:t>
+                <w:t xml:space="preserve">Maxime Béguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. European Symposium on Poultry Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">5. Journées de la Recherche Apicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02785442v1</w:t>
+                <w:t xml:space="preserve">hal-02791452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomics of Chicken Domestication</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Suez</w:t>
+                <w:t xml:space="preserve">Guinea fowl whole genome assembly and application for genetic diversity in African and European populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Yapi-Gnaore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Nicolas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Issaka Youssao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. European Symposium on Poultry Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785437v1</w:t>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de populations d’abeilles par séquençage de génomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Genomics of Chicken Domestication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Suez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Esquerré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées de la Recherche Apicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">10. European Symposium on Poultry Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId621" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02791452v1</w:t>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A linkage disequilibrium study in a layer chicken population</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les QTL protéiques : un outil de compréhension de la qualité du foie gras ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Davail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel C. Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. European Symposium on Poultry Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Tuusula, Finland</w:t>
+              <w:t xml:space="preserve">11. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Tours, France. 1241 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580637v1</w:t>
+                <w:t xml:space="preserve">hal-02738993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population genomics and signatures of selection in resequenced honey bee drones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequencing haploid drones from royaljelly and honey bee populations for detection of differentiation and selective sweeps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
+              <w:t xml:space="preserve">Biology and Genomics of Social Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId625" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01536475v1</w:t>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance to varroa and VSH behaviour in the honey bee</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Population genomics and signatures of selection in resequenced honey bee drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Network for Sustainable Bee Breeding/COLOSS WS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Kirchhain, Germany</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId627" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02795145v1</w:t>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le séquençage de populations d’abeilles : vers la compréhension de la dynamique du génome</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A linkage disequilibrium study in a layer chicken population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Romé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Varenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées de la Recherche Apicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">9. European Symposium on Poultry Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Tuusula, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId628" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793409v1</w:t>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01580637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du type de maïs en gavage et de la durée de jeûne avant abattage sur les caractéristiques biochimiques et génomiques fonctionnelles du foie gras chez le canard mulard</w:t>
               </w:r>
@@ -22453,51 +22449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Travanca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Tours, France. pp.5</w:t>
@@ -22520,2473 +22516,2477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01158739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GWAS analysis identifies 138 QTL for egg quality variance in layers receiving various diets</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le séquençage de populations d’abeilles : vers la compréhension de la dynamique du génome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. European Symposium on Poultry Genetics (ESPG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Tuusula, Finland</w:t>
+              <w:t xml:space="preserve">3. Journées de la Recherche Apicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580651v1</w:t>
+                <w:t xml:space="preserve">hal-02793409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo Assembly of the Chinese Bamboo-Partridge Genome and Comparison with Chicken</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Resistance to varroa and VSH behaviour in the honey bee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId639" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Coville</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome (PAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, San Diego, United States</w:t>
+              <w:t xml:space="preserve">Research Network for Sustainable Bee Breeding/COLOSS WS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Kirchhain, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01194054v1</w:t>
+                <w:t xml:space="preserve">hal-02795145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId640" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">de novo Assembly of the Chinese Bamboo-Partridge Genome and Comparison with Chicken</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">GWAS analysis identifies 138 QTL for egg quality variance in layers receiving various diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Romé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Varenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Alleno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, San Diego, United States</w:t>
+              <w:t xml:space="preserve">9. European Symposium on Poultry Genetics (ESPG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Tuusula, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId640" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02791971v1</w:t>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01580651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequencing haploid drones from royal jelly and honey bee populations for detection of differentiation and selective sweeps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De novo Assembly of the Chinese Bamboo-Partridge Genome and Comparison with Chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Esquerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Foissac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Wragg</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology and Genomics of Social Insects, Cold Spring Harbor (CSH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Wisconsin-Madison, United States</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome (PAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId641" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02794236v1</w:t>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and genomic characterization of french bee populations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Sequencing haploid drones from royal jelly and honey bee populations for detection of differentiation and selective sweeps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Wragg</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Network for Sustainable Bee Breeding/COLOSS WS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Kirchhain, Germany</w:t>
+              <w:t xml:space="preserve">The Biology of Genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793154v1</w:t>
+                <w:t xml:space="preserve">hal-01536441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequencing haploid drones from royal jelly and honey bee populations for detection of differentiation and selective sweeps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Genetic and genomic characterization of french bee populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Conte</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Biology of Genomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, New York, United States</w:t>
+              <w:t xml:space="preserve">Research Network for Sustainable Bee Breeding/COLOSS WS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Kirchhain, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01536441v1</w:t>
+                <w:t xml:space="preserve">hal-02793154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les QTL protéiques : un outil de compréhension de la qualité du foie gras ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Sequencing haploid drones from royal jelly and honey bee populations for detection of differentiation and selective sweeps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bidanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christel C. Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Tours, France. 1241 p</w:t>
+              <w:t xml:space="preserve">Biology and Genomics of Social Insects, Cold Spring Harbor (CSH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Wisconsin-Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738993v1</w:t>
+                <w:t xml:space="preserve">hal-02794236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequencing haploid drones from royaljelly and honey bee populations for detection of differentiation and selective sweeps</w:t>
+                <w:t xml:space="preserve">de novo Assembly of the Chinese Bamboo-Partridge Genome and Comparison with Chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology and Genomics of Social Insects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, New York, United States</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02792618v1</w:t>
+                <w:t xml:space="preserve">hal-02791971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mule duck “foie gras” show different metabolic states according to their quality phenotypes by using a proteomic approach. Comparison of 2 statistical methods</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephane Davail</w:t>
+                <w:t xml:space="preserve">Numerous interchromosomal rearrangements in spite of high synteny conservation between duck and chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Man Rao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daren Griffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Management Committee Meeting and the 4. Meeting of Working Groups 1, 2, 3 of COST Action FA 1002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Milan, Italy</w:t>
+              <w:t xml:space="preserve">21. International Colloquium on Animal Cytogenetics and Gene Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Ischia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742729v1</w:t>
+                <w:t xml:space="preserve">hal-02793231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection Of Pleiotropic QTL Related To Protein Expression And Foie Gras Quality Traits</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fresard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">22. International Plant and Animal Genome (PAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId647" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739759v1</w:t>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameters and QTL detection of social behaviors, fear behaviors and production traits in Japanese Quail</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aline Bertin</w:t>
+                <w:t xml:space="preserve">Mule duck “foie gras” show different metabolic states according to their quality phenotypes by using a proteomic approach. Comparison of 2 statistical methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel C. Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Davail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European Poultry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Stavanger, Norway</w:t>
+              <w:t xml:space="preserve">5. Management Committee Meeting and the 4. Meeting of Working Groups 1, 2, 3 of COST Action FA 1002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId648" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740135v1</w:t>
+            <w:hyperlink r:id="rId649" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of genetic relationships between sociality, emotional reactivity and production traits in Japanese quail</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detection Of Pleiotropic QTL Related To Protein Expression And Foie Gras Quality Traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Davail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel C. Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId649" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740153v1</w:t>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId650" w:history="1">
+            <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrice Dehais</w:t>
+                <w:t xml:space="preserve">Genetic parameters and QTL detection of social behaviors, fear behaviors and production traits in Japanese Quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Recoquillay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. International Plant and Animal Genome (PAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, San Diego, United States</w:t>
+              <w:t xml:space="preserve">14. European Poultry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Stavanger, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId650" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193927v1</w:t>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId651" w:history="1">
+            <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerous interchromosomal rearrangements in spite of high synteny conservation between duck and chicken</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valerie Fillon</w:t>
+                <w:t xml:space="preserve">Evidence of genetic relationships between sociality, emotional reactivity and production traits in Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Recoquillay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Man Rao</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mireille Morisson</w:t>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. International Colloquium on Animal Cytogenetics and Gene Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Ischia, Italy</w:t>
+              <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId651" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793231v1</w:t>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimisation d’une population expérimentale de canes communes (Anas platyrhynchos) et de leurs descendants mulards : utilisation de données de QTL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure L. Fresard</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christel Marie Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Davail</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. Conference of the International Society for Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia. pp.75</w:t>
+              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA.; Comité Interprofessionnel des Palmipèdes à Foie Gras (CIFOG). Paris, FRA.; Institut National de la Recherche Agronomique (INRA). Paris, FRA., Mar 2013, La Rochelle, France. 279 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000657v1</w:t>
+                <w:t xml:space="preserve">hal-02748711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId656" w:history="1">
+            <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de transcriptomes de foies de canards par séquençage d’ARN (RNA-Seq)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Diot</w:t>
+                <w:t xml:space="preserve">Transcriptome-wide investigation of genomic imprinting in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId656" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure L. Fresard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Houee</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Nathalie N. Marsaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Rochelle., Mar 2013, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">33. Conference of the International Society for Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Cairns, Australia. pp.75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId656" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210404v1</w:t>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avancées récentes en génomique des canards</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mapping by RH sequencing: organizing NGS scaffolds into chromosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Man Rao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId659" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Lhuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Paris, FRA.; Comité Interprofessionnel des Palmipèdes à Foie Gras (CIFOG). Paris, FRA.; Institut National de la Recherche Agronomique (INRA). Paris, FRA., Mar 2013, La Rochelle, France. 279 p</w:t>
+              <w:t xml:space="preserve">21. P!ant and animal genome meeting (PAG XXI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, San Diego, Californie, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId660" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210409v1</w:t>
+            <w:hyperlink r:id="rId658" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId662" w:history="1">
+            <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping by RH sequencing: organizing NGS scaffolds into chromosomes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emeline Lhuillier</w:t>
+                <w:t xml:space="preserve">Detection de SNP chez la caille : production d'un outil commum pour des programmes scientifiques multiples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. P!ant and animal genome meeting (PAG XXI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, San Diego, Californie, United States</w:t>
+              <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA). Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId662" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749835v1</w:t>
+            <w:hyperlink r:id="rId660" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId664" w:history="1">
+            <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection de SNP chez la caille : production d'un outil commum pour des programmes scientifiques multiples</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Analyse de transcriptomes de foies de canards par séquençage d’ARN (RNA-Seq)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId662" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Houee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId663" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId664" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Nouzilly, FRA. Institut National de la Recherche Agronomique (INRA). Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES), FRA., Mar 2013, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">, La Rochelle., Mar 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId664" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190264v1</w:t>
+            <w:hyperlink r:id="rId661" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation d’une population expérimentale de canes communes (Anas platyrhynchos) et de leurs descendants mulards : utilisation de données de QTL</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoannah François</w:t>
+                <w:t xml:space="preserve">Avancées récentes en génomique des canards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Marie Etancelin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stephane Davail</w:t>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA.; Comité Interprofessionnel des Palmipèdes à Foie Gras (CIFOG). Paris, FRA.; Institut National de la Recherche Agronomique (INRA). Paris, FRA., Mar 2013, La Rochelle, France. 279 p</w:t>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). Paris, FRA.; Comité Interprofessionnel des Palmipèdes à Foie Gras (CIFOG). Paris, FRA.; Institut National de la Recherche Agronomique (INRA). Paris, FRA., Mar 2013, La Rochelle, France. 279 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748711v1</w:t>
+                <w:t xml:space="preserve">hal-01210409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SNP detection for QTL analysis of social behaviour and production traits in quail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -25028,103 +25028,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SNP-BB : Recherche de QTL pour des caractères de comportement social et de production chez l'oiseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Génomique Animale et Microbienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AGENAE - Analyse du Génome des Animaux d'Elevage (AGENAE). Labo/service de l'auteur, FRA., Mar 2012, La Rochelle, France</w:t>
@@ -25192,51 +25192,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Zerjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand B. Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier O. Demeure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -25317,64 +25317,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Zerjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId658" w:history="1">
+            <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Demeure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Tours, France</w:t>
@@ -25403,77 +25403,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de SNP chez la caille par séquençage haut-débit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier O. Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25522,570 +25522,570 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de QTL chez le canard commum. Recherche de QTL impliqués dans le comportement, la résistance au portage de Salmonelles et la qualité des produits - foie gras et magret - du canard Mulard</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Primo-localisation de QTL d'aptitude au gavage et de qualité des produits du canard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mohamed M. Kileh Wais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId682" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Xavier Fernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIII. Colloque AGENAE-GENEANIMAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">9. Journées de la Recherche sur les Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757579v1</w:t>
+                <w:t xml:space="preserve">hal-02755739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId683" w:history="1">
+            <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biology of fear in birds: multidisciplinary analysis of a genetic model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Beaumont</w:t>
+                <w:t xml:space="preserve">Recherche de QTL chez le canard commum. Recherche de QTL impliqués dans le comportement, la résistance au portage de Salmonelles et la qualité des produits - foie gras et magret - du canard Mulard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId685" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Davail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId664" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. European Conference on Behavioural Biology (ECBB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Ferrara, Italy</w:t>
+              <w:t xml:space="preserve">VIII. Colloque AGENAE-GENEANIMAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId683" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193568v1</w:t>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId685" w:history="1">
+            <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of polymorphic markers in quail by new generation sequencing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+                <w:t xml:space="preserve">Biology of fear in birds: multidisciplinary analysis of a genetic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
+              <w:t xml:space="preserve">5. European Conference on Behavioural Biology (ECBB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Ferrara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId685" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193587v1</w:t>
+            <w:hyperlink r:id="rId686" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId686" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primo-localisation de QTL d'aptitude au gavage et de qualité des produits du canard</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+                <w:t xml:space="preserve">Development of polymorphic markers in quail by new generation sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Journées de la Recherche sur les Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">13. European Poultry Conference (EPC 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId686" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755739v1</w:t>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a new QTL for resistance to Salmonella carrier-state</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26149,90 +26149,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pyroséquençage pour le développement d'EST et de SNP (PYRESAVI) chez le canard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile C. Duby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -26268,1549 +26268,1549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyroséquençage pour le développement d'EST et de SNP aviaires</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Cartographie intégrée du microchromosome 16, porteur du complexe majeur d'histocompatibilité, chez la poule.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Solinhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Galkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Vignoles</w:t>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Derjusheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Paris, France. pp.594-598</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00730058v1</w:t>
+                <w:t xml:space="preserve">hal-01193434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId693" w:history="1">
+            <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration de la carte génétique du canard commun dans le cadre du programme de recherche GENECAN .</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+                <w:t xml:space="preserve">Pyroséquençage pour le développement d'EST et de SNP aviaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">8èmes Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Paris, France. pp.594-598</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId693" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752593v1</w:t>
+            <w:hyperlink r:id="rId695" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId695" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de la mutation responsable de l'épilepsie réflexe photosensible chez le poulet</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Katia Feve</w:t>
+                <w:t xml:space="preserve">Elaboration de la carte génétique du canard commun dans le cadre du programme de recherche GENECAN .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Pituello</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Gourichon</w:t>
+                <w:t xml:space="preserve">Marie Bounet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId695" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193413v1</w:t>
+            <w:hyperlink r:id="rId696" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId699" w:history="1">
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de cartographie intégrée du microchromosome 16 porteur du Complexe Majeur d'Histocompatibilité et des régions organisatrices du nucléole chez la poule domestique (Gallus gallus).</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Svetlana Galkina</w:t>
+                <w:t xml:space="preserve">Identification de la mutation responsable de l'épilepsie réflexe photosensible chez le poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId699" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Douaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Derjusheva</w:t>
+                <w:t xml:space="preserve">F. Pituello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gaginskaya</w:t>
+                <w:t xml:space="preserve">F. Medevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR de Cytogénomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Rennes, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId699" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02822388v1</w:t>
+            <w:hyperlink r:id="rId698" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie intégrée du microchromosome 16, porteur du complexe majeur d'histocompatibilité, chez la poule.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
+                <w:t xml:space="preserve">Stratégie de cartographie intégrée du microchromosome 16 porteur du Complexe Majeur d'Histocompatibilité et des régions organisatrices du nucléole chez la poule domestique (Gallus gallus).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Solinhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Galkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Derjusheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Galkina</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Derjusheva</w:t>
+                <w:t xml:space="preserve">E. Gaginskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">GDR de Cytogénomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Rennes, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193434v1</w:t>
+                <w:t xml:space="preserve">hal-02822388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An&amp;lt;em&amp;gt; integrated approach of genetic resistance to &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; carrier state in fowls: from genetics to genomics and modelling&amp;lt;/em&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lecerf</w:t>
+                <w:t xml:space="preserve">High resolution chicken radiation hybrid maps using the IlluminaTM technology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Protais</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kevin Prevost</w:t>
+                <w:t xml:space="preserve">Caroline Hourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine M. Douaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Animal Genomics for Animal Health (AGAH)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">31st Conference of the International Society of Animal Genetics (ISAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Amsterdam, pp.Inconnu</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752859v1</w:t>
+                <w:t xml:space="preserve">hal-02815790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId708" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie d'irradiation chez la poule : cartographie dense de SNP et localisation d'EST absentes de la séquence génomique.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recherche de manifestations épigénétiques chez la poule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O. Demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Lahbib Mansais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire AGENAE, La Rochelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, France, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Lacanau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId708" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02816058v1</w:t>
+            <w:hyperlink r:id="rId706" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId710" w:history="1">
+            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de manifestations épigénétiques chez la poule</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Completing the chicken genome coverage by radiation hybrid mapping.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId674" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">David Gourichon</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine M. Douaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Lacanau, France</w:t>
+              <w:t xml:space="preserve">Plant &amp; Animal Genomes, XVI Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Inconnu, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId710" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02821618v1</w:t>
+            <w:hyperlink r:id="rId707" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02818750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId711" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Completing the chicken genome coverage by radiation hybrid mapping.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cartographie d'irradiation chez la poule : cartographie dense de SNP et localisation d'EST absentes de la séquence génomique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant &amp; Animal Genomes, XVI Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Inconnu, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Séminaire AGENAE, La Rochelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, France, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId711" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02818750v1</w:t>
+            <w:hyperlink r:id="rId708" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation of the causative gene for reflex epilepsy in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine M. Douaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId713" w:history="1">
+            <w:hyperlink r:id="rId711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe A. Vieaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31. Conference of the International Society of Animal Genetics (ISAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02816161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId714" w:history="1">
+            <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet de pyroséquençage pour le développement d'EST et de SNP aviaires.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurelie Secula Tircazes</w:t>
+                <w:t xml:space="preserve">An&amp;lt;em&amp;gt; integrated approach of genetic resistance to &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; carrier state in fowls: from genetics to genomics and modelling&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Protais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId714" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on Animal Genomics for Animal Health (AGAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Organisation for Animal Health (OIE). INT., Oct 2007, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId715" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000317185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId714" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756545v1</w:t>
+            <w:hyperlink r:id="rId712" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration de la carte génétique du canard commun. Dans le cadre du programme de recherche &amp;quot;GENECAN</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Primo-localisation de QTL pour la qualité de la viande dans un croisement entre deux lignées de poulet divergentes pour la croissance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId717" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Nadaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche sur les Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Arcachon, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756303v1</w:t>
+                <w:t xml:space="preserve">hal-02757963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId717" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des QTL aux gènes de résistance au portage de salmonelles chez le poulet.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId718" w:history="1">
+            <w:hyperlink r:id="rId719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine N. Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Velge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -27829,1639 +27829,1639 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId717" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId719" w:history="1">
+            <w:hyperlink r:id="rId720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primo-localisation de QTL pour la qualité de la viande dans un croisement entre deux lignées de poulet divergentes pour la croissance.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Projet de pyroséquençage pour le développement d'EST et de SNP aviaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Berri</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId721" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Secula Tircazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId719" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757963v1</w:t>
+            <w:hyperlink r:id="rId720" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId721" w:history="1">
+            <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de QTL chez le canard à gaver : dispositif et développements méthodologiques.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elaboration de la carte génétique du canard commun. Dans le cadre du programme de recherche &amp;quot;GENECAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId722" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Davail</w:t>
+            <w:hyperlink r:id="rId697" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bounet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche sur les Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId721" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752584v1</w:t>
+            <w:hyperlink r:id="rId722" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId724" w:history="1">
+            <w:hyperlink r:id="rId723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de la mutation responsable de l'épilepsie réflexe photosensible chez le poulet.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine M. Douaud</w:t>
+                <w:t xml:space="preserve">Recherche de QTL chez le canard à gaver : dispositif et développements méthodologiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId666" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId697" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+            <w:hyperlink r:id="rId724" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois F. Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId725" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId685" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Davail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId724" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753026v1</w:t>
+            <w:hyperlink r:id="rId723" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId725" w:history="1">
+            <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des QTL aux gènes de résistance au portage de salmonelles chez le poulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId726" w:history="1">
+            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId727" w:history="1">
+            <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Velge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fravalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Lacanau (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId725" w:history="1">
+            <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId728" w:history="1">
+            <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution chicken radiation hybrid maps using the IlluminaTM technology.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+                <w:t xml:space="preserve">Identification de la mutation responsable de l'épilepsie réflexe photosensible chez le poulet.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine M. Douaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId700" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pituello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st Conference of the International Society of Animal Genetics (ISAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Amsterdam, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId728" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815790v1</w:t>
+            <w:hyperlink r:id="rId729" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation de QTL contrôlant les poids de gras abdominal et de filet sur le chromosome 5 du poulet</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Cartographie d'irradiation chez la poule : cartographie dense de SNP et localisation d'EST absentes de la séquence génomique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine M. Douaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
+              <w:t xml:space="preserve">du séminaire AgenaeGenanimal, 15-16 octobre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Dourdan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755614v1</w:t>
+                <w:t xml:space="preserve">hal-02756339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId732" w:history="1">
+            <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primo-localisation de QTLs pour la qualité de la viande dans un croisement entre deux lignées de poulet divergentes pour la croissance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Katia K. Feve</w:t>
+                <w:t xml:space="preserve">An integrated approach of genetic resistance to salmonella carrier-state in fowls: from genetics to genomics and modelization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Protais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId714" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Christine Lalmanach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Animal Genomics for Animal Health (AGAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId732" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755621v1</w:t>
+            <w:hyperlink r:id="rId731" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02815742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId733" w:history="1">
+            <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated approach of genetic resistance to salmonella carrier-state in fowls: from genetics to genomics and modelization.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Christine Lalmanach</w:t>
+                <w:t xml:space="preserve">Primo-localisation de QTLs pour la qualité de la viande dans un croisement entre deux lignées de poulet divergentes pour la croissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javad Nadaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Animal Genomics for Animal Health (AGAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Paris, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId733" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815742v1</w:t>
+            <w:hyperlink r:id="rId732" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId734" w:history="1">
+            <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie d'irradiation chez la poule : cartographie dense de SNP et localisation d'EST absentes de la séquence génomique.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Localisation de QTL contrôlant les poids de gras abdominal et de filet sur le chromosome 5 du poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId734" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume G. Le Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O. Demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">du séminaire AgenaeGenanimal, 15-16 octobre 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Dourdan</w:t>
+              <w:t xml:space="preserve">7. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId734" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756339v1</w:t>
+            <w:hyperlink r:id="rId733" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A radiation hybrid map of GGA25, a microchromosome absent from the first draft chicken genome assembly.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">First QTLs for breast meat technological parameters in high or low growth chicken lines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId717" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Nadaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXX International Conference on Animal Genetics, 20-25 august 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Brazil, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02822684v1</w:t>
+                <w:t xml:space="preserve">hal-02814256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId737" w:history="1">
+            <w:hyperlink r:id="rId736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des risques d'introgression génétique de la caille des blés (Coturnix coturnix coturnix) par la caille japonaise (C. c. japonica) : comparaison et intégration des données comportementales et moléculaires obtenues dans le sud-est de la France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olympe Chazara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId737" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lumineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis F. Minvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId738" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inconnu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId737" w:history="1">
+            <w:hyperlink r:id="rId736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId740" w:history="1">
+            <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First QTLs for breast meat technological parameters in high or low growth chicken lines.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">A radiation hybrid map of GGA25, a microchromosome absent from the first draft chicken genome assembly.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId740" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gerus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine M. Douaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Congress on Genetics Applied to Livestock Production, Belo Horizonte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Brazil, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">XXX International Conference on Animal Genetics, 20-25 august 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Brazil, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId740" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814256v1</w:t>
+            <w:hyperlink r:id="rId739" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02822684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microsatellite DNA markers for duck (Anas platyrhynchos and Cairina moschata).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId661" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Genet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cardinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2006 Symposium COA/INRA Scientific Cooperation in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Tainan, France</w:t>
@@ -29490,90 +29490,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiation hybrid and genetic maps of GGA25, a microchromosome absent from the first draft chicken genome assembly.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId736" w:history="1">
+            <w:hyperlink r:id="rId740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gerus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine M. Douaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -29628,90 +29628,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les marqueurs microsatellites du canard.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Genet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cardinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7èmes Journées de la Recherche sur les Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Arcachon, France</w:t>
@@ -29740,90 +29740,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL analysis for meat quality traits and metabolic parameters in a F2 cross between low and high growth chicken lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Nadaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -29865,90 +29865,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex by fatness QTL interaction with transgressive variation in fat and lean lines.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Abasht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behnam Abasht</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -30029,64 +30029,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId750" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaofei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Conference Plant and Animal Genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2005, San Diego, United States</w:t>
@@ -30115,64 +30115,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séquençage du génome de la poule et perspectives d'application en poule pondeuse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Besbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6èmes Journées de la Recherches Avicoles, Saint Malo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -30191,855 +30191,855 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02764307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A radiation hybrid map chicken of chromosome 4.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Molecular cytogenetic definition of the chicken geneome: the first complete avian karyotype.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.S. Masabanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.W. Burt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.C.M. O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome Conference XII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Inconnu, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">16th European Colloquium on Animal Cytogenetics and Gene Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Jouy-en-Josas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02829250v1</w:t>
+                <w:t xml:space="preserve">hal-02828732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cytogenetic definition of the chicken geneome: the first complete avian karyotype.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A radiation hybrid map chicken of chromosome 4.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.S.K.M. Rabie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Andryszkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A.M. Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European Colloquium on Animal Cytogenetics and Gene Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Jouy-en-Josas, France</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome Conference XII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Inconnu, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02828732v1</w:t>
+                <w:t xml:space="preserve">hal-02829250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId754" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of quantitative trait loci affecting fatness on chicken chromosome 5</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Status of the chicken radiation hybrid map.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId755" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. World's Poultry Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2004, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">29th International Conference on International Society of Animla Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Tokyo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId754" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760168v1</w:t>
+                <w:t xml:space="preserve">hal-02763055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId755" w:history="1">
+            <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chicken RH maps as a new tool for vertebrate comparative mapping at high resolution.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Katia K. Feve</w:t>
+                <w:t xml:space="preserve">Detection of QTL for production traits in Japanese quail.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis F. Minvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.B. Kayang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Inoue-Murayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Miwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European Colloquium on Animal Cytogenetics and Gene Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Jouy-en-Josas, France</w:t>
+              <w:t xml:space="preserve">29th International Conference on International Society of Animla Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Tokyo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId755" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02828804v1</w:t>
+            <w:hyperlink r:id="rId756" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId756" w:history="1">
+            <w:hyperlink r:id="rId757" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of QTL for production traits in Japanese quail.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Vignal</w:t>
+                <w:t xml:space="preserve">Characterisation of quantitative trait loci affecting fatness on chicken chromosome 5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Abasht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Conference on International Society of Animla Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Tokyo</w:t>
+              <w:t xml:space="preserve">22. World's Poultry Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId756" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761074v1</w:t>
+            <w:hyperlink r:id="rId757" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId757" w:history="1">
+            <w:hyperlink r:id="rId758" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Status of the chicken radiation hybrid map.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Chicken RH maps as a new tool for vertebrate comparative mapping at high resolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Denis Milan</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Conference on International Society of Animla Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Tokyo</w:t>
+              <w:t xml:space="preserve">16th European Colloquium on Animal Cytogenetics and Gene Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Jouy-en-Josas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId757" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763055v1</w:t>
+            <w:hyperlink r:id="rId758" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02828804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction of a genetic linkage map in the Japanese quail and mapping of its plumage color genes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Miwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Inoue-Murayama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Inoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.B. Kayang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">103rd Conference of the Japanese Society of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Tokyo</w:t>
@@ -31068,103 +31068,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId761" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of plumage color and blood protein genes on the microsatellite linkage map of the Japanese quail.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Miwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Inoue-Murayama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.B. Kayang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis F. Minvielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th International Conference on International Society of Animla Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Tokyo</w:t>
@@ -31193,51 +31193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteins involved in natural egg defence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId763" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31245,51 +31245,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId765" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.T. Hincke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cost 923 Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2004, Barcelone, Spain</w:t>
@@ -31312,3196 +31312,3196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId766" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A radiation hybrid panel and its use in developing a gene map of the chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
+                <w:t xml:space="preserve">Identification de QTL pour l'état d'engraissement et le poids de filet chez le poulet de chair.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId749" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId767" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Neau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2003 Spring Meeting of the WPSA French Branch.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Inconnu</w:t>
+              <w:t xml:space="preserve">5èmes Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId766" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02826038v1</w:t>
+                <w:t xml:space="preserve">hal-02759148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId767" w:history="1">
+            <w:hyperlink r:id="rId768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obtention de la carte génétique du canard Barbarie et du canard Pékin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Genet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larzul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId767" w:history="1">
+            <w:hyperlink r:id="rId768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId768" w:history="1">
+            <w:hyperlink r:id="rId769" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de marqueurs génétiques de la résistance à la coccidiose chez la poule.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frederique Pitel</w:t>
+                <w:t xml:space="preserve">A radiation hybrid panel and its use in developing a gene map of the chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jiguet-Jiglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Lemiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Tours, France</w:t>
+              <w:t xml:space="preserve">2003 Spring Meeting of the WPSA French Branch.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId768" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763226v1</w:t>
+            <w:hyperlink r:id="rId769" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02826038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId771" w:history="1">
+            <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La carte cytogénétique du poulet : un moyen pour identifier les microchromosomes et pour comparer les génomes aviaires.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Recherche de marqueurs génétiques de la résistance à la coccidiose chez la poule.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId771" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Pinard-van Der Laan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc J.-L. Coville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Monvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId767" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId771" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763747v1</w:t>
+            <w:hyperlink r:id="rId770" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL research on duration of tonic immobility in quail.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">La carte cytogénétique du poulet : un moyen pour identifier les microchromosomes et pour comparer les génomes aviaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Garrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A.D. Mills</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5rd International Behavioral and Neural Genetic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Tours</w:t>
+              <w:t xml:space="preserve">5èmes Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761069v1</w:t>
+                <w:t xml:space="preserve">hal-02763747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId774" w:history="1">
+            <w:hyperlink r:id="rId773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An initial QTL scan for abdominal fatness and breast muscle weight in broiler chickens.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">André Neau</w:t>
+                <w:t xml:space="preserve">QTL research on duration of tonic immobility in quail.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId774" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.D. Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome XI Conference, San Diego</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2003, California, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">5rd International Behavioral and Neural Genetic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Tours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId774" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02829511v1</w:t>
+            <w:hyperlink r:id="rId773" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId776" w:history="1">
+            <w:hyperlink r:id="rId775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL research on duration of tonic immobility in quail.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Roussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId777" w:history="1">
+            <w:hyperlink r:id="rId776" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Alinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd European Poultry Genetics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Wageningen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId776" w:history="1">
+            <w:hyperlink r:id="rId775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId778" w:history="1">
+            <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un panel d'hybrides irradiés et son utilisation pour développer une carte des gènes de la poule</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
+                <w:t xml:space="preserve">An initial QTL scan for abdominal fatness and breast muscle weight in broiler chickens.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId778" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId749" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId767" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Neau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Tours, France</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome XI Conference, San Diego</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2003, California, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId778" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761067v1</w:t>
+            <w:hyperlink r:id="rId777" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de QTL pour l'état d'engraissement et le poids de filet chez le poulet de chair.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">André Neau</w:t>
+                <w:t xml:space="preserve">Un panel d'hybrides irradiés et son utilisation pour développer une carte des gènes de la poule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jiguet-Jiglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Lemiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02759148v1</w:t>
+                <w:t xml:space="preserve">hal-02761067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y a t-il une évolution du sex ratio des embryons de canard au cours de l'incubation ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A two-step procedure for fat QTL identification in meat-type chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId781" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Batellier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nadine Sellier</w:t>
+                <w:t xml:space="preserve">Yves Amigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées de la Recherche sur les Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Pau, France</w:t>
+              <w:t xml:space="preserve">7. World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761084v1</w:t>
+                <w:t xml:space="preserve">hal-02762751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId783" w:history="1">
+            <w:hyperlink r:id="rId782" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de deux gènes candidats sur la résistance de la poule au portage de Salmonella sp.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Colin</w:t>
+                <w:t xml:space="preserve">Y a t-il une évolution du sex ratio des embryons de canard au cours de l'incubation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId783" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Batellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId784" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Scheller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium Salmonella and Salmonellosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Ploufragan, 5 p</w:t>
+              <w:t xml:space="preserve">5. Journées de la Recherche sur les Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId783" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02831704v1</w:t>
+            <w:hyperlink r:id="rId782" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId784" w:history="1">
+            <w:hyperlink r:id="rId785" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL research on duration of tonic immobility in quail</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Effets de deux gènes candidats sur la résistance de la poule au portage de Salmonella sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Protais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A.D. Mills</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. World congress on genetics applied to livestock</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
+              <w:t xml:space="preserve">International Symposium Salmonella and Salmonellosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Ploufragan, 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId784" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761825v1</w:t>
+            <w:hyperlink r:id="rId785" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02831704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId785" w:history="1">
+            <w:hyperlink r:id="rId786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A chicken radiation hybrid panel and its use for mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Yerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Poultry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Bremen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId785" w:history="1">
+            <w:hyperlink r:id="rId786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02825614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId786" w:history="1">
+            <w:hyperlink r:id="rId787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity of chickens.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. David</w:t>
+                <w:t xml:space="preserve">QTL research on duration of tonic immobility in quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId774" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.D. Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th European Poultry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Bremen, Germany</w:t>
+              <w:t xml:space="preserve">7. World congress on genetics applied to livestock</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId786" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02832266v1</w:t>
+            <w:hyperlink r:id="rId787" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A two-step procedure for fat QTL identification in meat-type chickens</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+                <w:t xml:space="preserve">Genetic diversity of chickens.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hillel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A.M. Groenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Amigues</w:t>
+                <w:t xml:space="preserve">M. Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Korol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. World Congress on Genetics Applied to Livestock Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2002, Montpellier, France</w:t>
+              <w:t xml:space="preserve">11th European Poultry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Bremen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762751v1</w:t>
+                <w:t xml:space="preserve">hal-02832266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de deux gènes candidats sur la résistance de la poule au portage de Salmonella sp.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Recherche des zones du génome contrôlant l'émotivité chez la caille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Colin</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2001, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763403v1</w:t>
+                <w:t xml:space="preserve">hal-02759687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId791" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les outils de la génomique et leurs applications en sélection avicole</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effets de deux gènes candidats sur la résistance de la poule au portage de Salmonella sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Protais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2001, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId791" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760875v1</w:t>
+                <w:t xml:space="preserve">hal-02763403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId793" w:history="1">
+            <w:hyperlink r:id="rId792" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche des zones du génone contrôlant l'émotivité chez la caille.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Détection de QTL dans un croisement de poules pondeuses sélectionnées pour la consommation alimentaire résiduelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Nantes, France</w:t>
+              <w:t xml:space="preserve">4. Journées de la recherche avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2001, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId793" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02829728v1</w:t>
+            <w:hyperlink r:id="rId792" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId794" w:history="1">
+            <w:hyperlink r:id="rId793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de QTL dans un croisement de poules pondeuses sélectionnées pour la consommation alimentaire résiduelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Recherche des zones du génone contrôlant l'émotivité chez la caille.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Roussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mills</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées de la recherche avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2001, Nantes, France</w:t>
+              <w:t xml:space="preserve">4èmes Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId794" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759165v1</w:t>
+            <w:hyperlink r:id="rId793" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId795" w:history="1">
+            <w:hyperlink r:id="rId794" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche des zones du génome contrôlant l'émotivité chez la caille</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Les outils de la génomique et leurs applications en sélection avicole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Douaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId795" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginette Dambrine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journées de la Recherche Avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2001, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId795" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759687v1</w:t>
+            <w:hyperlink r:id="rId794" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de deux gènes candidats sur la résistance de la poule au portage de Salmonella sp.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Colin</w:t>
+                <w:t xml:space="preserve">Estimation of SNP frequencies in European chicken populations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Monbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId797" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Salvat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederique Pitel</w:t>
+                <w:t xml:space="preserve">P.A. Thomson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId798" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barre-Dirie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Burke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion de la Société Française de Microbiologie, Les micro-organismes des aliments : comment les détecter ? Comment les maîtriser ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2000, Paris, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, Minnesota</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02834526v1</w:t>
+                <w:t xml:space="preserve">hal-02768901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId798" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL detection for residual food consumption in layers using bulked segregant analysis with microsatellite or AFLP markers on a F2 population</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc J.-L. Coville</w:t>
+                <w:t xml:space="preserve">Towards a whole genome radiation hybrid panel in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Galan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId800" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. World' Poultry congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2000, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, Minnesota</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId798" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02765596v1</w:t>
+            <w:hyperlink r:id="rId799" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId799" w:history="1">
+            <w:hyperlink r:id="rId801" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a whole genome radiation hybrid panel in chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pinton</w:t>
+                <w:t xml:space="preserve">Effets de deux gènes candidats sur la résistance de la poule au portage de Salmonella sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Protais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId802" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Salvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, Minnesota</w:t>
+              <w:t xml:space="preserve">Réunion de la Société Française de Microbiologie, Les micro-organismes des aliments : comment les détecter ? Comment les maîtriser ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2000, Paris, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId799" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767939v1</w:t>
+            <w:hyperlink r:id="rId801" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId801" w:history="1">
+            <w:hyperlink r:id="rId803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of SNP frequencies in European chicken populations.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">QTL detection for residual food consumption in layers using bulked segregant analysis with microsatellite or AFLP markers on a F2 population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia K. Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">T. Burke</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc J.-L. Coville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, Minnesota</w:t>
+              <w:t xml:space="preserve">21. World' Poultry congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2000, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId801" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768901v1</w:t>
+            <w:hyperlink r:id="rId803" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le locus retroviral EV1 marqueur associé au développement des tumeurs induites par le virus du sarcome de Rous chez le poulet</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Lipogenesis genes and fatness in the chicken.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Nigen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Colloque Biotechnocentre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 1999, Seillac, France</w:t>
+              <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, Minnesota, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02841790v1</w:t>
+                <w:t xml:space="preserve">hal-02769050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipogenesis genes and fatness in the chicken.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Le locus retroviral EV1 marqueur associé au développement des tumeurs induites par le virus du sarcome de Rous chez le poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Thoraval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Soubieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, Minnesota, United States</w:t>
+              <w:t xml:space="preserve">12. Colloque Biotechnocentre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1999, Seillac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02769050v1</w:t>
+                <w:t xml:space="preserve">hal-02841790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing the effect of two candidate genes on the resistance to Salmonella carrier state in poultry.</w:t>
               </w:r>
@@ -34513,77 +34513,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Protais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXI World's Poultry Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Montréal</w:t>
@@ -34638,77 +34638,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffen Weigend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hillel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A.M. Groenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId787" w:history="1">
+            <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Korol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, Minnesota</w:t>
@@ -34737,103 +34737,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The retrovirus endogenous locus ALVE1 is an associated marker to the development of Rous sarcoma virus-induced tumors in B19 White Leghorn chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Soubieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, United States</w:t>
@@ -34856,911 +34856,911 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The development of molecular genome analysis in poultry.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Biodiversity of chickens based on DNA pools: first results of the EC funded project AVIANDIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hillel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Korol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId811" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Kirzner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId812" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Freidlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId808" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Weigend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRACOA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, Proceedings</w:t>
+              <w:t xml:space="preserve">Poultry genetics symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1999, Mariensee, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02765562v1</w:t>
+                <w:t xml:space="preserve">hal-02770004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId811" w:history="1">
+            <w:hyperlink r:id="rId813" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The development of comparative molecular genome analysis in duck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId812" w:history="1">
+            <w:hyperlink r:id="rId814" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. World waterfowl conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1999, Taichung, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId811" w:history="1">
+            <w:hyperlink r:id="rId813" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02769634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId813" w:history="1">
+            <w:hyperlink r:id="rId815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison des caryotypes de la poule (Gallus gallus domesticus) et du canard commun (Anas platyrhynchos)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId814" w:history="1">
+            <w:hyperlink r:id="rId816" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Seguela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Gellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel S.F.G.- Génomique Comparative</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1999, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId813" w:history="1">
+            <w:hyperlink r:id="rId815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02771634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId815" w:history="1">
+            <w:hyperlink r:id="rId817" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bases de données en biologie.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">The development of molecular genome analysis in poultry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire, La génétique moléculaire et ses applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, Cap d Agde</w:t>
+              <w:t xml:space="preserve">INRACOA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId815" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02766041v1</w:t>
+            <w:hyperlink r:id="rId817" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId816" w:history="1">
+            <w:hyperlink r:id="rId818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le locus retroviral ALVE1 marqueur associé au développement des tumeurs induites par le virus du sarcome de Rous chez le poulet</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Bases de données en biologie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 1999, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">Séminaire, La génétique moléculaire et ses applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Cap d Agde</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId816" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02769393v1</w:t>
+            <w:hyperlink r:id="rId818" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId817" w:history="1">
+            <w:hyperlink r:id="rId819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The retrovirus endogenous locus ALVE1 is an associated marker to the development of Rous sarcoma virus-induced tumors in B19 White Leghorn chickens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Pierrick</w:t>
+                <w:t xml:space="preserve">Le locus retroviral ALVE1 marqueur associé au développement des tumeurs induites par le virus du sarcome de Rous chez le poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Soubieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry genetics symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1999, Mariensee, Germany</w:t>
+              <w:t xml:space="preserve">3. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1999, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId817" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768107v1</w:t>
+            <w:hyperlink r:id="rId819" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02769393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId819" w:history="1">
+            <w:hyperlink r:id="rId820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat de la carte de la poule.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">The retrovirus endogenous locus ALVE1 is an associated marker to the development of Rous sarcoma virus-induced tumors in B19 White Leghorn chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId821" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Pierrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Soubieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire, La génétique moléculaire et ses applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, Cap d Agde</w:t>
+              <w:t xml:space="preserve">Poultry genetics symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1999, Mariensee, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId819" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767923v1</w:t>
+            <w:hyperlink r:id="rId820" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId820" w:history="1">
+            <w:hyperlink r:id="rId822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity of chickens based on DNA pools: first results of the EC funded project AVIANDIV</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etat de la carte de la poule.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry genetics symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1999, Mariensee, Germany</w:t>
+              <w:t xml:space="preserve">Séminaire, La génétique moléculaire et ses applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Cap d Agde</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId820" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02770004v1</w:t>
+            <w:hyperlink r:id="rId822" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId823" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping a major gene affecting skeletal growth in chicken with microsatellite markers and DNA pools.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId787" w:history="1">
+            <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -35809,760 +35809,760 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02838278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current status of molecular genetics research in poultry and prospects in waterfowl</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Progrès de la cartographie génétique chez la poule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Sourdioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. European symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1997, Nantes, France</w:t>
+              <w:t xml:space="preserve">2. Journées de la recherche avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1997, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02771397v1</w:t>
+                <w:t xml:space="preserve">hal-02767964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId826" w:history="1">
+            <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current status of poultry genome mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.W. Burt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bumstead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Burke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId826" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Fries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId470" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martien A.M Groenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Aviagen symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1997, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId826" w:history="1">
+            <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02765799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId828" w:history="1">
+            <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progrès de la cartographie génétique chez la poule</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Current status of molecular genetics research in poultry and prospects in waterfowl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Douaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId828" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sourdioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées de la recherche avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 1997, Tours, France</w:t>
+              <w:t xml:space="preserve">11. European symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId828" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767964v1</w:t>
+            <w:hyperlink r:id="rId827" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId829" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etiquetage des microchromosomes du poulet par des marqueurs moléculaires en utilisant l'hybridation in situ en fluorescence</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Douaire</w:t>
+                <w:t xml:space="preserve">Gènes de résistance aux salmonelloses aviaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId830" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId831" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId682" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées de la recherche avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 1997, Tours, France</w:t>
+              <w:t xml:space="preserve">Gènes de résistance aux maladies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1997, L'Isle sur la Sorgue, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId829" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02771399v1</w:t>
+                <w:t xml:space="preserve">hal-02770935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId830" w:history="1">
+            <w:hyperlink r:id="rId832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL detection in a cross between lines divergently selected for residual food consumption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId831" w:history="1">
+            <w:hyperlink r:id="rId833" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André A. Bordas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc J.-L. Coville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. European poultry breeders roundtable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1997, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId830" w:history="1">
+            <w:hyperlink r:id="rId832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02767559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId832" w:history="1">
+            <w:hyperlink r:id="rId834" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gènes de résistance aux salmonelloses aviaires</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t>
+                <w:t xml:space="preserve">Etiquetage des microchromosomes du poulet par des marqueurs moléculaires en utilisant l'hybridation in situ en fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zoorob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Douaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gènes de résistance aux maladies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 1997, L'Isle sur la Sorgue, France</w:t>
+              <w:t xml:space="preserve">2. Journées de la recherche avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1997, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId832" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02770935v1</w:t>
+            <w:hyperlink r:id="rId834" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId835" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation du gène de la synthétase des acides gras de la poule dans une région du génome conservée entre un microchromosome aviaire et le chromosome 17q humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Le Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journées de la recherche avicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1997, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -36587,90 +36587,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId836" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular labelling of chicken microchromosomes and integration to genetic maps.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gellin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -36702,847 +36702,847 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02765491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation of the avian fatty acid synthase gene to a conserved region between a chicken microchromosome and human chromosome 17q.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards the integration of the chicken genetic and cytogenetic maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouzadoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zoorob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02769116v1</w:t>
+                <w:t xml:space="preserve">hal-02768832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId838" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current state of the genetic map of the chicken.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Two chicken genomic libraries in the PAC and BAC cloning systems : Organization and characterization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zoorob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Billault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Severac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId838" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02771470v1</w:t>
+                <w:t xml:space="preserve">hal-02768395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId839" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chicken major histocompatibility complexes B and Rfp-Y map to the same microchromosome.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Localisation of the avian fatty acid synthase gene to a conserved region between a chicken microchromosome and human chromosome 17q.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bumstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Joël Gellin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId839" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02771696v1</w:t>
+                <w:t xml:space="preserve">hal-02769116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localization of the avian fatty acid synthase gene to a conserved region between a chicken microchromosome and human chromosome 17q</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Current state of the genetic map of the chicken.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.B. Crittenden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Hueimin Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.M. Wain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Conference of the International Society for Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 1996, Tours, France</w:t>
+              <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02838665v1</w:t>
+                <w:t xml:space="preserve">hal-02771470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId841" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the integration of the chicken genetic and cytogenetic maps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Chicken major histocompatibility complexes B and Rfp-Y map to the same microchromosome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Zoorob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gellin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId841" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02768832v1</w:t>
+                <w:t xml:space="preserve">hal-02771696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId842" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two chicken genomic libraries in the PAC and BAC cloning systems : Organization and characterization.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Localization of the avian fatty acid synthase gene to a conserved region between a chicken microchromosome and human chromosome 17q</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bumstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
+              <w:t xml:space="preserve">25. Conference of the International Society for Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1996, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId842" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02768395v1</w:t>
+                <w:t xml:space="preserve">hal-02838665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId843" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résistance génétique au portage de Salmonella enteriditis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId833" w:history="1">
+            <w:hyperlink r:id="rId830" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId834" w:history="1">
+            <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId688" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Gènes de résistance aux maladies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1995, Seillac, France</w:t>
@@ -37584,77 +37584,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résistance génétique au portage de Salmonella enteritidis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId833" w:history="1">
+            <w:hyperlink r:id="rId830" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId834" w:history="1">
+            <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId845" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -37696,103 +37696,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterologous amplification obtained on porcine DNA with 657 pairs of primers from Genethon's human microsatellites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId847" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Canthelou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId848" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Galman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Robic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIV International Conference on Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1994, Prague</w:t>
@@ -37853,103 +37853,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId849" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conserved highly heterogeneous genomic landscapes of diversity in honey bees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome (PAG 32)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, San Diego, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -38026,51 +38026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId853" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Rottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
@@ -38099,103 +38099,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId854" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population structure of French honey bees from sequencing a large panel of haploid drones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Toulouse, France</w:t>
@@ -38224,103 +38224,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId855" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algerian honey bees : a case study of the impact of breeding management on genetic structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Faux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Salvatore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Chibani Bahi Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Faux</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Riad Fridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacera Tabet Aoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Computationnal Evolutionary Biology 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Cargèse, France</w:t>
@@ -38349,51 +38349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId856" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bee genome reconstruction through the sequencing of hive products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId852" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38401,51 +38401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId853" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Rottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apimondia 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Santiago, Chile</w:t>
@@ -38500,51 +38500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId858" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Escaravage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -38638,64 +38638,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Congress of Apidology (EurBee 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia. </w:t>
@@ -38763,51 +38763,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId861" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId862" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -38871,51 +38871,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId864" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Catays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -38940,77 +38940,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId865" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation d'une duplication de 71kb au locus ASIP impliquée dans le phénotype beige/fawn du plumage de la caille japonaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Robic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId866" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Trussardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -39078,103 +39078,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId868" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration de données &amp;quot;Omic&amp;quot; et compréhension des mécanismes sous-jacents à la production de foie gras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoannah François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId869" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Liaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marty-Gasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Tours, France. </w:t>
@@ -39210,622 +39210,622 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId870" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrilineal contributions to Varroa sensitive higiene behaviour in the honeybee Apis mellifera</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Understanding the French honeybee populations by whole genome sequencing of haploid drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Conte</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId871" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alison Mercer</w:t>
+                <w:t xml:space="preserve">Cecilia Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. European Conference of Apidology -Eurbee 7-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2016, Cluj-Napoca, Romania. Academic Press, 300 p., 2016, The 7th European Conference of Apidology</w:t>
+              <w:t xml:space="preserve">, Sep 2016, Cluj-Napoca, Romania. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId872" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Academic Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 300 p., 2016, The 7th European Conference of Apidology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId870" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01803764v1</w:t>
+                <w:t xml:space="preserve">hal-01824182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId872" w:history="1">
+            <w:hyperlink r:id="rId873" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the French honeybee populations by whole genome sequencing of haploid drones</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Patrilineal contributions to Varroa sensitive higiene behaviour in the honeybee Apis mellifera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cecilia Costa</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId874" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Mercer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. European Conference of Apidology -Eurbee 7-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2016, Cluj-Napoca, Romania. </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, 300 p., 2016, The 7th European Conference of Apidology</w:t>
+              <w:t xml:space="preserve">, Sep 2016, Cluj-Napoca, Romania. Academic Press, 300 p., 2016, The 7th European Conference of Apidology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId872" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01824182v1</w:t>
+            <w:hyperlink r:id="rId873" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId875" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture génétique des comportements sociaux et de peur en relation avec les caractères de production chez la caille japonaise</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrice Dehais</w:t>
+                <w:t xml:space="preserve">Evaluation génomique du poids d'oeuf chez des poules pondeuses soumises à différents régimes alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId876" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Varenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Romé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId877" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typhanie Ruer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2015, Tours, France. </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras, 11, 2015, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
+              <w:t xml:space="preserve">, Mar 2015, Tours, France. , Journées de la Recherche Avicole et des Palmipèdes à Foie Gras, 2015, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId875" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01194127v1</w:t>
+                <w:t xml:space="preserve">hal-01210945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId877" w:history="1">
+            <w:hyperlink r:id="rId878" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation génomique du poids d'oeuf chez des poules pondeuses soumises à différents régimes alimentaires</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Typhanie Ruer</w:t>
+                <w:t xml:space="preserve">Architecture génétique des comportements sociaux et de peur en relation avec les caractères de production chez la caille japonaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Recoquillay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2015, Tours, France. , Journées de la Recherche Avicole et des Palmipèdes à Foie Gras, 2015, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
+              <w:t xml:space="preserve">, Mar 2015, Tours, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId879" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ITAVI</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras, 11, 2015, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId877" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210945v1</w:t>
+            <w:hyperlink r:id="rId878" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId880" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de QTL chez la poule pondeuse dans un contexte alimentaire changeant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Romé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId878" w:history="1">
+            <w:hyperlink r:id="rId876" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Varenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId881" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -39880,77 +39880,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche génomique de la domestication du poulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId883" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Rodolphe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -40031,51 +40031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Varenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -40117,90 +40117,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId885" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of Quantitative Trait Loci Affecting Feed Efficiency in Laying Common Ducks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel C. Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId886" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Morganx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -40249,320 +40249,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId888" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic evaluation for egg weight in crossbred layers receiving various diets</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Alleno</w:t>
+                <w:t xml:space="preserve">A genome wide association analysis confirms a complex, polygenic determinism of resistance to [i]Salmonella[/i] carrier-state in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pete Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Velge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science, 2014, Proceeding of the 10th World Congress on Genetics Applied to Livestock Production</w:t>
+              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. 2014, Proceedings, 10th World Congress of Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId888" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210944v1</w:t>
+                <w:t xml:space="preserve">hal-01193931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId889" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome wide association analysis confirms a complex, polygenic determinism of resistance to [i]Salmonella[/i] carrier-state in chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Velge</w:t>
+                <w:t xml:space="preserve">Genomic evaluation for egg weight in crossbred layers receiving various diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Varenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Romé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId881" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. 2014, Proceedings, 10th World Congress of Genetics Applied to Livestock Production</w:t>
+              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science, 2014, Proceeding of the 10th World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId889" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193931v1</w:t>
+                <w:t xml:space="preserve">hal-01210944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId890" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SNP detection in French populations by whole genome sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -40626,51 +40626,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId891" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation génomique chez la poule pondeuse en interaction avec le régime alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -40745,799 +40745,799 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of QTL influencing egg production in layers receiving various diets</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of QTL of transcripts (eQTL) and of proteins (pQTL) on foie gras of mule ducks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoannah François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Molette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Davail</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. European Symposium on Poultry Genetics (ESPG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Venise, Italy. , 2013, Proceedings of the 8th European Symposium on Poultry Genetics</w:t>
+              <w:t xml:space="preserve">8. European Symposium on Poultry Genetic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Venise, Italy. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210566v1</w:t>
+                <w:t xml:space="preserve">hal-02746170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId894" w:history="1">
+            <w:hyperlink r:id="rId893" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y a-t-il de l'empreinte chez la poule ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SNP detection for QTL mapping in ducks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées de la Recherche Avicoles et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, La Rochelle, France. pp.551-555, 2013</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, San Diego, United States. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId894" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190360v1</w:t>
+            <w:hyperlink r:id="rId893" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02802826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId895" w:history="1">
+            <w:hyperlink r:id="rId894" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of QTL influencing egg production in layers receiving various diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Romé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId893" w:history="1">
+            <w:hyperlink r:id="rId895" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Varenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId881" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">8. European Symposium on Poultry Genetics (ESPG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Venise, Italy. , 2013, Proceedings of the 8th European Symposium on Poultry Genetics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId895" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210522v1</w:t>
+            <w:hyperlink r:id="rId894" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId896" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of fasting period duration before slaughtering on the physiology of fatty liver in overfed ducks: proteomics and transcriptomics analyses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Dubois</w:t>
+                <w:t xml:space="preserve">Y a-t-il de l'empreinte chez la poule ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fresard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuPA (European Proteomics Association) 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Saint Malo, France. 2013, EuPA 2013</w:t>
+              <w:t xml:space="preserve">10. Journées de la Recherche Avicoles et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, La Rochelle, France. pp.551-555, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId896" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189875v1</w:t>
+                <w:t xml:space="preserve">hal-01190360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId899" w:history="1">
+            <w:hyperlink r:id="rId897" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of QTL of transcripts (eQTL) and of proteins (pQTL) on foie gras of mule ducks</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detection of QTL influencing egg production in layers receiving various diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Romé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId895" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Varenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId881" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alleno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. European Symposium on Poultry Genetic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Venise, Italy. 2013</w:t>
+              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId899" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746170v1</w:t>
+            <w:hyperlink r:id="rId897" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId900" w:history="1">
+            <w:hyperlink r:id="rId898" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNP detection for QTL mapping in ducks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Effects of fasting period duration before slaughtering on the physiology of fatty liver in overfed ducks: proteomics and transcriptomics analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawane El Kouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bonnefont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId899" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bouillier-Oudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId900" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, San Diego, United States. 2013</w:t>
+              <w:t xml:space="preserve">EuPA (European Proteomics Association) 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Saint Malo, France. 2013, EuPA 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId900" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02802826v1</w:t>
+            <w:hyperlink r:id="rId898" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId901" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of polymorphic markers in quail by next generation sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Conference of the International Society of Animal Genetics (ISAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Edinburgh, United Kingdom. 2010, Proceedings of the 32nd International Conference on Animal Genetics</w:t>
@@ -41566,77 +41566,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId902" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An integrated approach of genetic resistance to Salmonella carrier state in fowls : from genetics to genomics and modelization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId684" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId705" w:history="1">
+            <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Protais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId903" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -41691,103 +41691,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId904" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipogenic gene expression and genetic association with fatness in broiler chicken lines.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Assaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Le Nigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sansom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Poultry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Bremen, Germany. pp.Inconnu, 2002</w:t>
@@ -41816,103 +41816,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId905" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression and genetic association of SREBP and lipogenesis genes for effects on fatness in broiler chicken lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sirine Assaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Le Nigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sansom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Poultry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Bremen, Germany</w:t>
@@ -41941,90 +41941,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId906" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation de 10 genes sur la carte génétique de la poule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId907" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId908" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Taouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -42066,103 +42066,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId909" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The retrovirus endogenous locus ALVE1 is an associated marker to the development of Rous sarcoma virus-induced tumors in B19 white leghorn chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Soubieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International Workshop on Retroviral Pathogenesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1999, Bordeaux, France. pp.103, 1999</w:t>
@@ -42204,90 +42204,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping a major gene affecting skeletal growth in chicken with microsatellite markers and DNA pools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Gellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId831" w:history="1">
+            <w:hyperlink r:id="rId833" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André A. Bordas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. International conference on animal genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1998, Auckland, New Zealand. 1 p., 1998</w:t>
@@ -42342,259 +42342,259 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId911" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing the effect of two candidate genes on the resistance to salmonella carrier state in poultry</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Comparative avian cytogenetic maps, using fish and bac clones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Crooijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martien A.M Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">2 p., 2000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3 p., 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId911" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02839468v1</w:t>
+                <w:t xml:space="preserve">hal-02840244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative avian cytogenetic maps, using fish and bac clones</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Testing the effect of two candidate genes on the resistance to salmonella carrier state in poultry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Plisson-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">3 p., 2000</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2 p., 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02840244v1</w:t>
+                <w:t xml:space="preserve">hal-02839468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -42612,51 +42612,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId913" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution des connaissances sur les génomes, épigénomes et microbiomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId914" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Monget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -42720,51 +42720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId917" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avian Genomics in Animal Breeding and the End of the Model Organism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avian Genomics in Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1ère Ed., Editions Springer, 348 p., 2019, 978-3030164768</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -42783,394 +42783,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId918" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping chicken sequence of unknown location with the ChickRH6 radiation hybrid panel.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Production of a comparative physical genome map of the turkey (Meleagris gallopavo).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId919" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.B. Robertson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId920" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.G. Tempest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId921" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.P. Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chicken Genomics development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cold Spring Harbor, 2005, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId918" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02830392v1</w:t>
+                <w:t xml:space="preserve">hal-02830426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId919" w:history="1">
+            <w:hyperlink r:id="rId922" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the sequence maps of the chicken sex chromosomes Z ans W by development of radiation hybrid maps.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Mapping chicken sequence of unknown location with the ChickRH6 radiation hybrid panel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId755" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M.A.M. Groenen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chicken Genomics development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cold Spring Harbor, 2005, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId919" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02828821v1</w:t>
+            <w:hyperlink r:id="rId922" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId921" w:history="1">
+            <w:hyperlink r:id="rId923" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of a comparative physical genome map of the turkey (Meleagris gallopavo).</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H.G. Tempest</w:t>
+                <w:t xml:space="preserve">Improving the sequence maps of the chicken sex chromosomes Z ans W by development of radiation hybrid maps.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.P.M.A. Crooijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId924" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.P. Patel</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">J. de Gooyert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A.M. Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chicken Genomics development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cold Spring Harbor, 2005, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId921" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02830426v1</w:t>
+            <w:hyperlink r:id="rId923" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02828821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -43182,238 +43182,238 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId925" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation files for black the black honey bee genome from &amp;quot;The black honey bee genome: insights on specific structural elements and a first step towards pan-genomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabatha Bulach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId926" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vignal Alain</w:t>
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.10459066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.57745/HHE4CZ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId925" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04803435v1</w:t>
+                <w:t xml:space="preserve">hal-04803418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId929" w:history="1">
+            <w:hyperlink r:id="rId927" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annotation files for black the black honey bee genome from &amp;quot;The black honey bee genome: insights on specific structural elements and a first step towards pan-genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId928" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vignal Alain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId929" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eynard Sonia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId930" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.57745/HHE4CZ⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.10459066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId929" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04803418v1</w:t>
+            <w:hyperlink r:id="rId927" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04803435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId931" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déclaration d'invention - Marqueurs génétiques liés à des phénotypes de résistance au varroa chez l’abeille domestique.</w:t>
               </w:r>
@@ -43425,64 +43425,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -43530,77 +43530,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing queen genotypes by pool sequencing colonies in eusocial insects: statistical methods and their application to honeybee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -43728,51 +43728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -43788,467 +43788,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId935" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From group to individual - Genotyping by pool sequencing eusocial colonies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Complex population structure and haplotype patterns in Western Europe honey bee from sequencing a large panel of haploid drones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Axel Decourtye</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId935" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03482633v1</w:t>
+                <w:t xml:space="preserve">hal-03482707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId937" w:history="1">
+            <w:hyperlink r:id="rId936" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Runs of homozygosity derived from pool-seq data reveal fine-scale population structures in Western honey bees (Apis mellifera)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From group to individual - Genotyping by pool sequencing eusocial colonies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId937" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Decourtye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId937" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03482627v1</w:t>
+            <w:hyperlink r:id="rId936" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId940" w:history="1">
+            <w:hyperlink r:id="rId938" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex population structure and haplotype patterns in Western Europe honey bee from sequencing a large panel of haploid drones</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+                <w:t xml:space="preserve">Runs of homozygosity derived from pool-seq data reveal fine-scale population structures in Western honey bees (Apis mellifera)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId939" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annik Gmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dainat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId940" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03482707v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId938" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId941" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RH mapping by sequencing: chromosome-scale assembly of the duck genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Man Rao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Morisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId942" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -44424,90 +44424,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId948" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de QTL impliqués dans le comportement, la résistance au portage de Salmonelles et la qualité des produits - foie gras et magret - du canard Mulard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId666" w:history="1">
+            <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId688" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId687" w:history="1">
+            <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed M. Kileh Wais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia K. Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -44711,51 +44711,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038328v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Techer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadarshini Chakrabarti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;lian Caesar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Catherine Farrell" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218839.2025.2455852" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877671v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marquisseau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.12.e137540" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542880v4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Hazard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.475" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847121v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wragg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae249" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chibani Bahi Amar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Tabet Aoul" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Fridi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects15070549" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649085v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Kistler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Kouchner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert W Brascamp" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Dumas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-024-01088-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066318v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Parejo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talenti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richardson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barnett" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02097-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993788v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Imogen Gmel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Rhys Williams" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9723" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540810v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guichard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dainat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eynard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13150" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626711v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillau Catays" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-022-00920-x" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807491v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13665" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855231v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale&#8208;tabet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13685" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155990v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Suez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanbadam Sathyakumar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Arca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2020.107044" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159732v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beguin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/zna6-4g12" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625167v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina M. Morris" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew M. Hindle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Burt" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela F. Danner" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-0743-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972747v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Aupinel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;guin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Bompa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decourtye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/7wg7-km04" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155898v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaohong Feng" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefin Stiller" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Deng" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Armstrong" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Fang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2873-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937567v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11080492" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617903v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Th&#233;bault" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiguigbaza&#8208;kossigan Dayo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Yapi&#8208;gnaore" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13017" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105885v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Robic" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Morisson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0458-6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334969v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Dyomin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Galkina" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Fillon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cauet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lopez-Roques" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0501-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818262v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Henriques" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Parejo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wallberg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12623" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510790v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marty-Gasset" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Davail" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0313-6" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621841v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Henriques" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neuditschko" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12599" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604336v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley C. Warren" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladeana W. Hillier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Tomlinson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Minx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milinn Kremitzki" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.116.035923" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723933v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Ang&#233;lique Techer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx247" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641643v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Marti-Marimon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27168" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641456v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Long" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstathios S. Giotis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moncorg&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Frise" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhakti Mistry" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16474" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641556v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gauthier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Neumann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2016.00140" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230151v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rom&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Varenne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alleno" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-015-0160-2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193933v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637456v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel C. Marie-Etancelin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Viala" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Davail" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5006963" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341256v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi Ok Lee" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ence Yang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Zhen Huang" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-46-43" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019569v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fresard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1390" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630073v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129795v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Recoquillay" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0082157" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207754v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Rao" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652041v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinhua Huang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingrui Li" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W Burt" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hualan Chen" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zhang" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.2657" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646793v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bardes" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia K. Feve" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-513" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129669v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-551" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648110v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son T.-S. Tran" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Beaumont" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Salmon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fife" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete Kaiser" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-198" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642585v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000461v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine M. Douaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Pituello" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026932" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647962v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-011-0600-9" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3AA7A9EF654483DA6362D97F4DC88109B03C16E6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651817v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hs Kraus" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hindrik Hd Kerstens" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim Van Hooft" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pma Crooijmans" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan J. van Der Poel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-150" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661082v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Ankra-Badu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2009.02017.x" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G35VCQHT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129412v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Feve" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vignoles" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-214" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663835v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kaiser" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-42-11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668076v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina A Ankra-Badu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Shriner" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-107" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356278v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Solinhac" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympe Chazara" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-616" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022547v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Minvielle" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roux" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-009-9951-8" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GJKGJWHW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730059v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Feve" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vignoles" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2009.01884.x" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PW5J3CRW-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00442389v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000245904" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653463v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193471v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Nadaf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.90384.2008" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663544v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren K. Griffin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay B. Robertson" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen G. Tempest" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-168" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662832v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rus" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-129" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729836v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaumont" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Protais" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Prevost" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:1999223" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655195v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fravalo" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660748v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Granevitze" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blum" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Hueimin Cheng" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662011v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-8-155" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05509024v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emi Murayama" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc D Mckee" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M610294200" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654558v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Denis M" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Klopp" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654510v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Vignoles" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P.M.A. Crooijmans" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A.M. Groenen" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zoorob" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664615v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Besbes" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658083v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Carr&#233;" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Abasht" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Le Roy" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661352v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655901v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Minvielle" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface B. Kayang" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miho Inoue-Murayama" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Miwa" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660914v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Kayang" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654455v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deryusheva" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Crooijmans" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677273v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roussot" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2005.01336.x" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9WVQ7HC9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677470v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tilquin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A. Barrow" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marly" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675811v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Km. Reed" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Bak Holm" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682366v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Dottax" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-6-12" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670446v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jiguet-Jiglaire" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Assaf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004046" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677877v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmid" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nanda" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hoehn" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Schartl" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haaf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672942v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674147v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.B. Kayang" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Inoue-Murayama" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miwa" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Monvoisin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670633v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Masabanda" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.W. Burt" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C.M. O'Brien" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670700v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Assaf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sansom" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leclercq" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpc.2004.02.005" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DGS1NLM9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675905v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.S.K.M. Rabie" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andryszkiewicz" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. van Der Poel" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675031v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673764v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jiguet-Jiglaire" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678290v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-5-66" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548742v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florene Batellier" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marchal" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Scheller" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Sellier" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0093-691x(03)00208-5" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-97J1KDZQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676484v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shimogiri" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bosak" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Okamoto" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kawabe" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004019" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670383v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671513v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672815v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G.J. Jennen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Grootemaat" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675974v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.W. Hillier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Miller" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Birney" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Warren" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Hardison" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature03154" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670513v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Malo" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677418v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677238v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hillel" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Korol" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003038" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670527v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Faure" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003039" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674651v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lemiere" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670802v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alizadeh" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674192v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Vignoles" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garrigues" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672590v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aerts" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cornelissen" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hemmatian" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Veenendaal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679285v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bosc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galan" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2002021" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670063v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre A. Eggen" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2002009" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675399v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674528v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korol" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679419v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Rosenberg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Burke" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Elo" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.W. Feldman" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Freidlin" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680822v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Crooijmans" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martien A.M Groenen" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674219v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Morrisson" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673001v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mills" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677842v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Critcher" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Baird" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Konrad" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679977v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669554v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colin" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670300v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc J.-L. Coville" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697258v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H. Cheng" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bumstead" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.F. Benkel" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.E. Briles" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691513v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696763v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berg&#233;" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquerelle" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2000107" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685750v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monbrun" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gellin" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690766v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guttenbach" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686283v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Nigen" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Douaire" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690135v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thoraval" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Soubieux" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouret" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685748v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693656v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouzadoux" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689459v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dawson" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690767v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693198v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691004v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Langlois" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Heimel" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693302v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gellin" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bordas" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685474v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moro" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693344v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Auffray" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688728v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692469v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Fur" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. El Khadir-Mounier" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686086v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dufour" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688020v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686106v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billault" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Severac" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687977v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688369v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688430v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687039v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mariani" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Crittenden" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Wain" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690147v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701818v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01593101v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevillard" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Paslier" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Passage" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ougen" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billault" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/2.8.1235" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104221v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ben Hamida" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Doerflinger" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belal" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Linder" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reutenauer" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng1093-195" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848012v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05128149v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04891785v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Salvatore" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahi Amar" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855289v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617695v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Rouger" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.026" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473343v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabet" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938108v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Genestout" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937603v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953942v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460148v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736059v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bailleul" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gueyte" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bassot" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02383509v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796454v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale Tabet" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738413v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guemene" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786983v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460150v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737420v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Th&#233;bault" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiguigbaza-Kossigan Dayo" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yapi-Gnaorale" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953949v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785743v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734313v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marrauld" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Kulak" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana S. Galkina" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/CompCytogen.v12i3.27448" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733811v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785764v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785577v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X Rognon" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785442v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Yapi-Gnaore" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaka Youssao" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785437v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerr&#233;" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791452v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#233;guin" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580637v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Robert" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536475v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Leconte" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795145v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793409v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158739v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawane El Kouba" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Travanca" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580651v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194054v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rognon" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coville" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791971v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794236v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793154v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536441v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738993v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792618v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742729v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739759v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740135v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740153v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193927v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793231v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daren Griffin" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000657v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Fresard" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Marsaud" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210404v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Houee" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Demeure" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210409v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749835v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190264v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748711v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie Etancelin" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191281v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746131v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000377v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas T. Heams" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Bed'Hom" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Demeure" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189527v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heams" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750356v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Bouchez" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fr&#233;sard" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757579v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Davail" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193568v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaumont" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193587v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755739v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed M. Kileh Wais" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel J. M. Elsen" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750500v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758288v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Duby" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730058v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752593v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bounet" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193413v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Douaud" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pituello" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Medevielle" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822388v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Derjusheva" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaginskaya" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193434v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galkina" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752859v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Protais" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Prevost" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000317185" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816058v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gut" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821618v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818750v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816161v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe A. Vieaud" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756545v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Secula Tircazes" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756303v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753088v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Sellier" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757963v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nadaf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752584v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Dubos" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753026v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729117v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sellier" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Velge" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815790v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hourcade" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755614v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Le Mignon" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755621v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815742v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756339v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822684v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerus" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757540v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roux" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814256v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757574v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cardinet" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816507v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752665v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755644v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830385v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763137v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel E. Aggrey" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Carre" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Wang" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764307v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829250v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828732v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760168v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828804v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761074v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763055v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denis" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760949v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Inoue" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760234v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760222v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Vidal" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Hincke" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826038v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759534v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763226v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pinard-van Der Laan" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Neau" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763747v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761069v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Mills" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829511v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pitel" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763245v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alinier" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761067v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759148v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761084v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Batellier" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marchal" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831704v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761825v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825614v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832266v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tixier-Boichard" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762751v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Amigues" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763403v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760875v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Dambrine" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829728v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759165v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759687v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834526v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salvat" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765596v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767939v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768901v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Thomson" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre-Dirie" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841790v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769050v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764663v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769768v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Weigend" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770415v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765562v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769634v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fillon" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771634v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguela" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766041v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769393v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768107v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pierrick" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767923v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770004v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kirzner" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Freidlin" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838278v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771397v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sourdioux" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765799v1" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fries" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767964v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771399v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767559v1" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Bordas" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770935v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berthelot" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duchet Suchaux" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767839v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765491v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769116v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771470v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771696v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838665v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768832v1" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768395v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773568v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848353v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Elsen" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773663v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Canthelou" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Galman" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848302v1" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848078v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Teixido" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Simon" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Rottier" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796462v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189549v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338919v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855355v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855320v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03483381v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ollivier" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pichon" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785444v1" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Catays" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602669v1" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Trussardi" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itavi.asso.fr/jra/2017" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606333v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803764v1" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Mercer" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824182v1" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Costa" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/422501.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194127v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-de-la-recherche.org/JRA/page-JRA1024.php" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210945v1" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Varenne" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhanie Ruer" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210946v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alleno" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535349v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rodolphe" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210693v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742352v1" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Morganx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210944v1" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193931v1" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792616v1" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594306v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210566v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Varenne" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190360v1" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210522v1" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189875v1" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bouillier-Oudot" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dubois" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746170v1" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802826v1" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193847v1" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815808v1" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Prevost" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829714v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348621v1" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835659v1" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Taouis" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838743v1" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840011v1" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839468v1" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840244v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02951448v1" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788181v1" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830392v1" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828821v1" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Gooyert" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830426v1" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Robertson" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.G. Tempest" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Patel" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803435v1" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vignal Alain" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eynard Sonia" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10459066" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803418v1" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/HHE4CZ" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117264v1" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803401v1" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/MH1WFP" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482633v1" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482627v1" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Gmel" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Williams" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482707v1" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955250v1" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04635134v1" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Henry" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonjour-Dalmon" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806644v1" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038328v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Techer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadarshini Chakrabarti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;lian Caesar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Catherine Farrell" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218839.2025.2455852" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877671v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marquisseau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.12.e137540" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649085v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Kistler" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Kouchner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert W Brascamp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Dumas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-024-01088-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669654v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chibani Bahi Amar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Tabet Aoul" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Fridi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects15070549" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542880v4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard-Fudulea" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Hazard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.475" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847121v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wragg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae249" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066318v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Parejo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talenti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richardson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barnett" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02097-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993788v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Imogen Gmel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Rhys Williams" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9723" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855231v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale&#8208;tabet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13685" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540810v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guichard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dainat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eynard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13150" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626711v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillau Catays" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13592-022-00920-x" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807491v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13665" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159732v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beguin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/zna6-4g12" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155990v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Suez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanbadam Sathyakumar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Arca" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2020.107044" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972747v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Aupinel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;guin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Bompa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decourtye" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/7wg7-km04" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625167v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina M. Morris" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew M. Hindle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Burt" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela F. Danner" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-0743-4" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155898v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaohong Feng" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefin Stiller" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Deng" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Armstrong" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Fang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2873-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937567v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects11080492" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334969v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Dyomin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Galkina" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Fillon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cauet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lopez-Roques" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0501-7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617903v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Th&#233;bault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiguigbaza&#8208;kossigan Dayo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Yapi&#8208;gnaore" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13017" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105885v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Robic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Morisson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-019-0458-6" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818262v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Henriques" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Parejo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wallberg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12623" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621841v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Henriques" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neuditschko" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.12599" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604336v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley C. Warren" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladeana W. Hillier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Tomlinson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Minx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milinn Kremitzki" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.116.035923" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510790v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marty-Gasset" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Davail" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0313-6" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723933v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Ang&#233;lique Techer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx247" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641643v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Marti-Marimon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27168" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641456v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Long" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstathios S. Giotis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moncorg&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Frise" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhakti Mistry" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16474" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641556v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gauthier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Neumann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2016.00140" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230151v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rom&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Varenne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alleno" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-015-0160-2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630073v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193933v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341256v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi Ok Lee" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ence Yang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Zhen Huang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-46-43" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637456v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel C. Marie-Etancelin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Viala" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Davail" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5006963" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019569v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fresard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1390" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652041v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinhua Huang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingrui Li" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W Burt" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hualan Chen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zhang" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.2657" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129795v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Recoquillay" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0082157" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207754v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Rao" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646793v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bardes" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia K. Feve" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-513" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129669v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-551" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648110v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son T.-S. Tran" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Beaumont" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Salmon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fife" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete Kaiser" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-198" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000461v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine M. Douaud" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Pituello" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026932" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642585v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647962v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-011-0600-9" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3AA7A9EF654483DA6362D97F4DC88109B03C16E6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651817v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hs Kraus" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hindrik Hd Kerstens" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim Van Hooft" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pma Crooijmans" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan J. van Der Poel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-150" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129412v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Feve" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vignoles" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-214" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663835v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kaiser" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-42-11" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661082v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Ankra-Badu" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2009.02017.x" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G35VCQHT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356278v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Solinhac" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympe Chazara" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-616" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668076v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina A Ankra-Badu" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Shriner" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-107" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022547v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Minvielle" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roux" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-009-9951-8" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GJKGJWHW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00442389v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000245904" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730059v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Feve" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vignoles" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2009.01884.x" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PW5J3CRW-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653463v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193471v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Nadaf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.90384.2008" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663544v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren K. Griffin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay B. Robertson" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen G. Tempest" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-168" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662832v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rus" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-129" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729836v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beaumont" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Protais" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Prevost" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:1999223" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655195v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Belloc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fravalo" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654510v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Vignoles" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P.M.A. Crooijmans" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A.M. Groenen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zoorob" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654558v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Denis M" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Klopp" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662011v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-8-155" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660748v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Granevitze" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blum" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Hueimin Cheng" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05509024v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emi Murayama" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc D Mckee" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M610294200" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654455v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deryusheva" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Crooijmans" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661352v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Abasht" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Le Roy" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664615v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Besbes" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658083v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Carr&#233;" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660914v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Kayang" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miho Inoue-Murayama" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Miwa" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655901v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Minvielle" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface B. Kayang" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670446v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Jiguet-Jiglaire" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Assaf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004046" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672942v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677877v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmid" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nanda" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hoehn" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Schartl" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haaf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677273v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roussot" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2005.01336.x" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9WVQ7HC9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677470v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tilquin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A. Barrow" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marly" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675811v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Km. Reed" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Bak Holm" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682366v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Dottax" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-6-12" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673764v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jiguet-Jiglaire" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675905v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.S.K.M. Rabie" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andryszkiewicz" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. van Der Poel" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675031v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Masabanda" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.W. Burt" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C.M. O'Brien" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674147v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.B. Kayang" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Inoue-Murayama" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miwa" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Monvoisin" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670700v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Assaf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sansom" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leclercq" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpc.2004.02.005" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DGS1NLM9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670633v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670383v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671513v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548742v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florene Batellier" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marchal" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Scheller" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Sellier" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0093-691x(03)00208-5" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-97J1KDZQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678290v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-5-66" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676484v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shimogiri" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bosak" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Okamoto" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kawabe" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2004019" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672815v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G.J. Jennen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Grootemaat" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675974v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.W. Hillier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Miller" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Birney" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Warren" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Hardison" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature03154" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677418v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670513v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Malo" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677238v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hillel" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Korol" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003038" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670527v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Faure" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003039" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674651v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lemiere" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670802v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alizadeh" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674192v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Vignoles" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garrigues" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672590v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aerts" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cornelissen" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hemmatian" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Veenendaal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674528v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korol" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679285v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bosc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galan" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2002021" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670063v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre A. Eggen" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2002009" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675399v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Yerle" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680822v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Crooijmans" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martien A.M Groenen" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674219v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Morrisson" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673001v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mills" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679419v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Rosenberg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Burke" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Elo" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.W. Feldman" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Freidlin" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679977v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669554v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colin" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677842v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Critcher" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Baird" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Konrad" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670300v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc J.-L. Coville" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690135v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thoraval" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Soubieux" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouret" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686283v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Nigen" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Douaire" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685748v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691513v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697258v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H. Cheng" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bumstead" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.F. Benkel" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.E. Briles" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696763v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berg&#233;" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquerelle" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2000107" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690766v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guttenbach" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685750v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monbrun" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gellin" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693656v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouzadoux" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689459v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dawson" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690767v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693198v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691004v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Langlois" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Heimel" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693302v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gellin" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bordas" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685474v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moro" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693344v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Auffray" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688728v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692469v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Fur" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. El Khadir-Mounier" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686086v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dufour" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688020v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690147v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687977v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686106v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billault" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Severac" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688369v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688430v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687039v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mariani" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Crittenden" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Wain" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01593101v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevillard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Paslier" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Passage" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ougen" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billault" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/2.8.1235" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104221v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ben Hamida" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Doerflinger" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belal" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Linder" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reutenauer" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng1093-195" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701818v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05128149v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848012v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04891785v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Salvatore" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahi Amar" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855289v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473343v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabet" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617695v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Rouger" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.026" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938108v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Genestout" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937603v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953949v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737420v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Th&#233;bault" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiguigbaza-Kossigan Dayo" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yapi-Gnaorale" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953942v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460148v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02383509v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736059v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bailleul" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gueyte" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bassot" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738413v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guemene" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796454v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale Tabet" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786983v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460150v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785577v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X Rognon" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785743v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734313v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marrauld" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Kulak" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana S. Galkina" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/CompCytogen.v12i3.27448" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733811v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785764v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791452v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#233;guin" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785442v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Yapi-Gnaore" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaka Youssao" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785437v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerr&#233;" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738993v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792618v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536475v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Leconte" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580637v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Robert" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158739v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnefont" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawane El Kouba" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Travanca" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793409v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795145v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580651v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194054v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rognon" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coville" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536441v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793154v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794236v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791971v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793231v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daren Griffin" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193927v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742729v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739759v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740135v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740153v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748711v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie Etancelin" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000657v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Fresard" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Marsaud" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749835v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190264v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210404v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Houee" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Demeure" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210409v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191281v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746131v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000377v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas T. Heams" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Bed'Hom" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Demeure" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189527v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heams" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750356v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Bouchez" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fr&#233;sard" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755739v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed M. Kileh Wais" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel J. M. Elsen" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757579v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Davail" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193568v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaumont" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193587v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750500v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758288v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Duby" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193434v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galkina" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Derjusheva" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730058v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752593v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bounet" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193413v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Douaud" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pituello" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Medevielle" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822388v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaginskaya" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815790v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hourcade" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821618v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818750v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816058v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gut" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816161v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe A. Vieaud" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752859v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Protais" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Prevost" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000317185" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757963v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nadaf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753088v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Sellier" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756545v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Secula Tircazes" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756303v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752584v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Dubos" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729117v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sellier" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Velge" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753026v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756339v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815742v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755621v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755614v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Le Mignon" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814256v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757540v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roux" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822684v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerus" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757574v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cardinet" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816507v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752665v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755644v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830385v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763137v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel E. Aggrey" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Carre" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Wang" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764307v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828732v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829250v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763055v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denis" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761074v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760168v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828804v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760949v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Inoue" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760234v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760222v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Vidal" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Hincke" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759148v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Neau" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759534v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826038v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763226v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pinard-van Der Laan" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763747v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761069v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Mills" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763245v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alinier" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829511v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pitel" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761067v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762751v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Amigues" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761084v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Batellier" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marchal" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831704v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825614v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761825v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832266v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tixier-Boichard" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759687v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763403v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759165v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829728v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760875v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Dambrine" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768901v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Thomson" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barre-Dirie" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767939v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834526v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salvat" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765596v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769050v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841790v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764663v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769768v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Weigend" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770415v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770004v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kirzner" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Freidlin" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769634v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fillon" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771634v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguela" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765562v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766041v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769393v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768107v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pierrick" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767923v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838278v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767964v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765799v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fries" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771397v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sourdioux" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770935v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berthelot" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duchet Suchaux" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767559v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Bordas" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771399v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767839v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765491v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768832v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768395v1" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769116v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771470v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771696v1" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838665v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773568v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848353v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Elsen" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773663v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Canthelou" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Galman" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848302v1" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848078v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Teixido" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Simon" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Rottier" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796462v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189549v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338919v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855355v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855320v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03483381v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ollivier" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pichon" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785444v1" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Catays" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602669v1" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Trussardi" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itavi.asso.fr/jra/2017" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606333v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824182v1" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Costa" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/422501.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803764v1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Mercer" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210945v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Varenne" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhanie Ruer" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194127v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-de-la-recherche.org/JRA/page-JRA1024.php" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210946v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alleno" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535349v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rodolphe" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210693v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742352v1" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Morganx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193931v1" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210944v1" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792616v1" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594306v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746170v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802826v1" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210566v1" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Varenne" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190360v1" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210522v1" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189875v1" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bouillier-Oudot" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dubois" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193847v1" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815808v1" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Prevost" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829714v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348621v1" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835659v1" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Taouis" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838743v1" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840011v1" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840244v1" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839468v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02951448v1" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788181v1" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830426v1" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Robertson" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.G. Tempest" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Patel" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830392v1" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828821v1" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Gooyert" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803418v1" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/HHE4CZ" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803435v1" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vignal Alain" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eynard Sonia" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10459066" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117264v1" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803401v1" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/MH1WFP" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482707v1" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482633v1" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482627v1" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Gmel" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Williams" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955250v1" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04635134v1" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Henry" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonjour-Dalmon" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806644v1" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>