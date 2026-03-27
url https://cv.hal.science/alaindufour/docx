--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -315,632 +315,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In memoriam: Pierre Cornelis (1949–2023)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic Insights into Biofilm Formation by a Pathogenic Strain of Vibrio harveyi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Morot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Pirnay</w:t>
+                <w:t xml:space="preserve">François Delavat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise van Bambeke</w:t>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Baysse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Chevalier</w:t>
+                <w:t xml:space="preserve">Christine Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jb.00179-24⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (1), pp.186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12010186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469597v1</w:t>
+                <w:t xml:space="preserve">hal-04406039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibiofilm Activity of the Marine Probiotic Bacillus subtilis C3 Against the Aquaculture-Relevant Pathogen Vibrio harveyi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In memoriam: Pierre Cornelis (1949–2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Pirnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise van Bambeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coraline Petit</w:t>
+                <w:t xml:space="preserve">Christine Baysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Caudal</w:t>
+                <w:t xml:space="preserve">Miguel Cámara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Taupin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carine Le Ker</w:t>
+                <w:t xml:space="preserve">Sylvie Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-024-10229-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 206 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jb.00179-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807413v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-Biofilm Extracts and Molecules from the Marine Environment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Antibiofilm Activity of the Marine Probiotic Bacillus subtilis C3 Against the Aquaculture-Relevant Pathogen Vibrio harveyi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Caudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Artigaud</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Le Ker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md22070313⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (3), pp.1551-1562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-024-10229-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766153v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Insights into Biofilm Formation by a Pathogenic Strain of Vibrio harveyi</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Delavat</w:t>
+                <w:t xml:space="preserve">Anti-Biofilm Extracts and Molecules from the Marine Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Caudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Bazire</w:t>
+                <w:t xml:space="preserve">Catherine Roullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Paillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Dufour</w:t>
+                <w:t xml:space="preserve">Sébastien Artigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (1), pp.186. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (7), pp.313. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms12010186⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md22070313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04406039v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracts from Wallis Sponges Inhibit Vibrio harveyi Biofilm Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Caudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Artigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaelle Le Blay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1253,1233 +1253,1233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virulence of &amp;lt;i&amp;gt;Vibrio harveyi&amp;lt;/i&amp;gt; &amp;lt;scp&amp;gt;ORM4&amp;lt;/scp&amp;gt; towards the European abalone &amp;lt;scp&amp;gt;&amp;lt;i&amp;gt;Haliotis tuberculata&amp;lt;/i&amp;gt;&amp;lt;/scp&amp;gt; involves both quorum sensing and a type &amp;lt;scp&amp;gt;III&amp;lt;/scp&amp;gt; secretion system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biocontrol of Biofilm Formation: Jamming of Sessile-Associated Rhizobial Communication by Rhodococcal Quorum-Quenching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar El Fekih</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adeline Bidault</w:t>
+                <w:t xml:space="preserve">Yvann Bourigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alizée Le Ferrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Albane Jouault</w:t>
+                <w:t xml:space="preserve">Andrea Chane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.15592⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (15), pp.8241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22158241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04209594v1</w:t>
+                <w:t xml:space="preserve">hal-03477018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biocontrol of Biofilm Formation: Jamming of Sessile-Associated Rhizobial Communication by Rhodococcal Quorum-Quenching</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Virulence of &amp;lt;i&amp;gt;Vibrio harveyi&amp;lt;/i&amp;gt; &amp;lt;scp&amp;gt;ORM4&amp;lt;/scp&amp;gt; towards the European abalone &amp;lt;scp&amp;gt;&amp;lt;i&amp;gt;Haliotis tuberculata&amp;lt;/i&amp;gt;&amp;lt;/scp&amp;gt; involves both quorum sensing and a type &amp;lt;scp&amp;gt;III&amp;lt;/scp&amp;gt; secretion system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Morot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar El Fekih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bidault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvann Bourigault</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Crépin</w:t>
+                <w:t xml:space="preserve">Alizée Le Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Chane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Taupin</w:t>
+                <w:t xml:space="preserve">Albane Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (15), pp.8241. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (9), pp.5273 - 5288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms22158241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.15592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03477018v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Temperature-Regulation of Pseudomonas aeruginosa cmaX-cfrX-cmpX Operon Reveals an Intriguing Molecular Network Involving the Sigma Factors AlgU and SigX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Gobet</w:t>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine Simon</w:t>
+                <w:t xml:space="preserve">Ishac Si Hadj Mohand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Portier</w:t>
+                <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Perennou</w:t>
+                <w:t xml:space="preserve">Damien Tortuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Omnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00893-20⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.579495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03027967v1</w:t>
+                <w:t xml:space="preserve">hal-05058204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-Biofilm Activity of a Low Weight Proteinaceous Molecule from the Marine Bacterium Pseudoalteromonas sp. IIIA004 against Marine Bacteria and Human Pathogen Biofilms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Draft Genome Sequences of Four Pseudomonas aeruginosa Clinical Strains with Various Biofilm Phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Boukerb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Portier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms8091295⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MRA.01286-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02960886v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Temperature-Regulation of Pseudomonas aeruginosa cmaX-cfrX-cmpX Operon Reveals an Intriguing Molecular Network Involving the Sigma Factors AlgU and SigX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ishac Si Hadj Mohand</w:t>
+                <w:t xml:space="preserve">Angélique Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Maillot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jordane Omnes</w:t>
+                <w:t xml:space="preserve">Morgan Perennou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.579495⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 86 (20), pp.e00893-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00893-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05058204v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequences of Four Pseudomonas aeruginosa Clinical Strains with Various Biofilm Phenotypes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine Simon</w:t>
+                <w:t xml:space="preserve">Anti-Biofilm Activity of a Low Weight Proteinaceous Molecule from the Marine Bacterium Pseudoalteromonas sp. IIIA004 against Marine Bacteria and Human Pathogen Biofilms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Doghri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Pernet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Portier</w:t>
+                <w:t xml:space="preserve">Jean Michel Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (1), </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (9), pp.1295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/MRA.01286-19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8091295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428484v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02960886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum for Jouault et al., &amp;quot;Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albane Jouault</w:t>
+                <w:t xml:space="preserve">Antibiofilm activity in the culture supernatant of a marine Pseudomonas sp. bacterium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Doghri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelique Gobet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Morgan Perennou</w:t>
+                <w:t xml:space="preserve">Florence Brian-Jaisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Graber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.02431-20⟩</w:t>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 166 (3), pp.000878. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mic.0.000878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05058199v1</w:t>
+                <w:t xml:space="preserve">hal-02441150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibiofilm activity in the culture supernatant of a marine Pseudomonas sp. bacterium</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Brian-Jaisson</w:t>
+                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Graber</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Dufour</w:t>
+                <w:t xml:space="preserve">Angelique Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Perennou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 166 (3), pp.000878. </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 86 (20), pp.e00893-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/mic.0.000878⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02431-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441150v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Erratum for Jouault et al., &amp;quot;Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Gobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Perennou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 86 (20), pp.e00893-20. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+              <w:t xml:space="preserve">, 2020, 86 (23), pp.e02431-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.02431-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05393165v1</w:t>
+                <w:t xml:space="preserve">hal-05058199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular DNA release, quorum sensing, and PrrF1/F2 small RNAs are key players in Pseudomonas aeruginosa tobramycin-enhanced biofilm formation</w:t>
               </w:r>
@@ -2491,77 +2491,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tahrioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">npj Biofilms and Microbiomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 5 (1), pp.15. </w:t>
@@ -2593,498 +2593,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02275471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracytoplasmic function sigma factors in Pseudomonas aeruginosa</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexis Bazire</w:t>
+                <w:t xml:space="preserve">Different Dose-Dependent Modes of Action of C-Type Natriuretic Peptide on Pseudomonas aeruginosa Biofilm Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Clamens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tahrioui</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachel Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbagrm.2018.04.008⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (2), pp.47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens7020047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01788719v1</w:t>
+                <w:t xml:space="preserve">hal-01962693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different Dose-Dependent Modes of Action of C-Type Natriuretic Peptide on Pseudomonas aeruginosa Biofilm Formation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relation between Biofilm Condition and Virulence in Vibrio tapetis: A Transcriptomic Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine van Dillen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tahrioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Berjeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 7 (2), pp.47. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens7020047⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 7 (4), pp.92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens7040092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962693v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01935852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation between Biofilm Condition and Virulence in Vibrio tapetis: A Transcriptomic Study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabine van Dillen</w:t>
+                <w:t xml:space="preserve">Extracytoplasmic function sigma factors in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tahrioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Berjeaud</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 7 (4), pp.92. </w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pathogens7040092⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbagrm.2018.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01935852v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host Peptidic Hormones Affecting Bacterial Biofilm Formation and Virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesouhaitier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissande Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3135,64 +3135,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The aliphatic amidase AmiE is involved in regulation of Pseudomonas aeruginosa virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3269,90 +3269,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell-bound exopolysaccharides from an axenic culture of the intertidal mudflat Navicula phyllepta diatom affect biofilm formation by benthic bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Doghri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3403,90 +3403,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure, function and regulation of Pseudomonas aeruginosa porins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Bodilis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesouhaitier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3654,90 +3654,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudomonas aeruginosa expresses a functional human natriuretic peptide receptor ortholog: involvement in biofilm formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suraya Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Blier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3801,90 +3801,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrio tapetis, the Causative Agent of Brown Ring Disease, Forms Biofilms with Spherical Components.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, pp.1384. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3918,90 +3918,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The absence of the Pseudomonas aeruginosa OprF protein leads to increased biofilm formation through variation in c-di-GMP level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana A. Moscoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Fito-Boncompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4065,77 +4065,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antibiofilm Activity of the Marine Bacterium Pseudoalteromonas sp. 3J6 Against Vibrio tapetis, the Causative Agent of Brown Ring Disease.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (1), pp.45-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4169,77 +4169,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine bacteria from the French Atlantic coast displaying high forming-biofilm abilities and different biofilm 3D architectures.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Doghri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4398,51 +4398,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pseudomonas aeruginosa rhlG and rhlAB genes are inversely regulated and RhlG is not required for rhamnolipid synthesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4489,103 +4489,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sucrose favors Pseudomonas aeruginosa pellicle production through the extracytoplasmic function sigma factor SigX.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, epub ahead of print. </w:t>
@@ -4783,51 +4783,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina dos Santos Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4916,51 +4916,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N-acyl homoserine lactone production by bacteria within the sponge Suberites domuncula (Olivi, 1792) (Porifera, Demospongiae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Garderes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bin Saidin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5037,90 +5037,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The extra-cytoplasmic function sigma factor sigX modulates biofilm and virulence-related properties in Pseudomonas aeruginosa.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Gicquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manjeet Bains</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Oxaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 8 (11), pp.e80407. </w:t>
@@ -5158,103 +5158,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcription of the oprF gene of Pseudomonas aeruginosa is dependent mainly on the SigX sigma factor and is sucrose induced</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Gicquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manjeet Bains</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 194 (16), pp.4301-4311. </w:t>
@@ -5344,51 +5344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beury-Cirou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Hélias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (4), pp.e35176. </w:t>
@@ -5420,1007 +5420,1007 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00857430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full virulence of Pseudomonas aeruginosa requires OprF.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The anti-biofilm activity secreted by a marine Pseudoalteromonas strain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annelise Chapalain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+                <w:t xml:space="preserve">Géraldine L Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hichem Chaker</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lesouhaitier</w:t>
+                <w:t xml:space="preserve">Emmanuelle Soum-Soutéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakoua Guede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Compère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/IAI.00850-10⟩</w:t>
+              <w:t xml:space="preserve">Biofouling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (8), pp.931-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08927014.2011.611878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-00722216v1</w:t>
+                <w:t xml:space="preserve">hal-00846210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-type natriuretic peptide modulates quorum sensing molecule and toxin production in Pseudomonas aeruginosa.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">The Major Outer Membrane Protein Oprf is Required for Rhamnolipid Production in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Gicquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Fito-Boncompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Bacteriology &amp; Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2, pp.118</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00846239v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The anti-biofilm activity secreted by a marine Pseudoalteromonas strain.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">C-type natriuretic peptide modulates quorum sensing molecule and toxin production in Pseudomonas aeruginosa.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Blier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine L Klein</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Chantal Compère</w:t>
+                <w:t xml:space="preserve">Eloïse Gerault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofouling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08927014.2011.611878⟩</w:t>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 157 (7), pp.1929-1944. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mic.0.046755-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00846210v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Major Outer Membrane Protein Oprf is Required for Rhamnolipid Production in Pseudomonas aeruginosa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Full virulence of Pseudomonas aeruginosa requires OprF.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Fito-Boncompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelise Chapalain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laure Taupin</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lesouhaitier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology &amp; Parasitology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 79 (3), pp.1176-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.00850-10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00846272v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00722216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quick and easy method to identify bacteria by matrix-assisted laser desorption/ionisation time-of-flight mass spectrometry.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The sigma factor AlgU plays a key role in formation of robust biofilms by nonmucoid Pseudomonas aeruginosa.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xaviera Pennanec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Dufour</w:t>
+                <w:t xml:space="preserve">Kouki Shioya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Soum-Soutéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Haras</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cynthia Ryder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rcm.4404⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 192 (12), pp.3001-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.01633-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00857406v1</w:t>
+                <w:t xml:space="preserve">hal-00846218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sigma factor AlgU plays a key role in formation of robust biofilms by nonmucoid Pseudomonas aeruginosa.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Antibiofilm activity of the marine bacterium Pseudoalteromonas sp. strain 3J6.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Dheilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Soum-Soutéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine L Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cynthia Ryder</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Compère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.01633-09⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 76 (11), pp.3452-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02632-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00846218v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibiofilm activity of the marine bacterium Pseudoalteromonas sp. strain 3J6.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A quick and easy method to identify bacteria by matrix-assisted laser desorption/ionisation time-of-flight mass spectrometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xaviera Pennanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Haras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 24 (3), pp.384-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.4404⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.02632-09⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00846211v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00857406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Osmotic Stress on Rhamnolipid Synthesis and Time-Course Production of Cell-To-Cell Signal Molecules by Pseudomonas aeruginosa.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farès Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6497,51 +6497,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outer membrane modifications of Pseudomonas fluorescens MF37 in response to hyperosmolarity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Guyard-Nicodème</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Hémery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6644,51 +6644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hindré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Haras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6729,291 +6729,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00801239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osmotic stress and phosphate limitation alter production of cell-to-cell signal molecules and rhamnolipid biosurfactant by Pseudomonas aeruginosa</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two acid‐inducible promoters from Lactococcus lactis require the cis ‐acting ACiD‐box and the transcription regulator RcfB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danièle Morin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Søren Madsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hindré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐paul Le Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Israelsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.femsle.2005.09.029⟩</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 56 (3), pp.735-746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.2005.04572.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00014422v1</w:t>
+                <w:t xml:space="preserve">hal-04942073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two acid‐inducible promoters from Lactococcus lactis require the cis ‐acting ACiD‐box and the transcription regulator RcfB</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean‐paul Le Pennec</w:t>
+                <w:t xml:space="preserve">Osmotic stress and phosphate limitation alter production of cell-to-cell signal molecules and rhamnolipid biosurfactant by Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Dheilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farès Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Israelsen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Danièle Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jebbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 56 (3), pp.735-746. </w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 253 (1), pp.125-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.2005.04572.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.femsle.2005.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04942073v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00014422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lacticin 481: an antimicrobial peptide of the lantibiotic family produced by Lactococcus lactis.</w:t>
               </w:r>
@@ -7038,51 +7038,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Rincé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hindré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Haras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7817,51 +7817,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissande Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tahrioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Mohamed Boukerb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7910,1027 +7910,1027 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05518998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New key players in Pseudomonas aeruginosa tobramycin-enhanced biofilm formation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Maillot</w:t>
+                <w:t xml:space="preserve">Pf4 phages production and/or infection induced different cell envelope stress responses in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tortuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tahrioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Azuama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurobiofilms2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">8th Congress of European Microbiologists (FEMS2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02377831v1</w:t>
+                <w:t xml:space="preserve">hal-02537298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into Pseudomonas aeruginosa adaptive response to sublethal concentrations of tobramycin</w:t>
+                <w:t xml:space="preserve">New key players in Pseudomonas aeruginosa tobramycin-enhanced biofilm formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tahrioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Congress of European Microbiologists-FEMS2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">Eurobiofilms2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377836v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pf4 phages production and/or infection induced different cell envelope stress responses in Pseudomonas aeruginosa</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Azuama</w:t>
+                <w:t xml:space="preserve">New insights into Pseudomonas aeruginosa adaptive response to sublethal concentrations of tobramycin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tahrioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Congress of European Microbiologists (FEMS2019)</w:t>
+              <w:t xml:space="preserve">8th Congress of European Microbiologists-FEMS2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02537298v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropeptides and bacterial interactions: The example of the impact of the C-type natriuretic peptide (CNP) on Pseudomonas aeruginosa biofilm formation</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neuropeptides and bacterial interactions: The example of the impact of the C-type natriuretic peptide (CNP) on Pseudomonas aeruginosa biofilm formation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Mélissande</w:t>
+                <w:t xml:space="preserve">O Lesouhaitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Clamens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium on AntiMicrobial Peptides (AMP 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01917978v1</w:t>
+                <w:t xml:space="preserve">hal-02537304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régulation et Rôle de CmpX chez Pseudomonas aeruginosa</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jordane Omnes</w:t>
+                <w:t xml:space="preserve">Relationships between Pf4 phage, biofilm and virulence in Pseudomonas aeruginosa.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tortuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tahrioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Co. Azuama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mini-colloque Pseudomonas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">Congrès Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02362120v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between Pf4 phage, biofilm and virulence in Pseudomonas aeruginosa.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Clamens</w:t>
+                <w:t xml:space="preserve">Régulation et Rôle de CmpX chez Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Tortuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Omnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Société Française de Microbiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, PARIS, France</w:t>
+              <w:t xml:space="preserve">Mini-colloque Pseudomonas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02537374v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02362120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between Pf4 phage, biofilm and virulence in Pseudomonas aeruginosa.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Clamens</w:t>
+                <w:t xml:space="preserve">Neuropeptides and bacterial interactions: The example of the impact of the C-type natriuretic peptide (CNP) on Pseudomonas aeruginosa biofilm formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lesouhaitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Clamens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Mélissande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès national 2018 de la Société Française de Microbiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">6th International Symposium on AntiMicrobial Peptides (AMP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382872v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01917978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropeptides and bacterial interactions: The example of the impact of the C-type natriuretic peptide (CNP) on Pseudomonas aeruginosa biofilm formation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relationships between Pf4 phage, biofilm and virulence in Pseudomonas aeruginosa.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tortuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tahrioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Co. Azuama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Lesouhaitier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M Louis</w:t>
+                <w:t xml:space="preserve">T. Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium on AntiMicrobial Peptides (AMP 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Congrès national 2018 de la Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02537304v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le « C-type natriuretic peptide&amp;quot; (CNP) comme arme dans la lutte contre les biofilms de Pseudomonas aeruginosa: Présentation du mécanisme d'action</w:t>
               </w:r>
@@ -8942,77 +8942,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesouhaitier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Journées du GDR MultiFonction des peptides antimicrobiens (MuFoPAM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Bordeaux-Pessac, France</w:t>
@@ -9080,64 +9080,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Société Française de Microbiologie-SFM2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
@@ -9166,77 +9166,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The lung hormone C-type natriuretic peptide (CNP) modifies Pseudomonas aeruginosa virulence and biofilm formation after binding to the AmiC bacterial protein: Mechanism of action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Lesouhaitier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Crepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9343,51 +9343,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Vieillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Lesouhaitier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Antimicrobial Peptide Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, LORIENT, France</w:t>
@@ -9442,51 +9442,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doghri Ibtissem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sablé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9550,64 +9550,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-vibrio strategy: Antibiofilm activity of a marine bacterium against Vibrio tapetis CECT4600 biofilm, the causative agent of Brown Ring Disease.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9645,64 +9645,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The lung hormone C-type natriuretic peptide (CNP) inhibits Pseudomonas aeruginosa biofilm formation: identification of the sensor and mechanism of action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9747,679 +9747,679 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01012316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colonisation de deux interfaces par des bactéries marines issues d'un biofilm benthique transitoire et d'un biofilm composite &amp;quot; microorganismes / produits de corrosion &amp;quot; permanent.</w:t>
+                <w:t xml:space="preserve">Understanding the bacterial interactions within marine biofilms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Doghri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Lanneluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Sablé</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RNB 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, France. pp.1</w:t>
+              <w:t xml:space="preserve">FEMS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Germany. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00913911v1</w:t>
+                <w:t xml:space="preserve">hal-00864047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibiofilm molecule from Pseudoalteromonas sp. 3J6 : Purification and activity against Pseudomonas aeruginosa clinical strains</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jocelyne Caillon</w:t>
+                <w:t xml:space="preserve">Colonisation de deux interfaces par des bactéries marines issues d'un biofilm benthique transitoire et d'un biofilm composite &amp;quot; microorganismes / produits de corrosion &amp;quot; permanent.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Doghri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexis Bazire</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Lanneluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sablé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pseudomonas 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Switzerland. pp.1</w:t>
+              <w:t xml:space="preserve">RNB 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00864067v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AmiC: A putative bacterial sensor for the C-type natriuretic peptide (CNP), a eukaryotic hormone modulating Pseudomonas aeruginosa virulence.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lily Mijouin</w:t>
+                <w:t xml:space="preserve">Antibiofilm molecule from Pseudoalteromonas sp. 3J6 : Purification and activity against Pseudomonas aeruginosa clinical strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Hardouin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Jocelyne Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pseudomonas 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Switzerland. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00864056v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00864067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of biofilm formed by Vibrio tapetis CECT4600, the causative agent of Brown Ring Disease</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">AmiC: A putative bacterial sensor for the C-type natriuretic peptide (CNP), a eukaryotic hormone modulating Pseudomonas aeruginosa virulence.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lesouhaitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lily Mijouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurobiofilms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Belgium. pp.1</w:t>
+              <w:t xml:space="preserve">Pseudomonas 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Switzerland. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00864071v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00864056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the bacterial interactions within marine biofilms</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Characterization of biofilm formed by Vibrio tapetis CECT4600, the causative agent of Brown Ring Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Sable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Germany. pp.1</w:t>
+              <w:t xml:space="preserve">Eurobiofilms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Belgium. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00864047v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00864071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofilms of the Vibrio tapetis pathogen strain CECT4600, the causative agent of Brown Ring Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10457,103 +10457,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofilm structure and virulence of Pseudomonas aeruginosa clinical strains.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biofilm5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10578,103 +10578,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of an antibiofilm extract of the culture supernatant of Pseudoalteromonas 3J6.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th European CF Young Investigator Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10882,64 +10882,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Omnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tortuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10981,77 +10981,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’hormone humaine « C-type natriuretic peptide » (CNP) et ses effets sur Pseudomonas aeruginosa : description d’une nouvelle arme potentielle pour lutter contre la formation de biofilms et étude du mécanisme d’action.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11106,51 +11106,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The natriuretic peptide hormones family prevents biofilm formation, modifies bacterial adhesion and membrane fluidity in Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11158,51 +11158,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissande Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium on AntiMicrobial Peptides (AMP 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Poitiers, France</w:t>
@@ -11225,859 +11225,859 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The absence of OprF increased biofilm formation through variation of the c- di-GMP level in Pseudomonas aeruginosa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Structure-function and regulation of Pseudomonas aeruginosa porins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cornelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurène Fito-Boncompte</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Bodilis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pseudomonas Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Washington, United States</w:t>
+              <w:t xml:space="preserve">16th international conference on Pseudomonas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02366394v1</w:t>
+                <w:t xml:space="preserve">hal-01969453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles fonctions pour les produits de l’opéron ami de Pseudomonas aeruginosa: Régulation de la virulence et du biofilm bactérien.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julie Hardouin</w:t>
+                <w:t xml:space="preserve">The absence of OprF increased biofilm formation through variation of the c- di-GMP level in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Cosette</w:t>
+                <w:t xml:space="preserve">Joana A Moscoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Fito-Boncompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18eme Colloque Français des Jeunes Chercheurs Vaincre La Mucoviscidose</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Pseudomonas Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01937911v1</w:t>
+                <w:t xml:space="preserve">hal-02366394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The natriuretic peptide hormones prevent Pseudomonas aeruginosa biofilm formation through a specific bacterial target</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Clamens</w:t>
+                <w:t xml:space="preserve">Nouvelles fonctions pour les produits de l’opéron ami de Pseudomonas aeruginosa: Régulation de la virulence et du biofilm bactérien.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Rosay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Enault</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Roquigny</w:t>
+                <w:t xml:space="preserve">Pascal Cosette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th international conference on Pseudomonas,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Liverpool, United Kingdom</w:t>
+              <w:t xml:space="preserve">18eme Colloque Français des Jeunes Chercheurs Vaincre La Mucoviscidose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01969436v1</w:t>
+                <w:t xml:space="preserve">hal-01937911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Members of the cmaX-cfrX-cmpX operon are differently regulated by AlgU and SigX in response to heat and cold shocks in Pseudomonas aeruginosa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The natriuretic peptide hormones prevent Pseudomonas aeruginosa biofilm formation through a specific bacterial target</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Clamens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bouffartigues</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">B. Xu</w:t>
+                <w:t xml:space="preserve">Lucille Roquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Valence, Spain</w:t>
+              <w:t xml:space="preserve">16th international conference on Pseudomonas,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02386171v1</w:t>
+                <w:t xml:space="preserve">hal-01969436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The involvement of the ami operon in Pseudomonas aeruginosa virulence regulation and biofilm formation reveals new functions for the amidase AmiE</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Dufour</w:t>
+                <w:t xml:space="preserve">Members of the cmaX-cfrX-cmpX operon are differently regulated by AlgU and SigX in response to heat and cold shocks in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bouffartigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Si Hadj Mohand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tortuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th international conference on Pseudomonas,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Liverpool, United Kingdom</w:t>
+              <w:t xml:space="preserve">FEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969426v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure-function and regulation of Pseudomonas aeruginosa porins</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Maillot</w:t>
+                <w:t xml:space="preserve">The involvement of the ami operon in Pseudomonas aeruginosa virulence regulation and biofilm formation reveals new functions for the amidase AmiE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Clamens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Crépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th international conference on Pseudomonas</w:t>
+              <w:t xml:space="preserve">16th international conference on Pseudomonas,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969453v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le « C-type Natriuretic Peptide » (CNP) comme arme dans la lutte contre les biofilms de Pseudomonas aeruginosa : Présentation du mécanisme d’action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clamens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takfarinas Kentache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Cosette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Colloque Français des Jeunes Chercheurs Vaincre La Mucoviscidose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
@@ -12100,277 +12100,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The absence of OprF increased biofilm formation through variation of the cdi- GMP level in Pseudomonas aeruginosa.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">The lung hormone C-type natriuretic peptide (CNP) could be a new weapon against Pseudomonas aeruginosa biofilm through the AmiC bacterial protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Clamens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suraya Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurène Fito-Boncompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSEUDOMONAS CONFERENCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, WASHINGTON, United States</w:t>
+              <w:t xml:space="preserve">15th international conference on Pseudomonas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Washington, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02386419v1</w:t>
+                <w:t xml:space="preserve">hal-01937971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The lung hormone C-type natriuretic peptide (CNP) could be a new weapon against Pseudomonas aeruginosa biofilm through the AmiC bacterial protein</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">The absence of OprF increased biofilm formation through variation of the cdi- GMP level in Pseudomonas aeruginosa.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Bouffartigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana A. Moscoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Rosay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Fito-Boncompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th international conference on Pseudomonas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Washington, France</w:t>
+              <w:t xml:space="preserve">PSEUDOMONAS CONFERENCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, WASHINGTON, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01937971v1</w:t>
+                <w:t xml:space="preserve">hal-02386419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The C-type natriuretic peptide (CNP) prevents Pseudomonas aeruginosa biofilm formation by using AmiC: a newly identified bacterial target</w:t>
               </w:r>
@@ -12513,77 +12513,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial and Antibiofilm Molecules Produced by Marine Bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Doghri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sablé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12741,51 +12741,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BAD46FC1"/>
+    <w:nsid w:val="0ABA8A72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12972,51 +12972,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alaindufour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0112-6046" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078016932" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861361v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bidault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2024.110103" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469597v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pirnay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise van Bambeke" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baysse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C&#225;mara" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.00179-24" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807413v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Petit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Caudal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Ker" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-024-10229-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04766153v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roullier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22070313" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406039v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delavat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paillard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12010186" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155861v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Le Blay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11071762" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516899v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thiroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Alafaci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukerb" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izelenn Dufour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-49426-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03777008v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissande Louis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tahrioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verdon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey David" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10091788" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209594v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar El Fekih" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Le Ferrand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Jouault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15592" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvann Bourigault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Chane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22158241" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027967v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Simon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Perennou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00893-20" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960886v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Doghri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Zhao" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8091295" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058204v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Bouffartigues" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishac Si Hadj Mohand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tortuel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Omnes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.579495" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428484v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pernet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01286-19" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058199v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Gobet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02431-20" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441150v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Brian-Jaisson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Graber" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000878" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05393165v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-02275471v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Duchesne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-019-0088-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788719v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2018.04.008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01962693v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clamens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Rosay" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens7020047" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935852v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine van Dillen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Berjeaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens7040092" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930188v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesouhaitier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000493926" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623395v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Grandjean" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takfarinas Kentache" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41178" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329553v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Lavaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-016-0943-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886554v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Bodilis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fux020" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415914v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Gentric" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rehel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauleau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2015.1094327" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131475v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraya Diaz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Blier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01033-15" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248450v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Pennec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01384" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166905v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana A. Moscoso" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Fito-Boncompte" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00630" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077824v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-014-9173-3" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247105v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Akbar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-015-0568-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01394636v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011311v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-14-160" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998403v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6968.12482" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857499v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Barbey" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bergeau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ouchiha" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Mijouin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066642" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00766646v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Ritter" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina dos Santos Goncalves" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Delage" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201100644" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MW9153F3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858123v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garderes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bin Saidin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Le Pennec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01131037v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gicquel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjeet Bains" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Oxaran" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080407" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846231v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00509-12" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857430v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beury-Cirou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;lias" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0035176" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00722216v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Chapalain" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Chaker" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00850-10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846239v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Veron" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Gerault" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.046755-0" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846210v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine L Klein" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Soum-Sout&#233;ra" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakoua Guede" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Comp&#232;re" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2011.611878" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846272v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857406v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xaviera Pennanec" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Haras" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R&#233;hel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4404" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FBMBK72P-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846218v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouki Shioya" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Ryder" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01633-09" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846211v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dheilly" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02632-09" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470474v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Far&#232;s Diab" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jebbar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285800903010128" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846221v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Guyard-Nicod&#232;me" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle H&#233;mery" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr070539x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801239v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hindr&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Le Pennec" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6976.2006.00045.x" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014422v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Morin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.09.029" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942073v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Madsen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Le Pennec" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Israelsen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2005.04572.x" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04157278v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rinc&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04157221v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Uguen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Breton" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Giard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Flahaut" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-3-703" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05304385v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sire" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gue Michael" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dupont" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04157202v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Uguen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.182.19.5600-5605.2000" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04158309v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rinc&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dufour" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Uguen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Le Pennec" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Haras" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.63.11.4252-4260.1997" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04158304v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Le Pogam" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Thuault" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bourgeois" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.60.5.1652-1657.1994" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518998v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mohamed Boukerb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377831v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377836v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537298v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tortuel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tahrioui" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodrigues" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maillot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Azuama" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01917978v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis M&#233;lissande" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02362120v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537374v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Co. Azuama" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Clamens" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382872v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537304v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Lesouhaitier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Clamens" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Desriac" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Rosay" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Louis" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969570v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desriac" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rosay" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377862v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hardouin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537328v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Crepin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bazire" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537333v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Simon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barbey" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gaillard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Vieillard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012337v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doghri Ibtissem" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lanneluc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012846v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012316v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913911v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Doghri" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864067v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pineau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caillon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864056v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hardouin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoffman" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864071v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864047v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sable" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864061v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863884v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864064v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369625v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Manac&#8217;h" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Calv&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissande Louis" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386111v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. David" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Omnes" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Taupin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01921240v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Enault" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02327451v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02366394v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana A Moscoso" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01937911v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cosette" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969436v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Roquigny" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386171v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouffartigues" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Si Hadj Mohand" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Xu" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969426v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969453v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cornelis" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969228v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386419v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01937971v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02367357v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Diaz" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hoffmann" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nj Harmer" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930213v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527801718.ch25" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alaindufour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0112-6046" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078016932" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861361v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bidault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2024.110103" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406039v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delavat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paillard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12010186" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469597v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pirnay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise van Bambeke" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baysse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C&#225;mara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevalier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.00179-24" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807413v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Petit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Caudal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Ker" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-024-10229-z" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04766153v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roullier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22070313" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155861v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Le Blay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11071762" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516899v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thiroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Alafaci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukerb" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izelenn Dufour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-49426-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03777008v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissande Louis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tahrioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verdon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey David" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10091788" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477018v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvann Bourigault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Chane" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22158241" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209594v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar El Fekih" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Le Ferrand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Jouault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15592" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058204v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Bouffartigues" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishac Si Hadj Mohand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maillot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tortuel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Omnes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.579495" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428484v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Simon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pernet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01286-19" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027967v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Perennou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00893-20" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960886v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Doghri" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Zhao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8091295" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441150v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Brian-Jaisson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Graber" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000878" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05393165v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Gobet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02431-20" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058199v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-02275471v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Duchesne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-019-0088-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01962693v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clamens" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Rosay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens7020047" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935852v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine van Dillen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Berjeaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens7040092" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788719v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2018.04.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930188v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesouhaitier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000493926" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623395v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Grandjean" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takfarinas Kentache" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41178" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329553v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Lavaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-016-0943-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886554v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Bodilis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fux020" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415914v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Gentric" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rehel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauleau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2015.1094327" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131475v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraya Diaz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Blier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01033-15" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248450v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Pennec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01384" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166905v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana A. Moscoso" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Fito-Boncompte" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00630" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077824v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-014-9173-3" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247105v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Akbar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-015-0568-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01394636v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011311v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-14-160" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998403v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6968.12482" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857499v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Barbey" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bergeau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ouchiha" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Mijouin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066642" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00766646v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Ritter" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina dos Santos Goncalves" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Delage" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201100644" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MW9153F3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858123v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garderes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bin Saidin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Le Pennec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01131037v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gicquel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjeet Bains" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Oxaran" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080407" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846231v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00509-12" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857430v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beury-Cirou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;lias" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0035176" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846210v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine L Klein" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Soum-Sout&#233;ra" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakoua Guede" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Comp&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2011.611878" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846272v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846239v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Veron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Gerault" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.046755-0" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00722216v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Chapalain" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Chaker" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00850-10" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846218v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouki Shioya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Ryder" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01633-09" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846211v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dheilly" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02632-09" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857406v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xaviera Pennanec" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Haras" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine R&#233;hel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4404" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FBMBK72P-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470474v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Far&#232;s Diab" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jebbar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285800903010128" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846221v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Guyard-Nicod&#232;me" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle H&#233;mery" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr070539x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801239v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hindr&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Le Pennec" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6976.2006.00045.x" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942073v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Madsen" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Le Pennec" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Israelsen" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2005.04572.x" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014422v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Morin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.09.029" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04157278v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rinc&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04157221v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Uguen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Breton" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Giard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Flahaut" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-3-703" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05304385v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sire" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gue Michael" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dupont" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04157202v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Uguen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.182.19.5600-5605.2000" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04158309v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rinc&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dufour" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Uguen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Le Pennec" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Haras" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.63.11.4252-4260.1997" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04158304v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Le Pogam" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Thuault" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bourgeois" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.60.5.1652-1657.1994" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518998v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mohamed Boukerb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537298v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tortuel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tahrioui" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodrigues" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maillot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Azuama" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377831v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377836v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537304v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Lesouhaitier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Clamens" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Desriac" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Rosay" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Louis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537374v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Co. Azuama" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Clamens" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02362120v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01917978v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis M&#233;lissande" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382872v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969570v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desriac" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rosay" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377862v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hardouin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537328v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Crepin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bazire" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537333v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Simon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barbey" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gaillard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Vieillard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012337v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doghri Ibtissem" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lanneluc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012846v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012316v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864047v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Doghri" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sable" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913911v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864067v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pineau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caillon" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864056v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hardouin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoffman" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864071v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864061v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863884v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864064v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369625v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Manac&#8217;h" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Calv&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissande Louis" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386111v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. David" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Omnes" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Taupin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01921240v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Enault" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02327451v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969453v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cornelis" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02366394v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana A Moscoso" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01937911v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cosette" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969436v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Roquigny" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386171v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouffartigues" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Si Hadj Mohand" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Xu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969426v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01969228v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01937971v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386419v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02367357v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Diaz" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hoffmann" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nj Harmer" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930213v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527801718.ch25" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>