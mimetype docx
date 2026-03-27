--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1720,494 +1720,494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04841861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Bubble-Induced Fluctuations in turbulent bubbly up-flow from Direct Numerical Simulations</w:t>
+                <w:t xml:space="preserve">A criterion to classify void fraction profiles in bubbly flows based on averaged flow quantities for use in subchannel codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine du Cluzeau</w:t>
+                <w:t xml:space="preserve">R. Kommajosyula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Toutant</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M.-G. Rodio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cariteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Multiphase Flow (ICMF 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">NURETH18 2019 - 18th International Topical Meeting on Nuclear Reactor Thermal Hydraulics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANS, Aug 2019, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04382487v1</w:t>
+                <w:t xml:space="preserve">cea-02974095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A criterion to classify void fraction profiles in bubbly flows based on averaged flow quantities for use in subchannel codes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Kommajosyula</w:t>
+                <w:t xml:space="preserve">Modeling of Bubble-Induced Fluctuations in turbulent bubbly up-flow from Direct Numerical Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine du Cluzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Toutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Burlot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NURETH18 2019 - 18th International Topical Meeting on Nuclear Reactor Thermal Hydraulics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ANS, Aug 2019, Portland, United States</w:t>
+              <w:t xml:space="preserve">10th International Conference on Multiphase Flow (ICMF 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02974095v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04382487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Simulations of Fan/Airframe Interaction with Active Flow-Control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Method Comparison for Fan Performance in Short Intake Nacelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fulvio Sartor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maxime Vergez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michaël Méheut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Barrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 Applied Aerodynamics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2018, Atlanta, United States. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/6.2018-3065⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2018, Atlanta, United States. pp.4204, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2018-4204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01876017v1</w:t>
+                <w:t xml:space="preserve">hal-01924066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method Comparison for Fan Performance in Short Intake Nacelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical Simulations of Fan/Airframe Interaction with Active Flow-Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulvio Sartor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Méheut</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Barrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 Applied Aerodynamics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2018, Atlanta, United States. pp.4204, </w:t>
+              <w:t xml:space="preserve">, Jun 2018, Atlanta, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2018-4204⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2018-3065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01924066v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId65"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2283,51 +2283,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="868CD410"/>
+    <w:nsid w:val="DC52CF84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2431,51 +2431,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3AD7AB24"/>
+    <w:nsid w:val="5693CD00"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2579,51 +2579,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="95AB2E11"/>
+    <w:nsid w:val="9A7FBA8E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2727,51 +2727,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="7F833A6C"/>
+    <w:nsid w:val="34AAB06A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2967,51 +2967,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alan-burlot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4155-8118" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192202618" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/75146029421635820164" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/HDO-4299-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=UcFZ37EAAAAJ&amp;hl=fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/2024PERP0029" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/2024TLSEP053" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/s355214" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/s406711" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04695258v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fillion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burlot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Hadj Ali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104920" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295313v4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ramirez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Burlot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Zamansky" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Risso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104860" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01876024v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-Joseph Gr&#233;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Griffond" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Llor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4032533" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516119v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien S. Godeferd" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soulard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14685248.2016.1169281" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cambon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.726" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298326v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4922817" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01876033v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4867893" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04841861v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Risso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04382487v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine du Cluzeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02974095v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kommajosyula" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-G. Rodio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cariteau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876017v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Sartor" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l M&#233;heut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-3065" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924066v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vergez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Barrier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-4204" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alan-burlot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4155-8118" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192202618" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/75146029421635820164" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/HDO-4299-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=UcFZ37EAAAAJ&amp;hl=fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/2024PERP0029" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/2024TLSEP053" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/s355214" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/s406711" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04695258v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fillion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burlot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Hadj Ali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104920" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295313v4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ramirez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Burlot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Zamansky" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Risso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104860" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01876024v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-Joseph Gr&#233;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Griffond" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Llor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4032533" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516119v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien S. Godeferd" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soulard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14685248.2016.1169281" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cambon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.726" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298326v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4922817" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01876033v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4867893" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04841861v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Risso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02974095v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kommajosyula" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-G. Rodio" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cariteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04382487v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine du Cluzeau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Toutant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924066v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Sartor" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vergez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l M&#233;heut" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Barrier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-4204" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876017v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-3065" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>