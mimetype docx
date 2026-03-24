--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1302,559 +1302,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of pentan-2-ol -Part II: Experimental and modeling study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An experimental and kinetic modeling study on the oxidation of 1,3-dioxolane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Wildenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+                <w:t xml:space="preserve">Yann Fenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yuxiang Zhu</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (1), pp.833-841. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.07.062⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.543-553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03216659v1</w:t>
+                <w:t xml:space="preserve">hal-03216737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and kinetic modeling study on the oxidation of 1,3-dioxolane</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alina Wildenberg</w:t>
+                <w:t xml:space="preserve">Oxidation of pentan-2-ol -Part II: Experimental and modeling study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junfeng Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Fenard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+                <w:t xml:space="preserve">Yuxiang Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (1), pp.543-553. </w:t>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.833-841. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.07.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216737v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03216659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methyl-3-Hexenoate Combustion Chemistry: Experimental Study and Numerical Kinetic Simulation</w:t>
+                <w:t xml:space="preserve">Smart Energy Management for Series Hybrid Electric Vehicles Based on Driver Habits Recognition and Prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilya E Gerasimov</w:t>
+                <w:t xml:space="preserve">Loïc Joud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis A Knyazkov</w:t>
+                <w:t xml:space="preserve">Rui da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatyana A Bolshova</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2020.08.028⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (11), pp.2954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en13112954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02934473v1</w:t>
+                <w:t xml:space="preserve">hal-03350732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart Energy Management for Series Hybrid Electric Vehicles Based on Driver Habits Recognition and Prediction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methyl-3-Hexenoate Combustion Chemistry: Experimental Study and Numerical Kinetic Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya E Gerasimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis A Knyazkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Joud</w:t>
+                <w:t xml:space="preserve">Tatyana A Bolshova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rui da Silva</w:t>
+                <w:t xml:space="preserve">Andrey G Shmakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Chrenko</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oleg P Korobeinichev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13 (11), pp.2954. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 222, pp.170-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en13112954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2020.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350732v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy management strategy to reduce pollutant emissions during the catalyst light-off of parallel hybrid vehicles</w:t>
               </w:r>
@@ -1970,90 +1970,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and modeling study of the oxidation of 3-pentanol at high pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoîte Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2251,51 +2251,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a Multi-Architecture and Multi-Application Hybrid Vehicle Design and Management Tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiyu Gan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2349,325 +2349,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Flow Measurement by 4D Flow Magnetic Resonance Imaging and by Particles Image Velocimetry on Phantom of Abdominal Aortic Aneurysm</w:t>
+                <w:t xml:space="preserve">A high pressure experimental and numerical study of methane ignition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yufei Wang</w:t>
+                <w:t xml:space="preserve">Hilal El Merhubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Joannic</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gianni Catalano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> JSM Vascular Medicine and Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 177, pp.164 - 172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2016.03.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01463873v1</w:t>
+                <w:t xml:space="preserve">hal-01415214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high pressure experimental and numerical study of methane ignition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of Flow Measurement by 4D Flow Magnetic Resonance Imaging and by Particles Image Velocimetry on Phantom of Abdominal Aortic Aneurysm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yufei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hilal El Merhubi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+                <w:t xml:space="preserve">D. Joannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianni Catalano</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Juillion Patrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monnet Aurélien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> JSM Vascular Medicine and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (2), pp.1008</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415214v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01463873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D electro-thermal modelling and experimental validation of lithium polymer-based batteries for automotive applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zul Hilmi Che Daud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3170,359 +3170,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the electric arc dynamics in a cascaded-anode plasma torch</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Chazelas</w:t>
+                <w:t xml:space="preserve">Solving the riddle of the high-temperature chemistry of 1,3-dioxolane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Wildenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malte Döntgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indu Sekhar Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIPT 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Jülich, Germany</w:t>
+              <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, VANCOUVER, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03821430v1</w:t>
+                <w:t xml:space="preserve">hal-03936476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving the riddle of the high-temperature chemistry of 1,3-dioxolane</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoite Lefort</w:t>
+                <w:t xml:space="preserve">Study of the electric arc dynamics in a cascaded-anode plasma torch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ruelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Goutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chazelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, VANCOUVER, Canada</w:t>
+              <w:t xml:space="preserve">RIPT 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Jülich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03936476v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03821430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and kinetic modeling study on the oxidation of 1,3-dioxolane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Wildenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Adélaïde, Australia</w:t>
@@ -3551,103 +3551,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation of pentan-2-ol – Part II: Experimental and modeling study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Adelaïde, Australia</w:t>
@@ -3670,333 +3670,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and kinetic modeling study on the reactivity of 1,3-dioxolane under engine-relevant condition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+                <w:t xml:space="preserve">An experimental and modelling study of the oxidation of cyclopentanol at high pressures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Combustion Meeting 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lisboa, Portugal</w:t>
+              <w:t xml:space="preserve">9th European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351199v1</w:t>
+                <w:t xml:space="preserve">hal-02561784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and modelling study of the oxidation of cyclopentanol at high pressures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+                <w:t xml:space="preserve">An experimental and kinetic modeling study on the reactivity of 1,3-dioxolane under engine-relevant condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Wildenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dayma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+                <w:t xml:space="preserve">Yann Fenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">8th European Combustion Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02561784v1</w:t>
+                <w:t xml:space="preserve">hal-03351199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and kinetic modeling study on the reactivity of 1,3-dioxolane under engine relevant conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siet van den Wildenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4045,316 +4045,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02561796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie adaptative de la gestion énergétique d'un véhicule hybride | 20ème Cycle 'Utilisation rationnelle de l'énergie et environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Keromnes</w:t>
+                <w:t xml:space="preserve">An Experimental and Modelling Study of the Oxidation of Cyclopentanol at High Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur da Silva</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Z. Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème Cycle 'Utilisation rationnelle de l'énergie et environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">9th European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02561833v1</w:t>
+                <w:t xml:space="preserve">hal-02797960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Experimental and Modelling Study of the Oxidation of Cyclopentanol at High Pressure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alan Keromnes</w:t>
+                <w:t xml:space="preserve">Stratégie adaptative de la gestion énergétique d'un véhicule hybride | 20ème Cycle 'Utilisation rationnelle de l'énergie et environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arthur da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">20ème Cycle 'Utilisation rationnelle de l'énergie et environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797960v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative high-pressure shock tube study on the ignition of pentanol isomers: 1-, 2- and 3- pentanol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th International Symposium on Gas Kinetics and Related Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4373,342 +4373,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude expérimentale et simulation de l'oxydation du 3-pentanol à haute pression</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+                <w:t xml:space="preserve">On the design of novel access and methodology for optical diagnostics inside internal combustion engines under severe operating conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Oung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yujun Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Futurmob 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
+              <w:t xml:space="preserve">THIESEL 2018 Conference on Thermo- and Fluid Dynamic Processes in Direct Injection Engines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351651v1</w:t>
+                <w:t xml:space="preserve">hal-03350853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the design of novel access and methodology for optical diagnostics inside internal combustion engines under severe operating conditions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yujun Cao</w:t>
+                <w:t xml:space="preserve">Étude expérimentale et simulation de l'oxydation du 3-pentanol à haute pression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THIESEL 2018 Conference on Thermo- and Fluid Dynamic Processes in Direct Injection Engines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">Futurmob 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350853v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">More Insight Into Methyl-3-Hexenoate Combustion Kinetics: Low-Pressure Premixed Flame Structure, High-Pressure Ignition Delay Time Measurements and Mechanism Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
@@ -4737,103 +4737,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and modelling study of the oxidation of 3-pentanol at high pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th Symposium (Int'l) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jul 2018, Dublin, Ireland</w:t>
@@ -4856,51 +4856,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02080767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Fuel Consumption and Pollutant Emissions of a Spark Ignition Engine for Eco-driving Applications</w:t>
+                <w:t xml:space="preserve">Optimizing fuel consumption and pollutant emissions of a SI engine for eco-driving applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Guille Des Buttes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jeanneret</w:t>
@@ -4931,97 +4931,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPPC 2018, Vehicle Power and Propulsion Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t>
+              <w:t xml:space="preserve">Futurmob 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02013962v2</w:t>
+                <w:t xml:space="preserve">hal-03351642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing fuel consumption and pollutant emissions of a SI engine for eco-driving applications</w:t>
+                <w:t xml:space="preserve">Optimizing Fuel Consumption and Pollutant Emissions of a Spark Ignition Engine for Eco-driving Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Guille Des Buttes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jeanneret</w:t>
@@ -5052,116 +5052,116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Futurmob 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
+              <w:t xml:space="preserve">VPPC 2018, Vehicle Power and Propulsion Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351642v1</w:t>
+                <w:t xml:space="preserve">hal-02013962v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l’auto-inflammation de l’éthanol à haute pression et basse température</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilal El Merhubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5219,329 +5219,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la combustion des biocarburants oxygénés pour les applications de mobilités</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+                <w:t xml:space="preserve">An Experimental and Kinetic Modeling Study of Ethanol / Dme Mixtures Auto-Ignition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilal El Merhubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Curran</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Futurmob'17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Montbéliard, France</w:t>
+              <w:t xml:space="preserve">8th European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351268v1</w:t>
+                <w:t xml:space="preserve">hal-02561881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Experimental and Kinetic Modeling Study of Ethanol / Dme Mixtures Auto-Ignition</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alan Keromnes</w:t>
+                <w:t xml:space="preserve">Caractérisation de la combustion des biocarburants oxygénés pour les applications de mobilités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Curran</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Futurmob'17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02561881v1</w:t>
+                <w:t xml:space="preserve">hal-03351268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction de cycle et stratégie de gestion énergétique basée sur une méthode d’optimisation globale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Joud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5573,282 +5573,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and kinetic modelling study of ethanol/DME mixtures auto -ignition</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoite Lefort</w:t>
+                <w:t xml:space="preserve">Predictive Energy Management for Hybrid Vehicles Based on Driving Cycle Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Joud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Chemical Kinetics (ICCK 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Vehicle Power and Propulsion Conference (VPPC 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Belfort, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2017.8331052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01557942v1</w:t>
+                <w:t xml:space="preserve">hal-03021702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive Energy Management for Hybrid Vehicles Based on Driving Cycle Recognition</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rui da Silva</w:t>
+                <w:t xml:space="preserve">An experimental and kinetic modelling study of ethanol/DME mixtures auto -ignition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingjia Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilal El Merhubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.J. Curran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Vehicle Power and Propulsion Conference (VPPC 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10th International Conference on Chemical Kinetics (ICCK 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Chicago, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VPPC.2017.8331052⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03021702v1</w:t>
+                <w:t xml:space="preserve">hal-01557942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simplified thermal model for the three way catalytic converter</w:t>
               </w:r>
@@ -5955,77 +5955,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-pressure shock tube characterization and auto-ignition delay investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilal El Merhubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6076,51 +6076,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Study of Lithium-Ion Battery Thermal Behaviour for Electric and Hybrid Electric Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zul Hilmi Che Daud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7251,51 +7251,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511248v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tartarin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Goutier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Keromnes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2026.107639" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048422v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan K&#233;romn&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/jitipee.v9i1.373" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313644v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Duport" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Rivaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Youssef" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2025.107355" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04579256v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ruelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-023-01706-y" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281064v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Keromnes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chazelas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129493" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936057v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Wildenberg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte D&#246;ntgen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indu Sekhar Roy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Huang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.194" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860806v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chazelas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goutier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mariaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-022-01376-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524324v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeanneret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guille Des Buttes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pelissier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Le Moyne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12020578" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184537v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pelluet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11030971" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216659v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Carbonnier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Bai" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.07.062" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216737v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.362" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934473v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Gerasimov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A Knyazkov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana A Bolshova" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey G Shmakov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg P Korobeinichev" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.028" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350732v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Joud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui da Silva" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Chrenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13112954" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02647942v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.114866" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011316v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.114" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjia Zhang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El-Merhubi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry J Curran" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.11.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131069v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Gan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Moyne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11113185" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463873v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Wang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Joannic" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juillion Patrick" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monnet Aur&#233;lien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01415214v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El Merhubi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Catalano" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2016.03.016" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01384622v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zul Hilmi Che Daud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien dos Santos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hassane Aglzim" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/er.3524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P53B9TN2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444240v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delaporte" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schmitz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2014.03.025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLBFVK4R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539787v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Metcalfe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Heufer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Donohoe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apurba Das" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.01.001" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05191441v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03821430v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936476v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351221v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351229v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351199v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561784v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561796v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siet van den Wildenberg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561833v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Silva" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797960v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350880v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351651v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350853v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Oung" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun Cao" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350872v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02080767v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013962v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351642v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351255v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Curran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351268v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561881v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355272v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01557942v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021702v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8331052" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341104v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Pandey" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gillet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860008v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860096v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2014.7007069" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860486v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ailloud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Schmitz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0095" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04579214v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gaudin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Despres" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dolmaire" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie B&#233;chade" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40809-0_2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563279v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05191425v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04117418v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Joulia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04145983v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03666532v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Meillot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511248v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tartarin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Goutier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Keromnes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2026.107639" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048422v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan K&#233;romn&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/jitipee.v9i1.373" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313644v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Duport" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Rivaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Youssef" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2025.107355" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04579256v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ruelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-023-01706-y" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281064v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Keromnes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chazelas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129493" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936057v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Wildenberg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte D&#246;ntgen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indu Sekhar Roy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Huang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.194" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860806v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chazelas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goutier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mariaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-022-01376-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524324v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeanneret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guille Des Buttes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pelissier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Le Moyne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12020578" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184537v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pelluet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11030971" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Carbonnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.362" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216659v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Bai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.07.062" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350732v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Joud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui da Silva" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Chrenko" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13112954" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934473v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Gerasimov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A Knyazkov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana A Bolshova" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey G Shmakov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg P Korobeinichev" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.028" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02647942v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.114866" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011316v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.114" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjia Zhang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El-Merhubi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry J Curran" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.11.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131069v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Gan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Moyne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11113185" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01415214v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El Merhubi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Catalano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2016.03.016" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463873v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Joannic" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juillion Patrick" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monnet Aur&#233;lien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01384622v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zul Hilmi Che Daud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien dos Santos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hassane Aglzim" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/er.3524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P53B9TN2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444240v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delaporte" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schmitz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2014.03.025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLBFVK4R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539787v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Metcalfe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Heufer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Donohoe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apurba Das" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.01.001" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05191441v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936476v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03821430v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351221v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351229v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561784v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351199v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561796v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siet van den Wildenberg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797960v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561833v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Silva" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350880v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350853v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Oung" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun Cao" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351651v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350872v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02080767v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351642v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013962v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351255v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Curran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561881v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351268v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355272v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021702v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8331052" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01557942v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341104v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Pandey" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gillet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860008v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860096v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2014.7007069" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860486v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ailloud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Schmitz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0095" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04579214v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gaudin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Despres" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dolmaire" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie B&#233;chade" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40809-0_2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563279v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05191425v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04117418v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Joulia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04145983v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03666532v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Meillot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>