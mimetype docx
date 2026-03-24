--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -762,295 +762,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597120v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urbanisation generates multiple trait syndromes for terrestrial animal taxa worldwide</w:t>
+                <w:t xml:space="preserve">A citizen science program to evaluate soil biological quality in urban areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy K Hahs</w:t>
+                <w:t xml:space="preserve">R. Dagois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Barantal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Fournier</w:t>
+                <w:t xml:space="preserve">A. Auclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myla F J Aronson</w:t>
+                <w:t xml:space="preserve">A. Dozières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles H Nilon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adriana Herrera-Montes</w:t>
+                <w:t xml:space="preserve">R. Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-39746-1⟩</w:t>
+              <w:t xml:space="preserve">Acta Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1374, pp.141-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1374.18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04404901v1</w:t>
+                <w:t xml:space="preserve">hal-04965368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A citizen science program to evaluate soil biological quality in urban areas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Urbanisation generates multiple trait syndromes for terrestrial animal taxa worldwide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy K Hahs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Dagois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Barantal</w:t>
+                <w:t xml:space="preserve">Bertrand Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Auclerc</w:t>
+                <w:t xml:space="preserve">Myla F J Aronson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Dozières</w:t>
+                <w:t xml:space="preserve">Charles H Nilon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Julliard</w:t>
+                <w:t xml:space="preserve">Adriana Herrera-Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 1374, pp.141-148. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.4751. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1374.18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-39746-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965368v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04404901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A common framework for developing robust soil fauna classifications</w:t>
               </w:r>
@@ -2090,411 +2090,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initial conditions during Technosol implementation shape earthworms and ants diversity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Urban and industrial land uses have a higher soil biological quality than expected from physicochemical quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Muratet</w:t>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Z. Lerch</w:t>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercedes Mendez-Millan</w:t>
+                <w:t xml:space="preserve">Sayuri Kiyota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Henning Krogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape and Urban Planning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.landurbplan.2016.10.002⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 584-585, pp.614-621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.01.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01644677v1</w:t>
+                <w:t xml:space="preserve">hal-01507698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban and industrial land uses have a higher soil biological quality than expected from physicochemical quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary data on low aerial plankton in a large city center, Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Joimel</w:t>
+                <w:t xml:space="preserve">Eric Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Schwartz</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Clergeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.01.086⟩</w:t>
+              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22, pp.36-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ufug.2017.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01507698v1</w:t>
+                <w:t xml:space="preserve">hal-03947763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary data on low aerial plankton in a large city center, Paris</w:t>
+                <w:t xml:space="preserve">Initial conditions during Technosol implementation shape earthworms and ants diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Muratet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Z. Lerch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Le Saux</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mercedes Mendez-Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Landscape and Urban Planning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 159, pp.32 - 41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.landurbplan.2016.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ufug.2017.01.012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03947763v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bias and perspectives in insect conservation : a European scale analysis</w:t>
               </w:r>
@@ -2610,51 +2610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Viol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Clergeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1, pp.171-178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2688,51 +2688,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bird feeders may sustain feral Rose-ringed parakeets Psittacula krameri in temperate Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Clergeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3247,51 +3247,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vidal-Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Auclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Barantal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3568,51 +3568,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st INTERNATIONAL HORTICULTURAL CONGRESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Angers, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1374.18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288677v1</w:t>
@@ -4266,90 +4266,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics of microarthropods communities in topsoil across various forest, agricultural, urban and industrial land uses in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sayuri Kiyota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Cortet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4400,77 +4400,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le partenariat avec les écologistes : principaux problèmes, ressources et limites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sayuri Kiyota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Cortet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5743,282 +5743,282 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vertical greening systems as habitat for biodiversity</w:t>
+                <w:t xml:space="preserve">Ecology for Sustainable and Multifunctional Agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Mayrand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Clergeau</w:t>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Madre</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Aviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Based Strategies for Urban and Building Sustainability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainable Agriculture Reviews 28: Ecology for Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer International Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-46, 2018, Sustainable Agriculture Reviews, 978-3-319-90309-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-90309-5_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03045976v1</w:t>
+                <w:t xml:space="preserve">hal-01797880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecology for Sustainable and Multifunctional Agriculture</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vertical greening systems as habitat for biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Mayrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Clergeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Madre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Agriculture Reviews 28: Ecology for Agriculture</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nature Based Strategies for Urban and Building Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01797880v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écosystèmes et pratiques des espaces à caractère naturel à Paris</w:t>
               </w:r>
@@ -6446,97 +6446,97 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemin d’impact du LLUNAM</w:t>
+                <w:t xml:space="preserve">Chemin d’impact du LLUNAM : cadre de référence pour investiguer, concevoir, expérimenter et évaluer ensemble des Solutions fondées sur la Nature sur l’aire urbaine de Montpellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Guenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Cnrs; MSH SUD. 2026, pp.30</w:t>
+              <w:t xml:space="preserve">CNRS; MSH SUD. 2026, 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6835,51 +6835,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617939v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanny Destour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Centanni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Abdelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Doums" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.577" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698690v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Eydoux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jay-Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-024-01608-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691562v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cortet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deca&#235;ns" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105602" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691566v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Mautuit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fern&#225;ndez March&#225;n" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Brand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lucas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2024.103620" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04597120v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caries" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Genevet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.13339" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04404901v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy K Hahs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myla F J Aronson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H Nilon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Herrera-Montes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39746-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965368v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dagois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auclerc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dozi&#232;res" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Julliard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1374.18" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J.I. Briones" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bonfanti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116073" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739534v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Dumet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_032:041" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02933594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Deeb" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M. Groffman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Perl Egendorf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-6-413-2020" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488621v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Perrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moretti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borcard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106740" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918913v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Testud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cordier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Labarraque" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40317-019-0183-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02265503v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubs" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mirlicourtois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Viol" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kerbiriou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2018.07.008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164784v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupouy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vergnes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laporte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherazade Kinouani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Auriacombe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13814788.2018.1470239" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882883v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Meulemans" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tondeur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yesenia Thibault-Picazo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/cla.2017.0001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644677v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Muratet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z. Lerch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Mendez-Millan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2016.10.002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4T9ZCT2D-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01507698v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayuri Kiyota" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henning Krogh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.01.086" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947763v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Saux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2017.01.012" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068104v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Leandro" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2017.07.033" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086060v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2011.11.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092709v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2981/09-092" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02717152v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724219v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wagner" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Guiraud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pistre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Samson" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Truel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721433v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rennes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721406v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483463v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vidal-Beaudet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1374.27" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453291v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Dagois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18067.25124" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288677v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671212v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Groffman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481348v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Enjalbert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Allard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781520v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Devaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bruneel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Hery" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01753391v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Walsh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11591.19360" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786404v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13268.30085" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619000v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607983v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892834v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Delmas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. Terrier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Rosa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bressan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marceau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782386v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delmas" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595891v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mary" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266688v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Tauru" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gippet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266701v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Javal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lecoq" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453460v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmas" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Loth" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Meudal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Terrier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894301v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895296v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831442v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Joudar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Boulanger" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Madre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832288v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045976v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Mayrand" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Madre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797880v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-319-90309-5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-90309-5_1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537709v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cohen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Baudouin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maingre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pellissier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843564v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Le Roux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947470v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rome" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Gayral" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05497166v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Guenin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01687919v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B&#233;chet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Bissonnais" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aguilera" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Andr&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617939v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanny Destour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Centanni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Abdelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Doums" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.577" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698690v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Eydoux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jay-Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-024-01608-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691562v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cortet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deca&#235;ns" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105602" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691566v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Mautuit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fern&#225;ndez March&#225;n" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Brand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lucas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2024.103620" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04597120v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caries" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Genevet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.13339" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965368v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dagois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auclerc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dozi&#232;res" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Julliard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1374.18" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04404901v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy K Hahs" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myla F J Aronson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H Nilon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Herrera-Montes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39746-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J.I. Briones" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bonfanti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116073" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739534v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Dumet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_032:041" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02933594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Deeb" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M. Groffman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Perl Egendorf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-6-413-2020" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488621v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Perrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moretti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borcard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106740" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918913v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Testud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cordier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Labarraque" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40317-019-0183-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02265503v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubs" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mirlicourtois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Viol" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kerbiriou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2018.07.008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164784v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupouy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vergnes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laporte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherazade Kinouani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Auriacombe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13814788.2018.1470239" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882883v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Meulemans" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tondeur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yesenia Thibault-Picazo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/cla.2017.0001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01507698v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayuri Kiyota" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henning Krogh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.01.086" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947763v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Saux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2017.01.012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644677v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Muratet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z. Lerch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Mendez-Millan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2016.10.002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4T9ZCT2D-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068104v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Leandro" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2017.07.033" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086060v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2011.11.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092709v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2981/09-092" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02717152v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02724219v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wagner" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Guiraud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pistre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Samson" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Truel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721433v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rennes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721406v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483463v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vidal-Beaudet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1374.27" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453291v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Dagois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18067.25124" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288677v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671212v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Groffman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481348v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Enjalbert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Allard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781520v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Devaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bruneel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Hery" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01753391v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Walsh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11591.19360" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786404v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13268.30085" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619000v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607983v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892834v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Delmas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. Terrier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Rosa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bressan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marceau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02782386v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delmas" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595891v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mary" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266688v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Tauru" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gippet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266701v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Javal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lecoq" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453460v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmas" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Loth" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Meudal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Terrier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894301v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895296v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831442v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Joudar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Boulanger" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Madre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832288v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797880v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-319-90309-5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-90309-5_1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045976v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Mayrand" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Madre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537709v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cohen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Baudouin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maingre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pellissier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843564v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Le Roux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947470v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rome" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Gayral" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05497166v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Guenin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01687919v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B&#233;chet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Bissonnais" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aguilera" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Andr&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>