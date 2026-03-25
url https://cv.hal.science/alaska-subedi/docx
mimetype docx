--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -325,409 +325,409 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of hole-doping on the thermoelectric properties of pyrite FeS2</w:t>
+                <w:t xml:space="preserve">Valence-Ordered Thin-Film Nickelate with Tricomponent Nickel Coordination Prepared by Topochemical Reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anustup Mukherjee</w:t>
+                <w:t xml:space="preserve">Aravind Raji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengang Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Porée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssc.2025.116194⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (5), pp.4077-4088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.3c07614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407868v1</w:t>
+                <w:t xml:space="preserve">hal-04448739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoelectric Transport Properties of Electron-Doped Pyrite FeS 2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Impact of hole-doping on the thermoelectric properties of pyrite FeS2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anustup Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c00147⟩</w:t>
+              <w:t xml:space="preserve">Solid State Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 406, pp.116194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssc.2025.116194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794445v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valence-Ordered Thin-Film Nickelate with Tricomponent Nickel Coordination Prepared by Topochemical Reduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermoelectric Transport Properties of Electron-Doped Pyrite FeS 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhengang Dong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Victor Porée</w:t>
+                <w:t xml:space="preserve">Anustup Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 18 (5), pp.4077-4088. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128 (16), pp.6573-6580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.3c07614⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c00147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04448739v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric Transport Properties of Electron-Doped Pyrite FeS2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anustup Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 128 (16), pp.6573-6580. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c00147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484136v1</w:t>
@@ -857,135 +857,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05347087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Order-by-disorder charge density wave condensation at $\mathbf{\textit{q} =(\frac{1}{3},\frac{1}{3},\frac{1}{3})}$ in kagome metal ScV$_6$Sn$_6$</w:t>
+                <w:t xml:space="preserve">Possible structural quantum criticality tuned by rare-earth ion substitution in infinite-layer nickelates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 8 (1), pp.014006. </w:t>
+              <w:t xml:space="preserve">, 2023, 7 (2), pp.024801. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.8.014006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.7.024801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307920v1</w:t>
+                <w:t xml:space="preserve">hal-04307822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minority-spin conducting states in Fe substituted pyrite CoS$_2$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anustup Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1160,105 +1160,105 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Possible structural quantum criticality tuned by rare-earth ion substitution in infinite-layer nickelates</w:t>
+                <w:t xml:space="preserve">Order-by-disorder charge density wave condensation at $\mathbf{\textit{q} =(\frac{1}{3},\frac{1}{3},\frac{1}{3})}$ in kagome metal ScV$_6$Sn$_6$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 7 (2), pp.024801. </w:t>
+              <w:t xml:space="preserve">, 2023, 8 (1), pp.014006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.7.024801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.8.014006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307822v1</w:t>
+                <w:t xml:space="preserve">hal-04307920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient translation symmetry breaking via quartic-order negative light-phonon coupling at the Brillouin zone boundary in KTaO 3</w:t>
               </w:r>
@@ -1329,386 +1329,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04307875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-induced translation symmetry breaking via nonlinear phononics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrián Gómez Pueyo</w:t>
+                <w:t xml:space="preserve">Mesoscopic fluctuating domains in strontium titanate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Fauqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bourges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamran Behnia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (21), pp.214305. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.214305⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 106 (14), pp.L140301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.L140301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307857v1</w:t>
+                <w:t xml:space="preserve">hal-03850462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symmetry-Resolved Study of Lattice Vibration and Libration Modes in [Fe(phen)2(NCS)2] Crystal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Privault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Mevellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Lorenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Janod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (8), pp.5100-5109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.cgd.2c00659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03754119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscopic fluctuating domains in strontium titanate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bourges</w:t>
+                <w:t xml:space="preserve">Light-induced translation symmetry breaking via nonlinear phononics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrián Gómez Pueyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (14), pp.L140301. </w:t>
+              <w:t xml:space="preserve">, 2022, 106 (21), pp.214305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.L140301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.214305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03850462v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hexagonal-to-base-centered-orthorhombic $4Q$ charge density wave order in kagome metals KV$_3$Sb$_5$, RbV$_3$Sb$_5$, and CsV$_3$Sb$_5$</w:t>
               </w:r>
@@ -1902,51 +1902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lorenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Fauqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (3), pp.031023. </w:t>
@@ -2536,239 +2536,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02321949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Departure from the Wiedemann–Franz law in WP2 driven by mismatch in T-square resistivity prefactors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Breathing distortions in the metallic, antiferromagnetic phase of LaNiO$_3$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Npj Quantum Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41535-018-0136-x⟩</w:t>
+              <w:t xml:space="preserve">SciPost Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.5.3.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957853v1</w:t>
+                <w:t xml:space="preserve">hal-02386972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breathing distortions in the metallic, antiferromagnetic phase of LaNiO$_3$</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Departure from the Wiedemann–Franz law in WP2 driven by mismatch in T-square resistivity prefactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Jaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Fauqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Willem Rischau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenguang Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SciPost Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 5 (3), </w:t>
+              <w:t xml:space="preserve">Npj Quantum Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1), pp.33-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.5.3.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41535-018-0136-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386972v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Momentum-space and real-space Berry curvatures in Mn$_{3}$Sn</w:t>
               </w:r>
@@ -3285,90 +3285,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast spectroscopy applied to photoinduced phase transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Privault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Lorenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaska Subedi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3406,77 +3406,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling materials with lattice vibrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Privault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Lorenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ievgeniia F Chaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3700,51 +3700,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaska Subedi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Behnia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae177b" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484141v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Agnarelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pelloquin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Daou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maignan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S H&#233;bert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae0b21" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407868v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anustup Mukherjee" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2025.116194" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794445v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c00147" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448739v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Raji" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengang Dong" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Por&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Li" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c07614" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484136v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347087v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Kawabata" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Shimura" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuto Ishii" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minatsu Koike" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Yoshida" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307920v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.8.014006" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307902v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/acfde9" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040044v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaokang Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yo Machida" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zengwei Zhu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36750-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307822v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.024801" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307875v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n G&#243;mez Pueyo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.064302" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307857v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.214305" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754119v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Privault" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Lorenc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Humbert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Janod" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c00659" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850462v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fauqu&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourges" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.L140301" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452367v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.015001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452360v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.01460" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028925v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gourgout" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lorenz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.12.031023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335125v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.44" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049738v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.083601" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109809v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pawula" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.085422" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058678v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ueda" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaneko" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Subedi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Minola" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.100.115157" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321949v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuto Akiba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Miyake" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Tokunaga" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aat3374" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01957853v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Willem Rischau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Fu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-018-0136-x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386972v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.5.3.020" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387220v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangcai Xu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huakun Zuo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.5.6.063" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715025v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Toulemonde" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Um" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Y. Ganin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boeri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.064519" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407888v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407889v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452354v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765256v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgeniia F Chaban" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaska Subedi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Behnia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae177b" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484141v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Agnarelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pelloquin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Daou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maignan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S H&#233;bert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae0b21" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448739v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Raji" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengang Dong" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Por&#233;e" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Li" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c07614" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407868v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anustup Mukherjee" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2025.116194" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794445v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c00147" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484136v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347087v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Kawabata" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Shimura" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuto Ishii" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minatsu Koike" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Yoshida" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307822v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.024801" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307902v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/acfde9" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040044v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaokang Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yo Machida" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zengwei Zhu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Li" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36750-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307920v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.8.014006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307875v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n G&#243;mez Pueyo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.064302" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850462v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fauqu&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourges" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.L140301" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754119v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Privault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Lorenc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Humbert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Janod" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c00659" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307857v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.214305" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452367v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.015001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452360v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.01460" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028925v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gourgout" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lorenz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.12.031023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335125v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.44" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049738v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.083601" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109809v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pawula" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.085422" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058678v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ueda" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaneko" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Subedi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Minola" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.100.115157" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321949v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuto Akiba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Miyake" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Tokunaga" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aat3374" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386972v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.5.3.020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01957853v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Willem Rischau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Fu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-018-0136-x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387220v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangcai Xu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huakun Zuo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.5.6.063" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715025v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Toulemonde" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Um" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Y. Ganin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boeri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.064519" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407888v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407889v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452354v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765256v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgeniia F Chaban" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>