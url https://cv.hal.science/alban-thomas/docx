--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -1855,277 +1855,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02064868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Has Rennes a heat island? From sensors and climate models to remote sensing and ecology issues.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mapping Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dubreuil</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel S. Corgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tavenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Long Term Ecological Research Network &amp; LTER-France (Zones Ateliers Network &amp; Critical Zone Observatories) joint conference </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t>
+              <w:t xml:space="preserve">JDEVs, les Journées du DEVeloppement logiciel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Marseille, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01662257v1</w:t>
+                <w:t xml:space="preserve">hal-01565586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping Learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Has Rennes a heat island? From sensors and climate models to remote sensing and ecology issues.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Foissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Romain Tavenard</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Nabucet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Quénol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JDEVs, les Journées du DEVeloppement logiciel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Marseille, France. 2017</w:t>
+              <w:t xml:space="preserve">International Long Term Ecological Research Network &amp; LTER-France (Zones Ateliers Network &amp; Critical Zone Observatories) joint conference </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01565586v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01662257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photogrammétrie contre ALB : le cas de la Coupe avec Protection des Petites Tiges Marchandes (CPPTM)</w:t>
               </w:r>
@@ -3327,51 +3327,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6B80FBA9"/>
+    <w:nsid w:val="90BC5B92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3558,51 +3558,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alban-thomas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7403-8867" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179295969" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383209v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fraisse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier D&#233;zerald" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Pannard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2023.1250892" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04048158v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz El-Bouhali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cotonnec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lebaut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamed Amyay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thomas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/jwld.2023.143766" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284769v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rozo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delbosc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arvor" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15481603.2019.1662167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03143348v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Foissard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/climat/202017006" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284768v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lecoq" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2019.01.018" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191084v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brabant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Alvarez-Vanhard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Laribi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Morin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Thanh Nguyen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11111269" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872001v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Arnoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Eraud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cavallo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10336-013-0965-0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9DQQSC2L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495015v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jann&#232;s-Ober" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Raynal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693617v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M. Soissons" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472925v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Corgne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472893v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713535v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Corgne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bonnefoy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02064868v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barreau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Battais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod&#233;ric Bera" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662257v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565586v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garnier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tavenard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858050v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t St-Onge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;gin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090635v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108664v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05382841v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mica&#235;l Aliouat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Cadiou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Hamelin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Quesneville" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salord" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zwqe-fx40" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692524v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Decoupes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gandon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ztym-j930" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356445v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793205v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693289v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357905v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613448v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alban-thomas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7403-8867" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179295969" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383209v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fraisse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier D&#233;zerald" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Pannard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2023.1250892" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04048158v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz El-Bouhali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cotonnec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lebaut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamed Amyay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thomas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/jwld.2023.143766" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284769v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rapinel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rozo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delbosc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arvor" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15481603.2019.1662167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03143348v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Foissard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nabucet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/climat/202017006" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284768v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lecoq" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2019.01.018" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191084v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brabant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Alvarez-Vanhard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achour Laribi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Morin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Thanh Nguyen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11111269" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872001v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Arnoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Eraud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cavallo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10336-013-0965-0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9DQQSC2L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495015v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jann&#232;s-Ober" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Raynal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693617v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M. Soissons" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472925v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Corgne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472893v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713535v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Corgne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bonnefoy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02064868v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barreau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Battais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod&#233;ric Bera" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565586v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tavenard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662257v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858050v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t St-Onge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;gin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090635v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108664v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hubert-Moy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05382841v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mica&#235;l Aliouat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Cadiou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Hamelin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Quesneville" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salord" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zwqe-fx40" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692524v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Decoupes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gandon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ztym-j930" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356445v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793205v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693289v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357905v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613448v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>