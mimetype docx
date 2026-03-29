--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -681,273 +681,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clevios HTL Solar 2: A new solvent based PEDOT:PSS for organic photovoltaics</w:t>
+                <w:t xml:space="preserve">Delamination in OPV Devices: Development of a Testing Adhesion/Choesin Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Gregori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Schumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lartigau-Dagron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Allal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detlef Gaiser</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roger C Hiorns</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HOPV14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lausanne ( CH), Switzerland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327969v1</w:t>
+                <w:t xml:space="preserve">hal-05327973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delamination in OPV Devices: Development of a Testing Adhesion/Choesin Technique</w:t>
+                <w:t xml:space="preserve">Clevios HTL Solar 2: A new solvent based PEDOT:PSS for organic photovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Gregori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Schumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Allal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lartigau-Dagron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger C Hiorns</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detlef Gaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HOPV14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lausanne ( CH), Switzerland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327973v1</w:t>
+                <w:t xml:space="preserve">hal-05327969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delamination in OPV Devices: A New Technique to Identify the Weakest Mechanical Point</w:t>
               </w:r>
@@ -1888,295 +1888,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01495441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, thermal processing, and thin film morphology of poly(3-hexylthiophene)-poly(styrenesulfonate) block copolymers</w:t>
+                <w:t xml:space="preserve">Design, synthesis and thermal behaviour of a series of well-defined clickable and triggerable sulfonate polymers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Erothu</w:t>
+                <w:t xml:space="preserve">Joanna Kolomanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Kolomanska</w:t>
+                <w:t xml:space="preserve">Priscilla Johnston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Gregori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Fraga Domínguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Johnston</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Deribew</w:t>
+                <w:t xml:space="preserve">Hans-Joachim Egelhaaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.5b00213⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.66554-66562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5RA13867A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01559881v1</w:t>
+                <w:t xml:space="preserve">hal-01206063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, synthesis and thermal behaviour of a series of well-defined clickable and triggerable sulfonate polymers.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis, thermal processing, and thin film morphology of poly(3-hexylthiophene)-poly(styrenesulfonate) block copolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Erothu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Kolomanska</w:t>
+                <w:t xml:space="preserve">J. Kolomanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscilla Johnston</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabel Fraga Domínguez</w:t>
+                <w:t xml:space="preserve">P. Johnston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Schumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans-Joachim Egelhaaf</w:t>
+                <w:t xml:space="preserve">D. Deribew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 6, pp.66554-66562. </w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (7), pp.2107-2117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5RA13867A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.5b00213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01206063v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01559881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2686,51 +2686,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="252979AB"/>
+    <w:nsid w:val="71CE7B01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2917,51 +2917,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alberto-gregori" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0176-7409" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/R-2004-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329325v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Mulloni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Marchi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lorenzelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gaiardo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Valt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327879v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gregori" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tournebize" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schumann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Peisert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger C. Hiorns" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328061v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dargie Deribew" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A Dowland" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Fraga Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Morse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328076v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Elschner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lartigau-Dagron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327969v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Allal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlef Gaiser" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327973v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger C Hiorns" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327906v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860465v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilene Silva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Fernandes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Njel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dedryv&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab8b0b" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085962v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Distler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584322v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tournebize" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schumann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Peisert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.08.024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316557v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Gasparini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Salvador" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Biele" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wadsworth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.201800104" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481307v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meera Stephen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dowland" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasina H. Ramanitra" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Santos Silva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.5273" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495441v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suren A. Gevorgyan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nieves Espinosa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ciammaruchi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ranger Roth" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Livi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201600910" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559881v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Erothu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kolomanska" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Johnston" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deribew" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5b00213" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206063v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kolomanska" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Johnston" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Egelhaaf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA13867A" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327840v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Biele" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Francesco Tedde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Montenegro Benavides" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Elisabeth Hurdler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Fischer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05316586v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05316586v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PAUU3028" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alberto-gregori" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0176-7409" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/R-2004-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329325v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Mulloni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Marchi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lorenzelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gaiardo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Valt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327879v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gregori" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tournebize" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schumann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Peisert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger C. Hiorns" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328061v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dargie Deribew" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A Dowland" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Fraga Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Morse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328076v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Elschner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lartigau-Dagron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327973v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Allal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger C Hiorns" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327969v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlef Gaiser" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327906v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860465v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilene Silva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Fernandes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Njel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dedryv&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab8b0b" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085962v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Distler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584322v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tournebize" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schumann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Peisert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.08.024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316557v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Gasparini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Salvador" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Biele" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wadsworth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.201800104" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481307v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meera Stephen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dowland" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasina H. Ramanitra" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Santos Silva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.5273" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495441v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suren A. Gevorgyan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nieves Espinosa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ciammaruchi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ranger Roth" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Livi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201600910" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206063v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kolomanska" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Johnston" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Egelhaaf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA13867A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559881v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Erothu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kolomanska" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Johnston" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deribew" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5b00213" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327840v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Biele" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Francesco Tedde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Montenegro Benavides" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Elisabeth Hurdler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Fischer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05316586v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05316586v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PAUU3028" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>