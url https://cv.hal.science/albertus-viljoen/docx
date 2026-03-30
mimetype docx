--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1968,295 +1968,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staphylococcus aureus vWF-binding protein triggers a strong interaction between clumping factor A and host vWF</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elimination of PknL and MSMEG_4242 in Mycobacterium smegmatis alters the character of the outer cell envelope and selects for mutations in Lsr2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Missiakas</w:t>
+                <w:t xml:space="preserve">Estalina Báez-Ramírez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giampiero Pietrocola</w:t>
+                <w:t xml:space="preserve">Luis Querales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Andres Aranaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elba Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-021-01986-6⟩</w:t>
+              <w:t xml:space="preserve">The Cell Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.100060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcsw.2021.100060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05238411v1</w:t>
+                <w:t xml:space="preserve">inserm-03381892v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elimination of PknL and MSMEG_4242 in Mycobacterium smegmatis alters the character of the outer cell envelope and selects for mutations in Lsr2</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carlos Andres Aranaga</w:t>
+                <w:t xml:space="preserve">Staphylococcus aureus vWF-binding protein triggers a strong interaction between clumping factor A and host vWF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albertus Viljoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Viela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mathelié-Guinlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo López</w:t>
+                <w:t xml:space="preserve">Dominique Missiakas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elba Guerrero</w:t>
+                <w:t xml:space="preserve">Giampiero Pietrocola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cell Surface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7, pp.100060. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.453. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tcsw.2021.100060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-021-01986-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03381892v2</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05238411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and evaluation of heterocycle structures as potential inhibitors of Mycobacterium tuberculosis UGM</w:t>
               </w:r>
@@ -6013,51 +6013,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E25E5BC8"/>
+    <w:nsid w:val="D5AFE514"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6244,51 +6244,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/albertus-viljoen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8949-7401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023856v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertus Viljoen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023838v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023786v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Nigou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05024153v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vercellone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chimen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaibelet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mazeres" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokaina Hammoud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Maaliki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Champciaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Raynaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04260545v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Maz&#232;res" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf9498" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814158v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves F Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020454" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238384v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Chantraine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Herr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgac278" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238394v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanice Webster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Matheli&#233;-Guinlet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Verissimo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schultz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03754-21" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238409v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lipke" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10081013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238417v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mignolet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NH00158B" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238414v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Viela" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valotteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c00215" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankita Ray" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Strohmeyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoo Jin Oh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43586-021-00062-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588623v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Raynaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chene" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thibonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2021.116248" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238416v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.13324" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238411v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Missiakas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Pietrocola" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-01986-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03381892v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estalina B&#225;ez-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Querales" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andres Aranaga" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo L&#243;pez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elba Guerrero" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2021.100060" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03082669v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Fu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Villaume" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2020.115579" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02495154v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Shen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maju Joe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Halloum" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA119.011817" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238442v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00125-20" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04842026v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9nh00736a" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02971852v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Daher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-David Leclercq" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jona Karam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsinfecdis.0c00490" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238443v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14448" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04842032v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt D Johansen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roquet-Ban&#232;res" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Herrmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00705-19" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238445v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dehullu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cobme.2019.08.001" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276153v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santucci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Johansen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Point" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poncin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45164-5" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02480348v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Rani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipan Kumar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8RA10532D" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618218v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Moigne" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bernut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cortes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dupont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00905" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202451v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Korycka-Macha&#322;a" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Pawe&#322;czyk" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Bor&#243;wka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo&#380;ena Dziadek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00441-19" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311092v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Victoria Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Richard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01000-19" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137498v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rodriguez-Rincon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01316-18" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137509v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Dubois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Laencina" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1812984115" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137567v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja K&#252;ssau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Flipo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niel van Wyk" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Olieric" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798318002917" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01860679v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Diomand&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Alibaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00394-18" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04535440v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ghigo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01145" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02046027v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laleh Majlessi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1713195115" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770061v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Chi Nguyen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fourquet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Camoin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA117.000760" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137555v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blaise" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00649" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137585v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Girard-Misguich" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13675" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453293v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipul K. Singh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berry" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubhra Singh" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Carrere-Kremer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12606" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086925v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1605477113" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137602v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13406" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438481v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Roux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Bah" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Simeone" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.160185" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137603v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sapriel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13283" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137597v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal de Chastellier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13482" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/albertus-viljoen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8949-7401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023856v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertus Viljoen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023838v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023786v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Nigou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05024153v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vercellone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chimen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaibelet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mazeres" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokaina Hammoud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Maaliki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Champciaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Raynaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04260545v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Maz&#232;res" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf9498" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814158v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves F Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020454" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238384v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Chantraine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Herr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgac278" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238394v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanice Webster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Matheli&#233;-Guinlet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Verissimo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schultz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03754-21" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238409v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lipke" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10081013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238417v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mignolet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NH00158B" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238414v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Viela" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valotteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c00215" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankita Ray" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Strohmeyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoo Jin Oh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43586-021-00062-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588623v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Raynaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chene" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thibonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2021.116248" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238416v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.13324" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03381892v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estalina B&#225;ez-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Querales" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andres Aranaga" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo L&#243;pez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elba Guerrero" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2021.100060" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238411v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Missiakas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Pietrocola" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-01986-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03082669v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Fu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Villaume" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2020.115579" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02495154v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Shen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maju Joe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Halloum" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA119.011817" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238442v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00125-20" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04842026v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9nh00736a" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02971852v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Daher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-David Leclercq" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jona Karam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsinfecdis.0c00490" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238443v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14448" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04842032v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt D Johansen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roquet-Ban&#232;res" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Herrmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00705-19" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238445v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dehullu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cobme.2019.08.001" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276153v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santucci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Johansen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Point" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poncin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45164-5" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02480348v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Rani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipan Kumar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8RA10532D" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618218v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Moigne" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bernut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cortes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dupont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00905" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202451v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Korycka-Macha&#322;a" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Pawe&#322;czyk" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Bor&#243;wka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo&#380;ena Dziadek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00441-19" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311092v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Victoria Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Richard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01000-19" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137498v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rodriguez-Rincon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01316-18" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137509v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Dubois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Laencina" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1812984115" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137567v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja K&#252;ssau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Flipo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niel van Wyk" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Olieric" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798318002917" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01860679v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Diomand&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Alibaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00394-18" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04535440v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ghigo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01145" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02046027v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laleh Majlessi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1713195115" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770061v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Chi Nguyen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fourquet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Camoin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA117.000760" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137555v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blaise" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00649" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137585v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Girard-Misguich" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13675" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453293v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipul K. Singh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berry" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubhra Singh" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Carrere-Kremer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12606" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086925v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1605477113" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137602v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13406" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438481v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Roux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Bah" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Simeone" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.160185" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137603v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sapriel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13283" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137597v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal de Chastellier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13482" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>