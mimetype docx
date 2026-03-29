--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -66,173 +66,2209 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contextual expectations and norms of evidential disclosure in assertion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Wanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Bourgeois-Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Pragmatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 257, pp.39-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pragma.2026.02.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Three strategies for Socratic inquisitiveness in reflective questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (s2), pp.89-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/lingvan-2025-0032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05475885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Offer `can</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Abrusan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Laurenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Journal of Linguistics / Revue canadienne de linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vouloir in the landscape of volition and desire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Laurenti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (1), pp.48-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/li.00122.mar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05475882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Turning expletive: from embedded speech-acts to embedded propositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Tahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Journal of Linguistics / Revue canadienne de linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68 (4), pp.590-614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/cnj.2023.32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04068714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Italian futuro as a non-biased epistemic necessity: A reply to Ippolito and Farkas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46, pp.1269-1284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10988-023-09383-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04354294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desire, moral evaluation or sense of duty: The modal framing of stated preference elicitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Wanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Bourgeois-Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Values</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/09632719231212391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04354354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interpreting high negation in Negative Interrogatives: the role of the Other</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Larrivée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics Vanguard : a Multimodal Journal for the Language Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (s2), pp.219-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/lingvan-2020-0115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mood variation with belief predicates: Modal comparison and the raisability of questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Portner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.16995/glossa.5726⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03509240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A linguistic framework for knowledge, belief, and veridicality judgement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Know</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/716348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03088697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A three-level classification of French tweets in ecological crises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Kozlowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Lannelongue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Saudemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Information Processing and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 57 (5), pp.1-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ipm.2020.102284⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Negative priorities: evidence from prohibitive and expletive negation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Tahar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of Sinn und Bedeutung </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18148/sub/2020.v24i2.886⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_03085340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From epistemic modality to concessivity: Alternatives and pragmatic reasoning per absurdum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Baranzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Pragmatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 142, pp.116-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pragma.2019.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_02194771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The semantic roots of positive polarity: epistemic modal verbs and adverbs in English, Greek and Italian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (6), pp.623-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10988-018-9235-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_02194773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A unified analysis of the future as epistemic modality the view from Greek and Italian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36 (1), pp.85-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11049-017-9366-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_02194772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions d’assertion de &amp;quot;chaque&amp;quot; et de &amp;quot;tout&amp;quot; et règles de déduction du quantificateur universel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Retoré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72, pp.89-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tl.072.0089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review of Carrara et al. eds. Unity and Plurality: Logic, Philosophy, and Linguistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notre Dame Philosophical Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French future: exploring the future ratification hypothesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of French Language Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0959269515000289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_01204953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Each Other, Asymmetry and Reasonable Futures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 31 (2), pp.209 - 261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jos/fft003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_02161864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A NOTE ON GENERIC QUANTIFICATION AND THE ONTOLOGY OF 'TWINS' AND 'BIKINI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rercherches Linguistiques de VIncennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_02161805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les abstractions sont-elles des règles ? Le cas de : avec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jayez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Sémantique et Pragmatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, N° 12, pp.53- 77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00425262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les abstractions sont-elles des règles ? Le cas de avec.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Jayez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Sémantique et Pragmatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 12, pp.53-77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_00656098v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lutter contre la désinformation : Penser autrement l’action publique à l'aune des sciences cognitives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Darcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Casati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gloria Origgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut Jean Nicod CNRS EHESS PSL University. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05505804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -242,6569 +2278,4650 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disconfirmational MICA in surprise questions (and some notes on concessivity)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Susana Rodriguez Rosique. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expressing Surprise at the Crossroads. Mirativity, Exclamativity and Cooptation in Romance Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 389, De Gruyter, pp.39-60, 2025, Trends in Linguistics. Studies and Monographs, 9783111386485. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783111386683-003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05475980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence type and trustworthiness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Boscaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/9783111386683-003⟩</w:t>
-[...66 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Susana Rodríguez Rosique; Jordi M. Antolí Martínez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Grammar of Interaction. Epistemicity, information management and discourse in language use</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 46 (4), John Benjamins Publishing Company, pp.98-131, 2025, IVITRA Research in Linguistics and Literature, 9789027244352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/ivitra.46.04bos⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05475973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible necessity, the future, and the German wohl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou -</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eva Csipak; Johanna David; Mingya Liu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Festschrift in Honour of Regine Eckardt.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Humboldt-Universität zu Berlin, pp.124-138, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18452/33383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05475976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modalization and bias in questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biased questions: Experimental results and theoretical modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Language Science Press, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.17158176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05475986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solipsistic and inter-subjective attitude reports. From representational to volitionals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Laurenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Susana Rodríguez Rosique; Jordi M. Antolí Martínez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Verb and Context. The impact of shared knowledge on TAME categories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 34, John Benjamins Publishing Company, pp.171-202, 2023, IVITRA Research in Linguistics and Literature, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/ivitra.34.08lau⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belief and Performativity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aspects of Tenses, Modality, and Evidentiality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/9789004468184_011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02870102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The French Future: evidentiality and incremental information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ad Foolen; Helen de Hoop; Gijs Mulder. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evidence for evidentiality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins, pp.199-226, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/hcp.61.09mar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03896728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une anatomie des règles : le cas des jugements mixtes avec noms nus pluriels en italien.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approches plurielles du nom sans déterminant : distributions, interprétations, fonctions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_02162147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actuality Entailments: When the Modality is in the Presupposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes In Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.191-210, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_02162129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epistemic future and epistemic MUST: nonveridicality, evidence, and par- tial knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mood, Aspect, Modality RevisitedNew Answers to Old Questions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Chicago Press, 2016, 9780226363523</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_02161962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overt and covert modality in generic sentences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Chronos 27</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brill, pp.265-288, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_02161876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dimension évaluative du futur : le rôle des adverbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le futur dans les langues Romanes. Baranzini, L. and de Saussure L. (eds).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_01117822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'interprétation des constructions coordonnées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Abeillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Mouret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Abeillé, Anne; Godard, Danièle; Delaveau, Annie;. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La grande Grammaire du français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actes Sud, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00748348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Beyssade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Del Prete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alda Mari, Claire Beyssade, Fabio Del Prete. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genericity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.1-92, 2012, Oxford Studies in Theoretical Linguistics, 978-0-19-969180-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691807.003.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00992406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Beyssade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Del Prete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genericity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, 2012, Genericity, 9780199691807</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_02161789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Another look at Italian generic sentences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romance Linguistics 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_01150199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyticity under perspective: indefinite generics in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gronn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of SuB12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Oslo, pp.414-429, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyticity and In virtue Of generalizations in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Charles B. Chang and Hannah J. Haynie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of WCCFL 26</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cascadilla Press, Sommerville, pp.357-365, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bare and indefinite NPs in predicative position in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Schafer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Incremental specification in context</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Stuttgart, pp.119-144, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraints on Quantificational Domains: Generic Plural des-Indefinites in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Dobrovie-Sorin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Puig-Waldmüller. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">proceedings of Sinn und Bedeutung 11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Barcelona, pp.165-179, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What do Instrumentality and Manner have in common</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saint-Dizier, P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Syntax and the Semantics of Prepositions and Prepositional Phrases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kluwer Academic Publisher, pp.263-286, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An additive and a scalar particle: the case of the Italian ‘neppure' and its French counterparts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Tovena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.P. Montreuil et C. Nishida. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Perspectives on Romance Linguistics. Vol. 1: Morphology, Syntax, Semantics, and Pragmatics.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins, pp.187-200, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linearizing sets: each other</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">O. Bonami &amp; P. Cabredo Hofherr. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Empirical Issues in Syntax and Semantics 6</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, cnrs, pp.249-283, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensional and epistemic wholes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The compositionality of Meaning and Content. Vol I Foundational issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ontos Verlag, pp.189-212, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensional and epistemic wholes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Machery and M. Werning. (eds),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The compositionality of Meaning and Content. Vol I Foundational issues.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ontos Verlag, pp.189-212, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00655950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Togetherness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maier, E., Bary, C. et Huitink, J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings Sinn und Bedeutung 9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UNiversity of Nijmegen, pp.155-169, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sous-spécification et interprétation contextuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Corblin et C. Gardent. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpréter en Contexte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès, pp.81-106, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354453v1</w:t>
-              </w:r>
-[...1917 lines deleted...]
-                <w:t xml:space="preserve">ijn_00656098v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panel pluridisciplinaire sur l'IA et la désinformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Falgas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Datafication, Intelligence Artificielle et Désinformation : conséquences et stratégies de résistance pour la sphère publique et les médias</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Forum on Information &amp; Democracy; Observatory on information &amp; democracy; CNRS; Ministère des Armées; Campus Cyber, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action-oriented apprehensives and the embedding of negative purpose adjuncts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Tahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formal Diachronic Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bologne, Nov 2024, Bologne (ITA), Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assertion, evidentiality and trust in social networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Boscaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RALFE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04860951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Truth judgment, internal states and LLMs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAI Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Göttingen, May 2024, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04860958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assertion, cooperativity and evidence on X</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Boscaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Tinarrage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Workshop on the Semantics and Pragmatics of Dialogue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Trento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04707500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressivity and semantic composition : evidence from mica exclamative questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Functional categories, dimensions of meaning, and expletiveness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Barcelona, Jun 2024, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04860961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidentiality, Assertivity, Trustworthiness in Social Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grammar of Interaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Alicante, Oct 2024, Alicante, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04861533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epistemic Future In Questions: Evidence Quality And The Mirativity Effect Of Mica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of IATL 36</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Bar Ilan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04354269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification de tweets en situation d'urgence pour la gestion de crises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moudjari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Paris, France. pp.204-216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04130181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forbid is not order not *</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridget Copley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NELS 52 (Fifty-Second Annual Meeting of the North East Linguistic Society)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, New Brunswick, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Give me your Intentions, I'll Predict Our Actions: A Two-level Classification of Speech Acts for Crisis Management in Social Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Laurenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Conference on Language Resources and Evaluation (LREC 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Language Resources Association (ELRA), Jun 2022, Marseille, France. pp.4333-4343</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speech acts and Communicative Intentions for Urgency Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Laurenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Joint Conference on Lexical and Computational Semantics (*SEM 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Seatle, United States. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2022.starsem-1.25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03730461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Are Sudden Crises Making me Collapse? Measuring Transfer Learning Performances on Urgency Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18653/v1/2022.starsem-1.25⟩</w:t>
-[...53 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nils Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Information Systems for Crisis Response and Management (ISCRAM 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISCRAM Organisation; National School of Engineers of Tarbes (France), May 2022, Tarbes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Annotated Corpus for Sexism Detection in French Tweets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Chiril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gloria Origgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Conference on Language Resources and Evaluation (LREC 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, online, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">He said “who’s gonna take care of your children when you are at ACL?”: Reported Sexist Acts are Not Sexist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Chiril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gloria Origgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58th Annual Meeting of the Association for Computational Linguistics (ACL 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACL: Association for Computational Linguistics, Jul 2020, Online, France. pp.4055-4066, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18653/v1/2020.acl-main.373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_03046501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grammatical mood and ambiguity aversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Bourgeois-Gironde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Blunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ExLing 2019 10th International Conference of Experimental Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Lisbonne, Portugal. pp.25 - 27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02869834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotive predicates and the subjunctive: a flexible mood OT account based on (non)veridicality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sinn und Bedeutung 20</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Tübingen, Germany. pp.288-305</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03896737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epistemic attitudes consensus and truth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Modality and Subjectivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Chicago, IL, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_01353392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Chaque vin a sa lie.&amp;quot; versus “Toute nuit a un jour.&amp;quot; --- does the difference in the human processing of &amp;quot; chaque&amp;quot; and &amp;quot; tout&amp;quot; match the difference between the proof rules for conjunction and quantification?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Retoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(In)Coherence of discourse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Amblard; M. Musiol; M. Rebuschi, Dec 2015, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotive factives and the puzzle of the subjunctive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chicago LInguistic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Chicago, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_01153919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed (Non)veridicality and mood choice with emotive verbs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLS 51</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Chicago, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_01181251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic Plural Indefinites : Sums or Groups ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Dobrovie-Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of NELS 37</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, United States. pp.205-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00761794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraints on quantificational domains : generic plural des indefinites in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Dobrovie-Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of Sinn und Bedeutung 11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Barcelona: Universitat Pompeu Fabra, Spain. pp.165-179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00751101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Togetherness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Jayez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sinn und Bedeutung 9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Nijmegen, Germany. pp.155-169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00391080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construction de composants de connaissance pour l'extraction et le filtrage de l'information sur les réseaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Grivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Guillemin-Lanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Filtrage et résumé automatique de l'information sur les réseaux, 3ème congrès du Chapitre français de l'ISKO International Society for knowledge Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">sic_00000466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6814,838 +6931,838 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scope ambiguities in future questions: reflection and queclamative with Italian MICA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04487338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Human and the Mechanical: logos, truthfulness, and ChatGPT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04434082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mere-desire and action-oriented bouletics in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Laurenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04074769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Prohibitive and Expletive Negations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Tahar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02865961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The epistemic and the counterfactual interpretations of present perfect 'pouvoir' in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00839362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Co)vert modality in generic sentenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00680238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the evidential nature of the Italian future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00678549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raisonnement temporel et modalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00451836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epistemic and circumstantial modality in the present perfect (present and imperfective) in French and Italian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00430552v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic Sentences and Types of Judgments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00429982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Future, judges and normalcy conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00354462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perfective and Imperfective in French Kinds of abilities and Actuality Entailment (And some notes on epistemic readings)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_00416168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7655,189 +7772,189 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forbid is not order not</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridget Copley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of NELS 52 (Fifty-Second Annual Meeting of the North East Linguistic Society)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 52, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assertability conditions of epistemic (and fictional) attitudes and mood variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semantics and Linguistic Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 26, pp.61-81, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3765/salt.v26i0.3782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03896764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7847,263 +7964,263 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A truth and Veridicality in Grammar and Thought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Giannakidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">The University of Chicago Press, 2021, 9780226763484</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genericity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Beyssade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Del Prete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alda Mari, Claire Beyssade, Fabio Del Prete. Oxford University Press, pp.464, 2013, Oxford Studies in Theoretical Linguistics, David Adger, Hagit Borer, 978-0-19-969180-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691807.001.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00992403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modalités et Temps: des modèles aux données.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alda Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peter Lang. Peter Lang., pp.250 env., 2013, Sciences de la Communication, Louis de Saussures</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00765789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8113,138 +8230,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sentence meaning as argumentative dialogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Catta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Retoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEMDIAL: Semantics and Pragmatics of Dialogue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Aix-en-Provence, France. , 22nd Workshop on the Semantics and Pragmatics of Dialogue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId172"/>
+      <w:footerReference w:type="default" r:id="rId174"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8391,51 +8508,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505804v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Darcy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mercier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Mari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Casati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Origgi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475980v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111386683-003" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475973v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boscaro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Giannakidou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ivitra.46.04bos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475976v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Giannakidou -" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18452/33383" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475986v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17158176" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984248v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Laurenti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ivitra.34.08lau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02870102v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004468184_011" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896728v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/hcp.61.09mar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02162147v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02162129v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161962v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161876v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01117822v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00748348v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992406v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beyssade" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Del Prete" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161789v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01150199v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354269v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354271v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354265v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354290v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Dobrovie-Sorin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354451v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354446v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Tovena" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354314v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354448v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00655950v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354457v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354453v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475885v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2025-0032" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04876576v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Abrusan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475882v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00122.mar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04068714v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tahar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cnj.2023.32" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04354294v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-023-09383-4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04354354v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Wanek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bourgeois-Gironde" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09632719231212391" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898338v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larriv&#233;e" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2020-0115" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509240v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Portner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/glossa.5726" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088697v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/716348" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03085340v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18148/sub/2020.v24i2.886" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889027v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Kozlowski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Lannelongue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Saudemont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Benamara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2020.102284" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02194771v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Baranzini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pragma.2019.01.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02194773v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-018-9235-1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02194772v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-017-9366-z" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471265v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Retor&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.072.0089" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896699v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01204953v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269515000289" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161864v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jos/fft003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161805v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00425262v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jayez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00656098v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005958v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Falgas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860951v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860953v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860958v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04707500v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Tinarrage" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860961v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04861533v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04354269v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130181v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Meunier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moudjari" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moriceau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898351v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Copley" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707232v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Bourgon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730461v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.starsem-1.25" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707241v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Chevalier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889035v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiril" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03046501v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2020.acl-main.373" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02869834v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nicolas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blunier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896737v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341007v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01353392v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01153919v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01181251v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00761794v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751101v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391080v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00000466v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Grivel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guillemin-Lanne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lautier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04487338v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04434082v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04074769v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865961v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00839362v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00680238v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00678549v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00451836v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00430552v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00429982v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354462v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00416168v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455716v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896764v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/salt.v26i0.3782" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898391v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992403v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.001.0001" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765789v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150083v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Catta" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05558631v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Wanek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Mari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bourgeois-Gironde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pragma.2026.02.010" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475885v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Giannakidou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2025-0032" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04876576v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Abrusan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Laurenti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475882v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00122.mar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04068714v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tahar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cnj.2023.32" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04354294v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-023-09383-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04354354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09632719231212391" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898338v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larriv&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/lingvan-2020-0115" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03509240v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Portner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/glossa.5726" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088697v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/716348" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889027v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Kozlowski" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Lannelongue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Saudemont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Benamara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2020.102284" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03085340v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18148/sub/2020.v24i2.886" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02194771v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Baranzini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pragma.2019.01.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02194773v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-018-9235-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02194772v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-017-9366-z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471265v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Retor&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.072.0089" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896699v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01204953v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269515000289" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161864v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jos/fft003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161805v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00425262v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jayez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00656098v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505804v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Darcy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Casati" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Origgi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475980v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111386683-003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475973v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boscaro" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ivitra.46.04bos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475976v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Giannakidou -" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18452/33383" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05475986v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17158176" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984248v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ivitra.34.08lau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02870102v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004468184_011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896728v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/hcp.61.09mar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02162147v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02162129v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161962v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161876v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01117822v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00748348v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouret" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992406v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beyssade" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Del Prete" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161789v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01150199v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354269v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354271v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354265v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354290v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Dobrovie-Sorin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354451v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354446v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Tovena" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354314v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354448v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00655950v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354457v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354453v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005958v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Falgas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860953v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860951v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860958v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04707500v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Tinarrage" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860961v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04861533v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04354269v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130181v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Meunier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moudjari" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moriceau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898351v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Copley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707232v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Bourgon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730461v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.starsem-1.25" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707241v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Chevalier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889035v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiril" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03046501v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2020.acl-main.373" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02869834v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nicolas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blunier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896737v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01353392v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341007v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01153919v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_01181251v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00761794v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751101v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391080v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00000466v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Grivel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guillemin-Lanne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lautier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04487338v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04434082v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04074769v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865961v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00839362v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00680238v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00678549v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00451836v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00430552v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00429982v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00354462v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00416168v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455716v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896764v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/salt.v26i0.3782" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898391v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992403v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.001.0001" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765789v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150083v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Catta" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>