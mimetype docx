--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,1531 +66,1664 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data-driven construction of machine-learning-based interatomic potentials for gas-surface scattering dynamics: the case of NO on graphite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel del Fré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto A. Alou Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Monnerville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Potential-Driven Molecular Dynamics of CO Ice Analogues : Investigating Desorption Following Vibrational Excitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Infuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Del Fré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto A Alou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Hugues Fillion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 163, pp.084303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0285103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05111723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time evolution of natural orbitals in ab initio molecular dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Piris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 160 (7), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0188491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04491144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photodesorption of CO ices: Rotational and translational energy distributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Hacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Basalgète</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel del Fré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jozef Rakovský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alenjandro Rivero Santamaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 161 (18), pp.184306. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0230819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab Initio Molecular Dynamics calculations on NO oxidation over oxygen functionalized Highly Oriented Pyrolytic Graphite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Alou Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 128 (42), pp.17894-17904. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c03961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanism of Ultraviolet-Induced CO Desorption from CO Ice: Role of Vibrational Relaxation Highlighted</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel del Fré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Basalgète</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Féraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 131 (23), pp.238001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.238001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Dimensional Atomistic Neural Network Potential to Study the Alignment-Resolved O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Scattering from Highly Oriented Pyrolytic Graphite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximiliano Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Alducin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heriberto Fabio Busnengo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Díez Muiño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 125 (12), pp.2588-2600. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpca.1c00835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04087329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab Initio Molecular Dynamics Study of Alignment-Resolved O 2 Scattering from Highly Oriented Pyrolytic Graphite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Alducin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Díez Muiño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Iñaki Juaristi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 123 (51), pp.31094-31102. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b09774⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04087337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Intricate Dynamics of the Si(&amp;lt;sup&amp;gt;3&amp;lt;/sup&amp;gt;P) + OH(X&amp;lt;sup&amp;gt;2&amp;lt;/sup&amp;gt;Π) Reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Larregaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 123 (36), pp.7683-7692. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpca.9b04699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02321818v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Dependent Quantum Wave Packet Study of the Si + OH → SiO + H Reaction: Cross Sections and Rate Constants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Rubayo-Soneira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 121, pp.1675-1685. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b00174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01467952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasi-classical trajectory calculations of cross sections and rate constants for the Si + OH → SiO + H reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero-Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Rubayo-Soneira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 610-611, pp.335. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2014.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01230998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A global ab initio potential energy surface for the X 2Aʹ ground state of the Si + OH → SiO + H reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero-Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 139 (20), pp.204305. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4832324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01231236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The O(1D) + H2 (X 1Σ+, v, j) → OH(X 2Π, v′, j′) + H(2S) reaction at low collision energy: when a simple statistical description of the dynamics works</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rivero-Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. González-Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. González-Lezana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rubayo-Soneira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Larrégaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 13 (18), pp.8136. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c0cp02662j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04087362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1600,815 +1733,815 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical Approaches to Astrophysical and Atmospheric High-Dimensional Systems: Combining Ab Initio Molecular Dynamics with Machine Learning-Based PES.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel del Fré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Alou Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Infuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">92e Congrès de l'Acfas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05125226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab Initio Molecular Dynamics calculations on NO oxidation over oxygen functionalized Highly Oriented Pyrolytic Graphite (O-HOPG)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Alou Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QuantumChemPhys Transborder Lab Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05243512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab Initio Molecular Dynamics calculations on NO oxidation over oxygen functionalized High Oriented Pyrolytic Graphite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Alou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Quo vadis theoretical modeling of gas-phase reactions: applications in atmospheric chemistry and climate change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Montpellier, Jun 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of the vibrational energy redistribution in CO and CO: N&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel del Fré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennial conference of the National Program "Physics and Chemistry of the Interstellar Medium" (PCMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03767811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Dependent Quantum Wave Packet Study of the Si + OH → SiO + H reaction: Cross Sections and Rate Constants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AstroLille 2016 - Colloque bi-annuel du programme national INSU/PCMI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of the Si + OH → SiO + H reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Rubayo-Soneira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th workshop on Quantum Reactive Scattering (QRS12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Oaxaca, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classical and quantum theoretical studies of the Si + OH → SiO + H reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Rubayo-Soneira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Processus physico-chimiques d’intérêt astrophysique : la chimie de l’azote</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, St Florent, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2418,609 +2551,609 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity, scattering, and energetic distribution of collisions between nitric oxide and oxidized graphite: Insights from AIMD calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Alou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular-Level Understanding of Atmospheric Aerosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Cargèse, France. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04526158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical studies of photodesorption of molecular interstellar ices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel del Fré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées plénières 2022 du GDR EMIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Dunkerque, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03695134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude théorique de la redistribution de l’énergie vibrationnelle dans des agrégats de CO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel del Fré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres des Chimistes Théoriciens Francophones (RCTF 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bordeaux, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03706668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of Cl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Michoulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion WP1 CLIMIBIO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lille, France. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Dependent Quantum Wave Packet Study of the Si + OH → SiO + H Reaction: Cross Sections and Rate Constants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rivero Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Dayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Monnerville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AstroLille 2016 - Colloque bi-annuel du programme national INSU/PCMI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Lille, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01486234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId77"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3167,51 +3300,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111723v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Infuso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Del Fr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto A Alou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bertin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Fillion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0285103" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491144v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivero Santamar&#237;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Piris" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0188491" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786845v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hacquard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Basalg&#232;te" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel del Fr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozef Rakovsk&#253;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alenjandro Rivero Santamaria" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0230819" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04629324v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Alou Angulo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Toubin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Monnerville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03961" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364305v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Duflot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine F&#233;raud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.238001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087329v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Ramos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Alducin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heriberto Fabio Busnengo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo D&#237;ez Mui&#241;o" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c00835" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087337v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I&#241;aki Juaristi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b09774" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321818v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Larregaray" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dayou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.9b04699" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467952v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Rubayo-Soneira" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b00174" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230998v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivero-Santamar&#237;a" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2014.07.011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231236v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4832324" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087362v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivero-Santamar&#237;a" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gonz&#225;lez-Lezana" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rubayo-Soneira" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Larr&#233;garay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cp02662j" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125226v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243512v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400362v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Alou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767811v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654249v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654220v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654233v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526158v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695134v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706668v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536231v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michoulier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486234v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561421v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel del Fr&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto A. Alou Angulo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Monnerville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivero Santamar&#237;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111723v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Infuso" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Del Fr&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto A Alou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bertin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Fillion" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0285103" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491144v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Piris" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0188491" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786845v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hacquard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Basalg&#232;te" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozef Rakovsk&#253;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alenjandro Rivero Santamaria" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0230819" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04629324v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Alou Angulo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Toubin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03961" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364305v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Duflot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine F&#233;raud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.238001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087329v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Ramos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Alducin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heriberto Fabio Busnengo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo D&#237;ez Mui&#241;o" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c00835" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087337v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I&#241;aki Juaristi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b09774" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321818v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Larregaray" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dayou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.9b04699" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467952v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Rubayo-Soneira" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b00174" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230998v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivero-Santamar&#237;a" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2014.07.011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231236v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4832324" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087362v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivero-Santamar&#237;a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gonz&#225;lez-Lezana" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rubayo-Soneira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Larr&#233;garay" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cp02662j" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125226v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243512v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400362v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Alou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767811v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654249v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654220v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654233v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526158v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695134v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706668v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536231v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michoulier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486234v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>