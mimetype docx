--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,370 +66,370 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Journées d'études &amp;quot;Dans les pas de Lina Bo Bardi. Leçons pour penser et concevoir un monde plus habitable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Fiori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Panzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans les pas de Lina Bo Bardi. Leçons pour penser et concevoir un monde plus habitable.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.35, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04810042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Grand Paris contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Panzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pousin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inventer le Grand Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2019.0042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03087056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planifier le Grand Moscou post-soviétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Essaïan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/u4vf⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04486829v1</w:t>
-              </w:r>
-[...216 lines deleted...]
-                <w:t xml:space="preserve">hal-03087056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -447,51 +447,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Moscou. De la capitale socialiste à la « métropole européenne » : une valse à trois temps »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Essaïan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -555,352 +555,352 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier Paris-Moscou : Planifier le Grand Moscou post-soviétique. Temps de discussion 2</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Introduction scientifique « Le Grand Moscou Post-soviétique : de la privatisation du sol à l’aménagement métropolitain »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Panzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Jaquand</w:t>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25580/igp.2021.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25580/igp.2021.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04766835v1</w:t>
+                <w:t xml:space="preserve">hal-04766729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction scientifique « Le Grand Moscou Post-soviétique : de la privatisation du sol à l’aménagement métropolitain »</w:t>
+                <w:t xml:space="preserve">Atelier Paris-Moscou : Planifier le Grand Moscou post-soviétique -Temps de discussion 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Viganò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lïa Zalivoukhine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25580/igp.2021.0001⟩</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2021.0012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766729v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier Paris-Moscou : Planifier le Grand Moscou post-soviétique -Temps de discussion 3</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atelier Paris-Moscou : Planifier le Grand Moscou post-soviétique. Temps de discussion 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Essaïan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jaquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Burgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2021.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola Viganò</w:t>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">hal-04767362v1</w:t>
+                <w:t xml:space="preserve">hal-04766835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Session 2 : Du Grand Paris au Grand Moscou</w:t>
               </w:r>
@@ -957,103 +957,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier Paris-Berlin : Grand Berlin, écriture de l’histoire et politiques urbaines. Temps de discussion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Jaquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harald Bodenschatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1078,419 +1078,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Grand Paris contemporain. Temps de discussion 2</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Introduction de la matinée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Panzeri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Duranel</w:t>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25580/igp.2019.0049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25580/igp.2019.0043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756927v1</w:t>
+                <w:t xml:space="preserve">hal-04756805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Grand Paris contemporain. Temps de discussion 1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Grand Paris contemporain. Temps de discussion 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duranel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Maniaque</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25580/igp.2019.0046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25580/igp.2019.0049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756865v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une métamorphose végétale de la métropole. Les &amp;quot;nouveaux monuments&amp;quot; de la CIGP au prisme du développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25580/igp.2019.0045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04756847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction de la matinée</w:t>
+                <w:t xml:space="preserve">Le Grand Paris contemporain. Temps de discussion 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Maniaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Deval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25580/igp.2019.0043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25580/igp.2019.0046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756805v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1746,51 +1746,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486829v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Essa&#239;an" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Panzeri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u4vf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810042v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fiori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03087056v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0042" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486707v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766835v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaquand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Burgel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766729v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767362v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vigan&#242;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#239;a Zalivoukhine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Orillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0012" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766902v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681024v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Bodenschatz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756927v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duranel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Nivet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Chauvel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0049" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756865v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maniaque" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Deval" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0046" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756847v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0045" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756805v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0043" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002975v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810042v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fiori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Panzeri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03087056v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0042" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486829v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Essa&#239;an" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u4vf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486707v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766729v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767362v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vigan&#242;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#239;a Zalivoukhine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Orillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0012" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766835v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaquand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Burgel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766902v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681024v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Bodenschatz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756805v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0043" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756927v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duranel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Nivet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Chauvel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0049" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756847v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0045" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756865v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maniaque" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Deval" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0046" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002975v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>