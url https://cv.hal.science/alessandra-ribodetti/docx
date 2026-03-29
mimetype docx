--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -368,563 +368,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending the search space of Full waveform inversion beyond the single-scattering Born approximation: A tutorial review</w:t>
+                <w:t xml:space="preserve">Integration of magnetic and geological field data into geological mapping and rutile mineralization targets in the Minta locality (Haute-Sanaga, Cameroon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Operto</w:t>
+                <w:t xml:space="preserve">Salimatou Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Moustapha Ndam Njikam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Gholami</w:t>
+                <w:t xml:space="preserve">Mbida Yem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hossein Aghamiry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stephen Beller</w:t>
+                <w:t xml:space="preserve">Joseph Quentin Yene Atangana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1190/geo2022-0758.1⟩</w:t>
+              <w:t xml:space="preserve">Exploration Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54 (6), pp.670-684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08123985.2023.2210158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04154991v1</w:t>
+                <w:t xml:space="preserve">hal-04401785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined analysis of resistivity and induced polarization tomography for 3D modelling and preliminary volume estimation of the possible gold mineralization zones in the Simi locality, Adamawa, Cameroon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Moustapha Ndam Njikam</w:t>
+                <w:t xml:space="preserve">Extending the search space of Full waveform inversion beyond the single-scattering Born approximation: A tutorial review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Gholami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mbida Yem</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
+                <w:t xml:space="preserve">Hossein Aghamiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Messi</w:t>
+                <w:t xml:space="preserve">Gaoshan Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Beller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2478.13343⟩</w:t>
+              <w:t xml:space="preserve">Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 88 (6), pp.R671-R702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/geo2022-0758.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04401776v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04154991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is 3D frequency-domain FWI of full-azimuth/long-offset OBN data feasible? The Gorgon case study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephen Beller</w:t>
+                <w:t xml:space="preserve">Combined analysis of resistivity and induced polarization tomography for 3D modelling and preliminary volume estimation of the possible gold mineralization zones in the Simi locality, Adamawa, Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Moustapha Ndam Njikam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mbida Yem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsène Meying</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfredo Buttari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Combe</w:t>
+                <w:t xml:space="preserve">Gabriel Messi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leading Edge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1190/tle42030173.1⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 71 (4), pp.749-764. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2478.13343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922986v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of magnetic and geological field data into geological mapping and rutile mineralization targets in the Minta locality (Haute-Sanaga, Cameroon)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is 3D frequency-domain FWI of full-azimuth/long-offset OBN data feasible? The Gorgon case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Amestoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Beller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salimatou Diallo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mbida Yem</w:t>
+                <w:t xml:space="preserve">Alfredo Buttari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Quentin Yene Atangana</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
+                <w:t xml:space="preserve">L. Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exploration Geophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 54 (6), pp.670-684. </w:t>
+              <w:t xml:space="preserve">Leading Edge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (3), pp.173-183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/08123985.2023.2210158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1190/tle42030173.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04401785v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the electrical resistivity method and the estimation of limestone volume : a case study</w:t>
               </w:r>
@@ -1187,51 +1187,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consistent seismic event location and subsurface parameters inversion through slope tomography: a variable-projection approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Sambolian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1698,51 +1698,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matrix-free anisotropic slope tomography: Theory and application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borhan Tavakoli F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2181,373 +2181,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01256399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct and indirect inversions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A downscaling strategy from FWI to microscale reservoir properties from high-resolution images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bastien Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Asnaashari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Garambois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Seismology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10950-016-9587-3⟩</w:t>
+              <w:t xml:space="preserve">Leading Edge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 35 (2), pp.146-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/tle35020146.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01744867v1</w:t>
+                <w:t xml:space="preserve">hal-02009521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A downscaling strategy from FWI to microscale reservoir properties from high-resolution images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct and indirect inversions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Virieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Dupuy</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ludovic Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leading Edge</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 35 (2), pp.146-150. </w:t>
+              <w:t xml:space="preserve">Journal of Seismology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (4), pp.1107 - 1121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1190/tle35020146.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10950-016-9587-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02009521v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient 3-D frequency-domain mono-parameter full-waveform inversion of ocean-bottom cable data: application to Valhall in the visco-acoustic vertical transverse isotropic approximation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Miniussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 202 (2), pp.1362-1391. </w:t>
@@ -2719,90 +2719,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computationally efficient three-dimensional acoustic finite-difference frequency-domain seismic modeling in vertical transversely isotropic media with sparse direct solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2853,90 +2853,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A guided tour of multi-parameter full waveform inversion with multi-component data: from theory to practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaser Gholami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Prieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3268,51 +3268,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical Approach of Seismic Full Waveform Inversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asnaashari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Castellanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4095,51 +4095,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite-difference frequency-domain modeling of viscoacoustic wave propagation in 2D tilted transversely isotropic (TTI) media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Virieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4949,64 +4949,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Amestoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Aghamiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Beller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Buttari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5681,411 +5681,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03435817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Results from the SEFASILS Experiment: Evidence for Mantle Exhumation in the Ligurian basin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Xavier Dessa</w:t>
+                <w:t xml:space="preserve">Réexamen de la paléogéographie de l'anté-Cénomanien de la zone sud sanaga (Marge Atlantique du Cameroun), à partir de l'analyse de la sismique CameroonSpan et des forages pétroliers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike-Franck Mienlam Essi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Quentin Yene Atangana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mbida Yem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ponce Nguema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laure Schenini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall meeting 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560136v1</w:t>
+                <w:t xml:space="preserve">hal-03589248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multichannel Seismic Imaging of the Northern Andean subduction margin in Ecuador: preliminary seismic processing results from HIPER campaign</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Results from the SEFASILS Experiment: Evidence for Mantle Exhumation in the Ligurian basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Canva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Xavier Dessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Beslier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Schenini</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laure Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geophysical Union General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AGU Fall meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360726v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réexamen de la paléogéographie de l'anté-Cénomanien de la zone sud sanaga (Marge Atlantique du Cameroun), à partir de l'analyse de la sismique CameroonSpan et des forages pétroliers.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ponce Nguema</w:t>
+                <w:t xml:space="preserve">Multichannel Seismic Imaging of the Northern Andean subduction margin in Ecuador: preliminary seismic processing results from HIPER campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Schenini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Skrubej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geophysical Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9551⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03589248v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure du bassin Ligure : apport de l’exploitation conjointe des données OBS et MSC de la campagne SEFASILS</w:t>
               </w:r>
@@ -6343,51 +6343,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the hypocenter-velocity problem through a slope tomography inspiration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Sambolian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6460,51 +6460,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From slope tomography to FWI: Is the conventional workflow viable in complex settings?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Sambolian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6724,51 +6724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Sambolian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Górszczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6951,567 +6951,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02381960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution seismic imaging in shallow salt environment: preliminary results from the SEFASILS campaign, NS11A-04</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Parametrization of Slope Tomography: Its Implication on the Velocity-position Coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Bachir Miguil</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Sambolian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ribodetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Tavakoli F.</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Mathematical &amp; Computational Issues in the Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Houston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02381967v1</w:t>
+                <w:t xml:space="preserve">hal-02356162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Parametrization of Slope Tomography: Its Implication on the Velocity-position Coupling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High resolution seismic imaging in shallow salt environment: preliminary results from the SEFASILS campaign, NS11A-04</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Xavier Dessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Sambolian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Sambolian</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mohamed Bachir Miguil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Schenini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Mathematical &amp; Computational Issues in the Geosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Houston, United States</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356162v1</w:t>
+                <w:t xml:space="preserve">hal-02381967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An accurate Eulerian travel-time computation: implication for slope tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parsimonious Slope Tomography Based On Eikonal Solvers and the Adjoint-state Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Sambolian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Tavakoli F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Virieux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">80th EAGE Conference &amp; Exhibition 2018 Workshop Programme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.201801874⟩</w:t>
+              <w:t xml:space="preserve">80th EAGE Conference and Exhibition 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Copenhagen, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201801384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02456989v1</w:t>
+                <w:t xml:space="preserve">hal-02456962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parsimonious Slope Tomography Based On Eikonal Solvers and the Adjoint-state Method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An accurate Eulerian travel-time computation: implication for slope tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Virieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Sambolian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Le Bouteiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">80th EAGE Conference and Exhibition 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Copenhagen, France. </w:t>
+              <w:t xml:space="preserve">80th EAGE Conference &amp; Exhibition 2018 Workshop Programme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Copenhagen, Denmark. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.201801384⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201801874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02456962v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02456989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic First-arrival Slope and Traveltime Tomography (FASTT)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Tavakoli F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7584,77 +7584,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient 3D Frequency-domain Full-waveform Inversion of Ocean-bottom Cable Data - Application to Valhall in the Visco-ac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Miniussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7718,77 +7718,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient 3D frequency-domain full-waveform inversion of ocean-bottom cable data with sparse block low-rank direct solver: a real data case study from the North Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Amestoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfredo Buttari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves L'Excellent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7852,90 +7852,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Frequency-domain Seismic Modeling Engine for 3D Visco-acoustic VTI Full Waveform Inversion of Fixed-spread Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9850,272 +9850,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00497764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscoacoustic Frequency-Domain Full-Waveform Inversion – Application to Numerical VSP Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Finite-Difference Frequency-Domain Modeling of Acoustic Wave Propagation in 2D TTI Anisotropic Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R.-E. Plessix</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Virieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Operto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Virieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69th EAGE Conference &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2007, Londres, United Kingdom. pp.Full Waveform Inversion</w:t>
+              <w:t xml:space="preserve">, Jun 2007, Londres, United Kingdom. pp.Seismic Modelling</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00408393v1</w:t>
+                <w:t xml:space="preserve">hal-00408396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite-Difference Frequency-Domain Modeling of Acoustic Wave Propagation in 2D TTI Anisotropic Media</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Viscoacoustic Frequency-Domain Full-Waveform Inversion – Application to Numerical VSP Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.-E. Plessix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Virieux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Operto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69th EAGE Conference &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2007, Londres, United Kingdom. pp.Seismic Modelling</w:t>
+              <w:t xml:space="preserve">, Jun 2007, Londres, United Kingdom. pp.Full Waveform Inversion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00408396v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00408393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas hydrate bottom-simulating reflector analysis on the Colombia-Ecuador convergent margin from multichannel seismic reflection data by viscoacoustic asymptotic waveform inversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">2D fine-scale imaging of the subduction channel in Gulf of Guayaquil by integrated iterative PSDM and simulated annealing optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Agudelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10128,115 +10141,111 @@
                 </w:rPr>
                 <w:t xml:space="preserve">J. Virieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Collot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2006</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Society of Exploration Geophysicists (SEG 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, New Orleans, United States. pp.2151, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/1.2369962⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00408509v1</w:t>
+                <w:t xml:space="preserve">hal-00408477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D fine-scale imaging of the subduction channel in Gulf of Guayaquil by integrated iterative PSDM and simulated annealing optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gas hydrate bottom-simulating reflector analysis on the Colombia-Ecuador convergent margin from multichannel seismic reflection data by viscoacoustic asymptotic waveform inversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10249,82 +10258,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">J. Virieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Collot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Society of Exploration Geophysicists (SEG 2006)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, San Francisco, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1190/1.2369962⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00408477v1</w:t>
+                <w:t xml:space="preserve">hal-00408509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Prestack Depth Migration/Inversion and Simulated Annealing Optimization for Structural Model Building</w:t>
               </w:r>
@@ -10862,77 +10862,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An introduction to full waveform inversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Virieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Asnaashari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Ribodetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11402,51 +11402,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04769873v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Moustapha Ndam Njikam" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Meying" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gus Djibril Kouankap Nono" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zanga Amougou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08123985.2024.2396364" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654022v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Ndam Njikam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meying" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanga Amougou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lionel Ebengue Atega" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12269328.2024.2377315" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154991v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Operto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Gholami" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Aghamiry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoshan Guo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Beller" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0758.1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401776v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbida Yem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Messi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13343" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922986v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Amestoy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Buttari" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Combe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/tle42030173.1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401785v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimatou Diallo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Quentin Yene Atangana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08123985.2023.2210158" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372214v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yem" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohamed" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soumah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2023.1280414" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883870v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Xerri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gineth Saracco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zomero" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22239433" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013635v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sambolian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Virieux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa555" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578625v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sambolian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gorszczyk" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Operto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tavakoli F." TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab262" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524420v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schenini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chamot-Rooke" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences10030108" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134584v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Operto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ribodetti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tavakoli&#160;f." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virieux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz150" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116227v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borhan Tavakoli F." TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2018-0112.1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524296v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tavakoli F." TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx111" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734549v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Collot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Sanclemente" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JB013849" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256399v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marcaillou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Yves Collot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia d'Acremont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahamat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2015.10.043" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744867v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brossier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic M&#233;tivier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-016-9587-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009521v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dupuy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Asnaashari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garambois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/tle35020146.1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009486v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Miniussi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Combe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv226" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362330v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Badji" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brac&#232;ne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galve" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Badsi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu454" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888494v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2013-0478.1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935445v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaser Gholami" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Prieux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/tle32091040.1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830255v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gholami" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brossier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Prieux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2012-0203.1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830264v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2012-0204.1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00820761v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asnaashari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castellanos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dupuy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Etienne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1995423912020012" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620564v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malinowski" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05098.x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00681424v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Agudelo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Collot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3554330" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585749v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yem L. Mbida" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Camera" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mascle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.04928.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653256v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Sage" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB008429" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847721v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Autin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Leroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Razin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2009.04424.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407973v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP341.5" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413561v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E. Anderson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3157243" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408244v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JB005690" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407876v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Spence" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelin Wang" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.04.049" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPSG3XHZ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408245v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JB005691" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407461v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hanyga" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02337.x" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408246v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099156v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaffet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Saracco" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02245.x" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920848v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Operto" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Amestoy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buttari" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.2023101186" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03937480v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rietbrock" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laigle" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04288486v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Skrubej" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829908v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Saracco" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546047v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ghalya Hussni" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Becel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435817v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Canva" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9759" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560136v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360726v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9551" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589248v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike-Franck Mienlam Essi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ponce Nguema" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560011v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360728v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Boucard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chalumeau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-14636" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972251v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2020-3428084.1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972239v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2020-3428063.1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525588v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10047" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456998v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G&#243;rszczyk" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201901562" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381960v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381967v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bachir Miguil" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356162v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sambolian" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456989v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bouteiller" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201801874" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456962v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201801384" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456984v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201801387" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009481v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Haller" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201413200" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01239896v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves L'Excellent" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mary" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2015-5713962.1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888470v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20141526" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719041v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3513928" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497753v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Ben" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ali" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498112v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498110v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498111v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460103v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Autin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-O. Beslier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bellahsen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460105v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497970v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456903v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456901v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Spence" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408456v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408497v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grini" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2792903" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471200v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maufroy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeyen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dietrich" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408391v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497763v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sage" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497764v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calahorrano" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408393v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-E. Plessix" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408396v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408509v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408477v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2369962" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408341v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766760v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Turquety" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conil" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.2000.846890" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920497v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delsuc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060930v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009693v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.9781560803027.entry6" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682707v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cruz-Atienza" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chaljub" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456896v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04769873v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Moustapha Ndam Njikam" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Meying" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gus Djibril Kouankap Nono" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zanga Amougou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08123985.2024.2396364" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654022v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Ndam Njikam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meying" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanga Amougou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lionel Ebengue Atega" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12269328.2024.2377315" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401785v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimatou Diallo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbida Yem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Quentin Yene Atangana" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08123985.2023.2210158" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154991v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Operto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Gholami" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Aghamiry" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoshan Guo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Beller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2022-0758.1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401776v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Messi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13343" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922986v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Amestoy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Buttari" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Combe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/tle42030173.1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372214v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yem" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohamed" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soumah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2023.1280414" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883870v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Xerri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gineth Saracco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zomero" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22239433" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013635v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sambolian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Virieux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa555" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578625v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sambolian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gorszczyk" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Operto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tavakoli F." TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab262" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524420v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schenini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chamot-Rooke" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences10030108" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134584v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Operto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ribodetti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tavakoli&#160;f." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virieux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz150" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116227v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borhan Tavakoli F." TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2018-0112.1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524296v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tavakoli F." TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx111" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734549v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Collot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Sanclemente" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JB013849" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256399v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marcaillou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Yves Collot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia d'Acremont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahamat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2015.10.043" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009521v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dupuy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Asnaashari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brossier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garambois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic M&#233;tivier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/tle35020146.1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744867v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-016-9587-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009486v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Miniussi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Combe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv226" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362330v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Badji" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brac&#232;ne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galve" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Badsi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu454" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888494v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2013-0478.1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935445v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaser Gholami" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Prieux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/tle32091040.1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830255v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gholami" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brossier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Prieux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/geo2012-0203.1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830264v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2012-0204.1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00820761v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asnaashari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castellanos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dupuy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Etienne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1995423912020012" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620564v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malinowski" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05098.x" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00681424v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Agudelo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Collot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3554330" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585749v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yem L. Mbida" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Camera" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mascle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.04928.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653256v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Sage" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB008429" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847721v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Autin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Leroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Razin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2009.04424.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407973v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP341.5" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413561v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E. Anderson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3157243" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408244v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JB005690" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407876v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Spence" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelin Wang" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.04.049" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPSG3XHZ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408245v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JB005691" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407461v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hanyga" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02337.x" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408246v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099156v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaffet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Saracco" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02245.x" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920848v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Operto" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Amestoy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buttari" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.2023101186" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03937480v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rietbrock" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laigle" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04288486v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Skrubej" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829908v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Saracco" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546047v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ghalya Hussni" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Becel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435817v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Canva" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9759" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589248v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike-Franck Mienlam Essi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ponce Nguema" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560136v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360726v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9551" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560011v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360728v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Boucard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chalumeau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-14636" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972251v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2020-3428084.1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972239v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2020-3428063.1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525588v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10047" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456998v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G&#243;rszczyk" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201901562" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381960v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356162v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sambolian" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381967v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bachir Miguil" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456962v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201801384" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456989v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bouteiller" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201801874" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456984v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201801387" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009481v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Haller" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201413200" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01239896v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves L'Excellent" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mary" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/segam2015-5713962.1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888470v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20141526" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719041v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3513928" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497753v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Ben" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ali" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498112v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498110v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498111v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460103v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Autin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-O. Beslier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bellahsen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460105v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497970v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456903v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456901v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Spence" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408456v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408497v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grini" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2792903" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471200v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maufroy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeyen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dietrich" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408391v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497763v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sage" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497764v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calahorrano" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408396v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408393v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-E. Plessix" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408477v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2369962" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408509v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408341v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766760v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Turquety" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conil" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMTC.2000.846890" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920497v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delsuc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060930v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009693v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.9781560803027.entry6" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682707v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cruz-Atienza" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chaljub" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456896v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>