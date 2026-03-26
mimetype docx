--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -277,177 +277,177 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy permutation of quantum modes on a moving rectangular confinement: practical implementations and numerical evidences</w:t>
+                <w:t xml:space="preserve">Exact controllability to eigensolutions of the fractional heat equation via bilinear controls on N-dimensional domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Castro Carlos</w:t>
+                <w:t xml:space="preserve">Rémi Buffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05101592v1</w:t>
+                <w:t xml:space="preserve">hal-04622031v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exact controllability to eigensolutions of the fractional heat equation via bilinear controls on N-dimensional domains</w:t>
+                <w:t xml:space="preserve">Energy permutation of quantum modes on a moving rectangular confinement: practical implementations and numerical evidences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Buffe</w:t>
+                <w:t xml:space="preserve">Castro Carlos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04622031v2</w:t>
+                <w:t xml:space="preserve">hal-05101592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small-time global controllability of the Burgers equation via bilinear controls</w:t>
               </w:r>
@@ -710,369 +710,369 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Networks of sign-changing metamaterials: existence and spectral properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kaïs Ammari</w:t>
+                <w:t xml:space="preserve">On the small-time bilinear control of a nonlinear heat equation: global approximate controllability and exact controllability to trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Duca</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Pozzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Bonnetier</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Urbani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2407.06661⟩</w:t>
+              <w:t xml:space="preserve">Journal de Mathématiques Pures et Appliquées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 203, pp.103758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matpur.2025.103758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639514v2</w:t>
+                <w:t xml:space="preserve">hal-04647802v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the small-time bilinear control of a nonlinear heat equation: global approximate controllability and exact controllability to trajectories</w:t>
+                <w:t xml:space="preserve">Bilinear control and growth of Sobolev norms for the nonlinear Schrödinger equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Urbani</w:t>
+                <w:t xml:space="preserve">Vahagn Nersesyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Mathématiques Pures et Appliquées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 203, pp.103758. </w:t>
+              <w:t xml:space="preserve">Journal of the European Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matpur.2025.103758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4171/JEMS/1420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04647802v2</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilinear control and growth of Sobolev norms for the nonlinear Schrödinger equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Networks of sign-changing metamaterials: existence and spectral properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaïs Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vahagn Nersesyan</w:t>
+                <w:t xml:space="preserve">Eric Bonnetier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Mathematical Society</w:t>
+              <w:t xml:space="preserve">Communications in Mathematical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4171/JEMS/1420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2407.06661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03128548v1</w:t>
+                <w:t xml:space="preserve">hal-04639514v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local exact controllability of the 1D nonlinear Schrödinger equation in the case of Dirichlet boundary conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vahagn Nersesyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1110,51 +1110,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small-time controllability for the nonlinear Schrödinger equation on $\mathbb{R}^N$ via bilinear electromagnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugenio Pozzoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1409,51 +1409,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piermarco Cannarsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Urbani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series S</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (5), pp.1377-1401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1559,196 +1559,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01520173v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilinear quantum systems on compact graphs: well-posedness and global exact controllability</w:t>
+                <w:t xml:space="preserve">Schrödinger equation in moving domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (6), pp.2029-2063. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.automatica.2020.109324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00023-021-01020-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01830297v5</w:t>
+                <w:t xml:space="preserve">hal-02736016v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schrödinger equation in moving domains</w:t>
+                <w:t xml:space="preserve">Bilinear quantum systems on compact graphs: well-posedness and global exact controllability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (6), pp.2029-2063. </w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00023-021-01020-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.automatica.2020.109324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736016v3</w:t>
+                <w:t xml:space="preserve">hal-01830297v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-posedness and exponential decay for the Euler–Bernoulli beam conveying fluid equation with non-constant velocity and dynamical boundary conditions</w:t>
               </w:r>
@@ -1832,222 +1832,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02570702v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permuting quantum eigenmodes by a quasi-adiabatic motion of a potential wall</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CONTROLLABILITY OF PERIODIC BILINEAR QUANTUM SYSTEMS ON INFINITE GRAPHS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaïs Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dmitry Turaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 61 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0005399⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0010579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414236v1</w:t>
+                <w:t xml:space="preserve">hal-02169344v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONTROLLABILITY OF PERIODIC BILINEAR QUANTUM SYSTEMS ON INFINITE GRAPHS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kaïs Ammari</w:t>
+                <w:t xml:space="preserve">Permuting quantum eigenmodes by a quasi-adiabatic motion of a potential wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Duca</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Turaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 61 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0010579⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0005399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02169344v2</w:t>
+                <w:t xml:space="preserve">hal-02414236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous global exact controllability in projection of infinite 1D bilinear Schrödinger equations</w:t>
               </w:r>
@@ -2326,51 +2326,51 @@
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the controllability of bilinear closed quantum systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Duca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Analysis of PDEs [math.AP]. Université Bourgogne Franche-Comté; Ecole polytechnique. Turin (Italie), 2018. English. </w:t>
+              <w:t xml:space="preserve">Analysis of PDEs [math.AP]. Université Bourgogne Franche-Comté; École polytechnique. Turin (Italie), 2018. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018UBFCD004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2473,51 +2473,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ABA49DD8"/>
+    <w:nsid w:val="ABF26A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2621,51 +2621,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F7039EA6"/>
+    <w:nsid w:val="24DB6FFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2855,51 +2855,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alessandro-duca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7060-1723" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/227825829" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101592v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Castro Carlos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Duca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622031v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Buffe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906284v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak&#233;o Takahashi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042981v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabile Boussa&#239;d" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006921v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Ammari" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Le Balc&#8217;h" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639514v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnetier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2407.06661" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647802v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Pozzoli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Urbani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2025.103758" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128548v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahagn Nersesyan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1420" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579006v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624316v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1590305" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280399v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2022060" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592688v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Turaev" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/AIHPC/86" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piermarco Cannarsa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2022011" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520173v5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2019.1616224" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830297v5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2020.109324" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736016v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-021-01020-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570702v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Ben Aissa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama Abdelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00033-021-01484-z" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414236v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0005399" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169344v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0010579" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481873v5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/DPDE.2020.v17.n3.a4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875685v4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18m1212768" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02164419v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2019.1680868" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01830104v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018UBFCD004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alessandro-duca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7060-1723" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/227825829" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622031v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Buffe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Duca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101592v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Castro Carlos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906284v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak&#233;o Takahashi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042981v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabile Boussa&#239;d" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006921v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Ammari" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Le Balc&#8217;h" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647802v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Pozzoli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Urbani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2025.103758" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128548v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahagn Nersesyan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1420" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639514v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnetier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2407.06661" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579006v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624316v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1590305" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280399v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2022060" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592688v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Turaev" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/AIHPC/86" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piermarco Cannarsa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2022011" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520173v5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2019.1616224" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736016v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-021-01020-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830297v5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2020.109324" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570702v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Ben Aissa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mama Abdelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00033-021-01484-z" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169344v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0010579" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414236v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0005399" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481873v5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/DPDE.2020.v17.n3.a4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875685v4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18m1212768" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02164419v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2019.1680868" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01830104v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018UBFCD004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>