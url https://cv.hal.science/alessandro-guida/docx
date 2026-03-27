--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alessandro Guida </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alessandro-guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8733-4470</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking space and ordinal position in working memory: A multi-level meta-analysis of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 266, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2025.106276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing order in short-term memory is spatially biased in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 252, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2024.106171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing the quality and reproducibility of research: Preferred Evaluation of Cognitive and Neuropsychological Studies - The PECANS statement for human studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Pezzetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Toffalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Cona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavior Research Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 57, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13428-025-02705-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional associations in short-term memory can vanish in long-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (8), pp.2073-2091. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-024-01577-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial organisation in the human mind as a function of the distance between stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Fenwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 78, pp.1107 - 1123. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218241255690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized experimental designs to best detect spatial positional association of response codes in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85, pp.1661-1680. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02666-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bootstrapping the visuospatial bootstrapping effect and testing its spatialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Maherault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1 - 15. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09658211.2021.1903039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s working memory develops at similar rates for sequences differing in compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 120 (2), pp.175-202. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.202.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can spatialisation be extended to episodic memory and open sets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Normandon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (August) (7), pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory is related to literacy and reading direction: Culture “literarily” directs our thoughts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Megreya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.96 - 100. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2018.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression in Working Memory and Its Relationship With Fluid Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42, pp.904 - 922. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.12601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A preference for some types of complexity comment on &amp;quot;perceived beauty of random texture patterns: A preference for complexity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Soler-Toscano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 174, pp.48-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinctiveness as a function of spatial expansion in verbal working memory: comment on Kreitz, Furley, Memmert, and Simons (2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe van Dijck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elger Abrahamse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 81 (3), pp.690 - 695. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-016-0765-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Abilities to Form Chunks in Immediate Memory and Its Non-Relationship to Span Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Binet with Jacques Inaudi: An experimental study of a prodigy of memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (02), pp.249 - 293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SPoARC in the Dark: Spatialization in Verbal Immediate Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (8), pp.2108 - 2121. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.12316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming an expert: Ontogeny of expertise as an example of neural reuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral and Brain Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0140525X15001570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting the experimental dialogue between working memory and chunking: Behavioral data and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Phénix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 44 (3), pp.420-434. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-015-0572-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hearing the inaudible experimental subject: Echoes of Inaudi, Binet’s calculating prodigy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Trevelyan Burman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (1), pp.47 - 68. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0038448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hearing the inaudible experimental subject: Echos of Inaudi, Binet's calculating prodigy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Trevelyan Burman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18, pp.47-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01823777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charcot and the Mental Calculator Jacques Inaudi. Jean-Martin Charcot (1892): Procédés psychiques de fixation et de réviviscence des chiffres chez le calculateur Jacques Inaudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Yearbook of the History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1, pp.107 - 138. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.EYHP.5.108404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charcot and the mental calculator Jacques Inaudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, European Yearbook of the History of Psychology, 1, pp.107-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01823783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2011 space odyssey: spatialization as a mechanism to code order allows a close encounter between memory expertise and classic immediate memory studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5, pp.573. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2014.00573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broca and Charcot’s Research on Jacques Inaudi:The Psychological and Anthropological Study of a Mental Calculator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zachary Levine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the History of the Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (2), pp.140 - 159. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0964704x.2013.840751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of long-term working memory through personalization applied to free recall : Uncurbing the primacy-effect enthusiasm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Gras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41, pp.571-587. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-012-0284-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01428585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgetting at short term: When do event-based interference and temporal factors have an effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaën Plancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 142 (2), pp.155 - 167. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2012.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional cerebral reorganization: a signature of expertise? Reexamining Guida, Gobet, Tardieu, and Nicolas' (2012) two-stage framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (590), </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnhum.2013.00590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are schemas sufficient to interpret the personalization effect? Only if long-term working memory backs up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 63 (2), pp.99-107. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2012.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How chunks, long-term working memory and templates offer a cognitive explanation for neuroimaging data on expertise acquisition: A two-stage framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 79 (3), pp.221 - 244. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandc.2012.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de travail à long terme: quelle est l'utilité de ce concept ? Emergence, concurrence et bilan de la théorie d'Ericsson et Kintsch (1995)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 109, pp.83-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The personalization method applied to a working memory task: Evidences of long-term working memory effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21, pp.862-896</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared cerebral bases for the recognition of visual and auditory information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The scientific instruments of France's first university laboratory for expérimental psychology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Priser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd Scientific Instrument Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Palerme (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal probing in experimental designs to best detect spatial positional association of response codes for visual vs verbal information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When do westerners start thinking from left to right?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Pasadena, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As my mother used to say: “There can be consequences when playing with SPoARC(s)!”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paphos, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How is order coded in verbal immediate memory? &amp;quot;Rrrhhhh…SPATIALLY&amp;quot; would maybe snarl the hunted SNARK!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWOMS-7: Seventh European Working Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2011 space odyssey: How order is coded could allow a close encounter between memory expertise and classic immediate memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belgian Association for Belgian Psychology - Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Louvain, May 2014, Louvain, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another SPARC while hunting the SNARC on short-term memory lands: What if order in verbal short-term memory was coded spatially?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESCOP-18: Eighteenth European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgetting at Short Term: When do Event-Based Interference and Temporal Factors Have an Effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaën Plancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term working memory theory: Examining physiologically and behaviourally the retrieval structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWOMS-6: Sixth European Working Memory Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are working memory capacity differences due to long-term memory differences? The long-term working memory point of view & the answer of data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Gras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOM-5: Fifth International Conference on Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How three psychological theories offer a cognitive explanation of expertise acquisition neuroimagery in a two-stage framework: From brain decrease activation to brain functional reorganization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E.P.A, Sixth Annual Meeting, Imaging Brain Plasticity and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgetting in immediate serial recall: time vs. interference. When the encoding rates determine the winner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESCOP-16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Cracovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different patterns of activation for the recognition of visual vs. auditory verbal information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les caractéristiques sémantiques n’influencent pas la spatialisation en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Dieppe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization and its link to working memory capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ‘Relations between space, language, and numbers’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tubingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergence d’un biais spatial dans le traitement de l’information ordinale chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No evidence for Spatial-Positional Associations in children's working memory using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Hurtado Woenckhaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial associations in short-term memory vanish as memory consolidates using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic content, concreteness and verbalization effects on spatialization in verbal working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of spatial-positional associations in working memory in school-aged children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Relations between space, language, and numbers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodies spatialization : making SPoARCs appear and disappear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation spatiale des informations visuelles et auditives en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Spatial Bias in the Processing of Ordinal Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New-york, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do children map order onto space in working memory? Investigating the development of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San Fransisco (California), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does faster presentation pace hinder spatialisation in working memory ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization tested via the SPoARC effect is modulated by the number of items to be memorized in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of the loci method on short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaën Plancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Labaronne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23th European Society of Cognitive Psychology Conference (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can spatial-positional associations be transferred from short-term to long-term memory? Investigating the SPoARC effect using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trying to kill musicians’ SPoARC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory depends upon the number of items probed during a recognition task: the role of scanning items repetitively</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: is the SPoARC effect influenced by the type of stimulus presented during a recognition task?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de travail à long terme et compréhension de textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Starrebruck, pp.257, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertise and Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hambrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Human Memory, Two Volume Pack</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Oxford University Press, pp.1674-1692, 2024, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780190917982.013.57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A primer for neural approached in research on expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Science of Expertise : Behavioral, Neural, and Genetic Approaches to Complex Skill / Edited by David Z. Hambrick, Guillermo Campitelli, Brooke N. Macnamara</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.171-181, 2017, 9781138204386</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society (CogSci 2015): Mind, Technology, and Society : Proceedings of a meeting held 22-25 July 2015, Pasadena, California, USA. / Noelle, D. C., Dale, R., Warlaumont, A. S., Yoshimi, J., Matlock, T., Jennings, C. D., &amp; Maglio, P. P. (Eds.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cognitive Science Society, pp.333-338, 2015, 9781510809550</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helping psychology students improve their statistics performance: A test of the Exo-St@ts web-based training environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Delaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education in a Technological World: Communicating Current and Emerging Research and Technological Efforts / ed. A. Mendez-Vilas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Formatex, pp.231-236, 2011, 978-84-939843-3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId164"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alessandro Guida </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alessandro-guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8733-4470</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking space and ordinal position in working memory: A multi-level meta-analysis of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 266, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2025.106276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing the quality and reproducibility of research: Preferred Evaluation of Cognitive and Neuropsychological Studies - The PECANS statement for human studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Pezzetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Toffalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Grassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Cona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavior Research Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 57, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13428-025-02705-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing order in short-term memory is spatially biased in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 252, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2024.106171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional associations in short-term memory can vanish in long-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (8), pp.2073-2091. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-024-01577-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional associations in short-term memory can vanish in long-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52, pp.2073 - 2091. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-024-01577-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial organisation in the human mind as a function of the distance between stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Fenwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 78, pp.1107 - 1123. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218241255690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized experimental designs to best detect spatial positional association of response codes in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85, pp.1661-1680. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02666-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SPoARC of Music: Musicians Spatialize Melodies but not All‐Comers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bootstrapping the visuospatial bootstrapping effect and testing its spatialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Maherault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1 - 15. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09658211.2021.1903039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: can individuals reverse the cultural direction of their thoughts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Mosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzysztof Cipora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477, pp.113 - 125. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nyas.14499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of working memory spatialization revealed by using the cave paradigm in a two‐alternative spatial choice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477, pp.54 - 70. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nyas.14433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the interplay between internal and external spatial codes in the mind: implications for serial order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elger Abrahamse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐philippe van Dijck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477, pp.20 - 33. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nyas.14341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s working memory develops at similar rates for sequences differing in compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 120 (2), pp.175-202. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.202.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression in Working Memory and Its Relationship With Fluid Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42, pp.904 - 922. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.12601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory is related to literacy and reading direction: Culture “literarily” directs our thoughts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Megreya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.96 - 100. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2018.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can spatialisation be extended to episodic memory and open sets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Normandon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (August) (7), pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A preference for some types of complexity comment on &amp;quot;perceived beauty of random texture patterns: A preference for complexity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Soler-Toscano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 174, pp.48-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinctiveness as a function of spatial expansion in verbal working memory: comment on Kreitz, Furley, Memmert, and Simons (2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe van Dijck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elger Abrahamse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 81 (3), pp.690 - 695. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-016-0765-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Binet with Jacques Inaudi: An experimental study of a prodigy of memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (02), pp.249 - 293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SPoARC in the Dark: Spatialization in Verbal Immediate Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (8), pp.2108 - 2121. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.12316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Abilities to Form Chunks in Immediate Memory and Its Non-Relationship to Span Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming an expert: Ontogeny of expertise as an example of neural reuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral and Brain Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0140525X15001570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting the experimental dialogue between working memory and chunking: Behavioral data and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Phénix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 44 (3), pp.420-434. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-015-0572-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hearing the inaudible experimental subject: Echos of Inaudi, Binet's calculating prodigy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Trevelyan Burman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18, pp.47-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01823777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hearing the inaudible experimental subject: Echoes of Inaudi, Binet’s calculating prodigy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Trevelyan Burman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (1), pp.47 - 68. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0038448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charcot and the Mental Calculator Jacques Inaudi. Jean-Martin Charcot (1892): Procédés psychiques de fixation et de réviviscence des chiffres chez le calculateur Jacques Inaudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Yearbook of the History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1, pp.107 - 138. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.EYHP.5.108404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charcot and the mental calculator Jacques Inaudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, European Yearbook of the History of Psychology, 1, pp.107-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01823783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2011 space odyssey: spatialization as a mechanism to code order allows a close encounter between memory expertise and classic immediate memory studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5, pp.573. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2014.00573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of long-term working memory through personalization applied to free recall : Uncurbing the primacy-effect enthusiasm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Gras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41, pp.571-587. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-012-0284-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01428585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgetting at short term: When do event-based interference and temporal factors have an effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaën Plancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 142 (2), pp.155 - 167. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2012.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broca and Charcot’s Research on Jacques Inaudi:The Psychological and Anthropological Study of a Mental Calculator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zachary Levine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the History of the Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (2), pp.140 - 159. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0964704x.2013.840751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional cerebral reorganization: a signature of expertise? Reexamining Guida, Gobet, Tardieu, and Nicolas' (2012) two-stage framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (590), </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnhum.2013.00590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are schemas sufficient to interpret the personalization effect? Only if long-term working memory backs up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 63 (2), pp.99-107. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2012.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How chunks, long-term working memory and templates offer a cognitive explanation for neuroimaging data on expertise acquisition: A two-stage framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 79 (3), pp.221 - 244. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bandc.2012.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de travail à long terme: quelle est l'utilité de ce concept ? Emergence, concurrence et bilan de la théorie d'Ericsson et Kintsch (1995)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 109, pp.83-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The personalization method applied to a working memory task: Evidences of long-term working memory effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21, pp.862-896</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00624107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared cerebral bases for the recognition of visual and auditory information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The scientific instruments of France's first university laboratory for expérimental psychology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Priser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd Scientific Instrument Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Palerme (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal probing in experimental designs to best detect spatial positional association of response codes for visual vs verbal information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When do westerners start thinking from left to right?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Pasadena, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As my mother used to say: “There can be consequences when playing with SPoARC(s)!”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paphos, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2011 space odyssey: How order is coded could allow a close encounter between memory expertise and classic immediate memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belgian Association for Belgian Psychology - Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Louvain, May 2014, Louvain, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How is order coded in verbal immediate memory? &amp;quot;Rrrhhhh…SPATIALLY&amp;quot; would maybe snarl the hunted SNARK!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWOMS-7: Seventh European Working Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgetting at Short Term: When do Event-Based Interference and Temporal Factors Have an Effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaën Plancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another SPARC while hunting the SNARC on short-term memory lands: What if order in verbal short-term memory was coded spatially?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESCOP-18: Eighteenth European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term working memory theory: Examining physiologically and behaviourally the retrieval structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWOMS-6: Sixth European Working Memory Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are working memory capacity differences due to long-term memory differences? The long-term working memory point of view & the answer of data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Gras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Quaireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOM-5: Fifth International Conference on Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How three psychological theories offer a cognitive explanation of expertise acquisition neuroimagery in a two-stage framework: From brain decrease activation to brain functional reorganization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E.P.A, Sixth Annual Meeting, Imaging Brain Plasticity and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgetting in immediate serial recall: time vs. interference. When the encoding rates determine the winner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESCOP-16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Cracovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different patterns of activation for the recognition of visual vs. auditory verbal information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les caractéristiques sémantiques n’influencent pas la spatialisation en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Dieppe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization and its link to working memory capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ‘Relations between space, language, and numbers’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tubingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial associations in short-term memory vanish as memory consolidates using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic content, concreteness and verbalization effects on spatialization in verbal working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No evidence for Spatial-Positional Associations in children's working memory using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Hurtado Woenckhaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of spatial-positional associations in working memory in school-aged children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Relations between space, language, and numbers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergence d’un biais spatial dans le traitement de l’information ordinale chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodies spatialization : making SPoARCs appear and disappear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation spatiale des informations visuelles et auditives en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Spatial Bias in the Processing of Ordinal Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New-york, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does faster presentation pace hinder spatialisation in working memory ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do children map order onto space in working memory? Investigating the development of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San Fransisco (California), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization tested via the SPoARC effect is modulated by the number of items to be memorized in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of the loci method on short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaën Plancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Labaronne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23th European Society of Cognitive Psychology Conference (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can spatial-positional associations be transferred from short-term to long-term memory? Investigating the SPoARC effect using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trying to kill musicians’ SPoARC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory depends upon the number of items probed during a recognition task: the role of scanning items repetitively</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: is the SPoARC effect influenced by the type of stimulus presented during a recognition task?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de travail à long terme et compréhension de textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Starrebruck, pp.257, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00625642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertise and Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hambrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Human Memory, Two Volume Pack</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Oxford University Press, pp.1674-1692, 2024, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780190917982.013.57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A primer for neural approached in research on expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Science of Expertise : Behavioral, Neural, and Genetic Approaches to Complex Skill / Edited by David Z. Hambrick, Guillermo Campitelli, Brooke N. Macnamara</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.171-181, 2017, 9781138204386</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society (CogSci 2015): Mind, Technology, and Society : Proceedings of a meeting held 22-25 July 2015, Pasadena, California, USA. / Noelle, D. C., Dale, R., Warlaumont, A. S., Yoshimi, J., Matlock, T., Jennings, C. D., &amp; Maglio, P. P. (Eds.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cognitive Science Society, pp.333-338, 2015, 9781510809550</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helping psychology students improve their statistics performance: A test of the Exo-St@ts web-based training environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Delaval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Bohec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education in a Technological World: Communicating Current and Emerging Research and Technological Efforts / ed. A. Mendez-Vilas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Formatex, pp.231-236, 2011, 978-84-939843-3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId176"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="308B927B"/>
+    <w:nsid w:val="A15BD739"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alessandro-guida" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8733-4470" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503935v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Guida" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Gobet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Campitelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sala" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106276" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441064v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Vivion" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ramano&#235;l" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-025-01702-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503968v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fta&#239;ta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2024.106171" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503922v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Costa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pezzetta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Toffalini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grassi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-025-02705-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504030v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972190v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Fartoukh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-024-01577-w" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503938v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Fenwick" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241255690" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503972v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Banks" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02666-9" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503942v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Maherault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2021.1903039" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504006v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Friedman" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauvrit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.202.0175" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873315v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Normandon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lavielle-Guida" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873300v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Megreya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick No&#235;l" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2018.02.013" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873321v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Chekaf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.12601" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873294v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Soler-Toscano" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873281v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe van Dijck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elger Abrahamse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-016-0765-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358896v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fartoukh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873008v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nicolas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873324v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leroux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.12316" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01872998v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X15001570" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316510v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ph&#233;nix" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lemaire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-015-0572-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874122v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Trevelyan Burman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0038448" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823777v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873446v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.EYHP.5.108404" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823783v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874126v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00573" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874130v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Levine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0964704x.2013.840751" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428585v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Noel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bohec" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Quaireau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-012-0284-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874139v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barrouillet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;n Plancher" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2012.12.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874136v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00590" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01758779v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tardieu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2012.09.006" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZ9BGX37-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874141v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Tardieu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2012.01.010" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90C9W14B-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624111v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicolas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624107v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944951v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Mondot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519210v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Priser" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938452v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938201v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359326v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874173v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874228v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874254v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874266v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874259v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874274v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874283v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625606v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gobet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nicolas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625526v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441145v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441118v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945021v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972162v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977528v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hurtado Woenckhaus" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938413v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945061v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972160v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977534v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Porret" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945049v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972175v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972158v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945007v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944997v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021150v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Labaronne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972148v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938423v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944990v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972127v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625642v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504001v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hambrick" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190917982.013.57" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874146v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874153v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01759547v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Delaval" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Michinov" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alessandro-guida" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8733-4470" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503935v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Guida" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Gobet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Campitelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sala" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106276" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441064v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Vivion" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ramano&#235;l" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-025-01702-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503922v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Costa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pezzetta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Toffalini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grassi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-025-02705-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503968v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fta&#239;ta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2024.106171" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504030v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972190v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Fartoukh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-024-01577-w" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503970v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503938v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Fenwick" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241255690" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503972v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Banks" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02666-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503939v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Porret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13139" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503942v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Maherault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2021.1903039" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503945v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mosinski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Cipora" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick No&#235;l" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14499" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503950v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14433" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503957v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elger Abrahamse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe van Dijck" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14341" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504006v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Friedman" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauvrit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.202.0175" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873321v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Chekaf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.12601" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873300v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Megreya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lavielle-Guida" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2018.02.013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873315v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carnet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Normandon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873294v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Soler-Toscano" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873281v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe van Dijck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-016-0765-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873008v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873324v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leroux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.12316" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358896v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fartoukh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01872998v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X15001570" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316510v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ph&#233;nix" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lemaire" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-015-0572-9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823777v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Trevelyan Burman" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874122v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0038448" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873446v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.EYHP.5.108404" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823783v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874126v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00573" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428585v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gras" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Noel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bohec" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Quaireau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-012-0284-3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874139v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barrouillet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;n Plancher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2012.12.003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874130v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Levine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0964704x.2013.840751" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874136v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00590" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01758779v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tardieu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2012.09.006" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BZ9BGX37-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874141v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Tardieu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2012.01.010" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90C9W14B-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624111v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicolas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624107v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944951v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Mondot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519210v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Priser" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938452v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938201v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359326v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874173v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874254v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874228v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874259v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874266v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874274v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874283v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625606v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gobet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nicolas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625526v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441145v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441118v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945021v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938413v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945061v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977528v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hurtado Woenckhaus" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972160v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972162v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977534v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945049v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972175v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945007v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972158v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944997v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021150v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laine" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Labaronne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972148v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938423v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944990v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972127v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625642v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504001v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hambrick" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190917982.013.57" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874146v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874153v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01759547v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Delaval" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Michinov" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>