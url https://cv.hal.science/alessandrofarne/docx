--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -183,51 +183,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (92)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (93)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -455,6702 +455,6685 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No evidence in favor of the existence of “intentional” binding.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Toward preventive interventions in developmental coordination disorder: in need of early behavioral markers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheryne Aberkane</w:t>
+                <w:t xml:space="preserve">Camille Blondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Desoche</w:t>
+                <w:t xml:space="preserve">Alice C Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marine Vernet</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xhp0001204⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neural Transmission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00702-026-03112-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04784538v1</w:t>
+                <w:t xml:space="preserve">hal-05555629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual perceptual learning is enhanced by training in the illusory far space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonio Zafarana</w:t>
+                <w:t xml:space="preserve">No evidence in favor of the existence of “intentional” binding.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaiqing Kong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmen Lenatti</w:t>
+                <w:t xml:space="preserve">Cheryne Aberkane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Hunt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Munashe Makwiramiti</w:t>
+                <w:t xml:space="preserve">Clément Desoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/17470218241256870⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (6), pp.626-635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xhp0001204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808131v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peripersonal space: why so last-second?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visual perceptual learning is enhanced by training in the illusory far space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Zafarana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
+                <w:t xml:space="preserve">Carmen Lenatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Hunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Munashe Makwiramiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series B, Biological Sciences (1934–1990)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2023.0159⟩</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/17470218241256870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04833738v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saccades to both vision and touch are modified following adaptation but cross-modal transfers are asymmetrical.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tool-sensed object information effectively supports vision for multisensory grasping.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Panouillères</w:t>
+                <w:t xml:space="preserve">Ivan Camponogara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Koun</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robert Volcic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00154.2024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 153 (8), pp.2127-2141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xge0001592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04689294v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tool-sensed object information effectively supports vision for multisensory grasping.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alpha oscillations reflect similar mapping mechanisms for localizing touch on hands and tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fabio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Camponogara</w:t>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Volcic</w:t>
+                <w:t xml:space="preserve">Luke E Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 153 (8), pp.2127-2141. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (3), pp.109092. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/xge0001592⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2024.109092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808123v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04308326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alpha oscillations reflect similar mapping mechanisms for localizing touch on hands and tools</w:t>
+                <w:t xml:space="preserve">Saccades to both vision and touch are modified following adaptation but cross-modal transfers are asymmetrical.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Fabio</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Ali Batikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gaveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Panouillères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Koun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2024.109092⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00154.2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04308326v1</w:t>
+                <w:t xml:space="preserve">hal-04689294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multisensory Integration and Motor Resonance in the Primary Motor Cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Giurgola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Lo Gerfo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Catherine Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Bolognini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 179, pp.235--246. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cortex.2024.07.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimal impact of chronic proprioceptive loss on implicit sensorimotor adaptation and perceived movement outcome</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Peripersonal space: why so last-second?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romeo Chua</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00096.2024⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series B, Biological Sciences (1934–1990)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 379 (1911), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2023.0159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04803543v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending Tactile Space With Handheld Tools: A Re-Analysis and Review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Minimal impact of chronic proprioceptive loss on implicit sensorimotor adaptation and perceived movement outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Tsay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anisha Chandy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luke E. Miller</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romeo Chua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chris Miall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Cole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multisensory Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/22134808-bja10134⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 132 (3), pp.770-780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00096.2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04837912v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04803543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eyes and hand are both reliable at localizing somatosensory targets</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Volland</w:t>
+                <w:t xml:space="preserve">Extending Tactile Space With Handheld Tools: A Re-Analysis and Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke E. Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-024-06922-8⟩</w:t>
+              <w:t xml:space="preserve">Multisensory Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/22134808-bja10134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04701679v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual reality set-up for studying vestibular function during head impulse test</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romeo Salemme</w:t>
+                <w:t xml:space="preserve">Eyes and hand are both reliable at localizing somatosensory targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Naffrechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Koun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Volland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Pélisson</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Catherine Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fneur.2023.1151515⟩</w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Online ahead of prin. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-024-06922-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04148766v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptual simultaneity between nociceptive and visual stimuli depends on their spatial congruence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Manfron</w:t>
+                <w:t xml:space="preserve">Virtual reality set-up for studying vestibular function during head impulse test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Desoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lieve Filbrich</w:t>
+                <w:t xml:space="preserve">Grégoire Verdelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria Molitor</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andre Mouraux</w:t>
+                <w:t xml:space="preserve">Denis Pélisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-023-06637-2⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1151515. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2023.1151515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311037v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual perceptual learning is effective in the illusory far but not in the near space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonio Zafarana</w:t>
+                <w:t xml:space="preserve">Audiovisual Training in Virtual Reality Improves Auditory Spatial Adaptation in Unilateral Hearing Loss Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Alzaher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Valzolgher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Verdelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pavani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13423-023-02389-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (6), pp.2357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm12062357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04304063v2</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A somatosensory computation that unifies limbs and tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luke E Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fabio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Pieter Medendorp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eNeuro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10 (11), pp.0095 - 23.2023. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1523/eneuro.0095-23.2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04281931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training spatial hearing in unilateral cochlear implant users through reaching to sounds in virtual reality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chiara Valzolgher</w:t>
+                <w:t xml:space="preserve">Visual perceptual learning is effective in the illusory far but not in the near space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Zafarana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Bouzaid</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luigi Tamè</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Archives of Oto-Rhino-Laryngology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00405-023-07886-1⟩</w:t>
+              <w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13423-023-02389-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303832v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304063v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audiovisual Training in Virtual Reality Improves Auditory Spatial Adaptation in Unilateral Hearing Loss Patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Training spatial hearing in unilateral cochlear implant users through reaching to sounds in virtual reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Valzolgher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Bouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Alzaher</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+                <w:t xml:space="preserve">Laura Ratenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm12062357⟩</w:t>
+              <w:t xml:space="preserve">European Archives of Oto-Rhino-Laryngology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 280 (8), pp.3661-3672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00405-023-07886-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303843v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capturing Visual Attention With Perturbed Auditory Spatial Cues</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valérie Gaveau</w:t>
+                <w:t xml:space="preserve">Perceptual simultaneity between nociceptive and visual stimuli depends on their spatial congruence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Manfron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Coudert</w:t>
+                <w:t xml:space="preserve">Lieve Filbrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Marx</w:t>
+                <w:t xml:space="preserve">Victoria Molitor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Mouraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Hearing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/23312165231182289⟩</w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-023-06637-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303851v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reaching to Sounds Improves Spatial Hearing in Bilateral Cochlear Implant Users</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Capturing Visual Attention With Perturbed Auditory Spatial Cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Valzolgher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michela Todeschini</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Alzaher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gaveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ear &amp; Hearing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/AUD.0000000000001267⟩</w:t>
+              <w:t xml:space="preserve">Trends in Hearing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/23312165231182289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311111v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting to altered auditory cues: Generalization from manual reaching to head pointing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Reaching to Sounds Improves Spatial Hearing in Bilateral Cochlear Implant Users</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Valzolgher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Bouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michela Todeschini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ear &amp; Hearing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 44 (1), pp.189-198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/AUD.0000000000001267⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0263509⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04303787v1</w:t>
+                <w:t xml:space="preserve">hal-04311111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face–hand sensorimotor interactions revealed by afferent inhibition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Moly</w:t>
+                <w:t xml:space="preserve">Adapting to altered auditory cues: Generalization from manual reaching to head pointing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Valzolgher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Todeschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Raffin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Harquel</w:t>
+                <w:t xml:space="preserve">Gregoire Verdelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ejn.15536⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (4), pp.e0263509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0263509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874739v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A neural surveyor to map touch on the body</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Fabio</w:t>
+                <w:t xml:space="preserve">Personal space regulation is affected by unilateral temporal lesions beyond the amygdala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Zigiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malika Azaroual</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Robert J. van Beers</w:t>
+                <w:t xml:space="preserve">Silvio Sarubbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Desoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2102233118⟩</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (3), pp.tgac031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/texcom/tgac031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04308223v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03806226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal space regulation is affected by unilateral temporal lesions beyond the amygdala</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A neural surveyor to map touch on the body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke E Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fabio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Azaroual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dollyane Muret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Dureux</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+                <w:t xml:space="preserve">Robert J. van Beers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/texcom/tgac031⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (1), pp.e2102233118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2102233118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03806226v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04308223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body schema plasticity is altered in Developmental Coordination Disorder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Face–hand sensorimotor interactions revealed by afferent inhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bia Lima Ramalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Martel</w:t>
+                <w:t xml:space="preserve">Estelle Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Boulenger</w:t>
+                <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Koun</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+                <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2021.108136⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (1), pp.189-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejn.15536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517023v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alpha Oscillations Are Involved in Localizing Touch on Handheld Tools</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">Body schema plasticity is altered in Developmental Coordination Disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Boulenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Finos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/jocn_a_01820⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 166, pp.108136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2021.108136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957307v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sense of body ownership shapes the visual representation of body size.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chiara Crico</w:t>
+                <w:t xml:space="preserve">Alpha Oscillations Are Involved in Localizing Touch on Handheld Tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fabio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadia Bolognini</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (4), pp.675-686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/jocn_a_01820⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/xge0001111⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04808134v1</w:t>
+                <w:t xml:space="preserve">hal-03957307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Hearing Difficulties in Reaching Space in Bilateral Cochlear Implant Children Improve With Head Movements</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The sense of body ownership shapes the visual representation of body size.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Giurgola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Crico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bolognini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ear &amp; Hearing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/AUD.0000000000001090⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 151 (4), pp.872-884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xge0001111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03615462v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits of active listening during 3D sound localization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Desoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Brain Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 240 (11), pp.2817-2833. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00221-022-06456-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03957297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous head-movements improve sound localization in aging adults with hearing loss</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Spatial Hearing Difficulties in Reaching Space in Bilateral Cochlear Implant Children Improve With Head Movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gaveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Verdelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16, </w:t>
+              <w:t xml:space="preserve">Ear &amp; Hearing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43 (1), pp.192-205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2022.1026056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/AUD.0000000000001090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303799v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Upper Limb Rehabilitation of Stroke Patients With Virtual Reality: A Mini Review</w:t>
+                <w:t xml:space="preserve">Spontaneous head-movements improve sound localization in aging adults with hearing loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bui</w:t>
+                <w:t xml:space="preserve">Elena Gessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Luauté</w:t>
+                <w:t xml:space="preserve">Elena Giovanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenico Spinella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Verdelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Virtual Reality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frvir.2021.595771⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2022.1026056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04776453v1</w:t>
+                <w:t xml:space="preserve">hal-04303799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-hand perceptual maps of joint location</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Peripersonal Space in a social world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaudia Ambroziak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luigi Tamè</w:t>
+                <w:t xml:space="preserve">Olena Bogdanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volodymyr Bogdanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthew Longo</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-021-06043-6⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 142, pp.28-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2021.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957200v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Peripersonal Space in a social world</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing Upper Limb Rehabilitation of Stroke Patients With Virtual Reality: A Mini Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volodymyr Bogdanov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Dureux</w:t>
+                <w:t xml:space="preserve">Julie Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Luauté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 142, pp.28-46. </w:t>
+              <w:t xml:space="preserve">Frontiers in Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2021.05.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frvir.2021.595771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375673v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Close facial emotions enhance physiological responses and facilitate perceptual discrimination</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Whole-hand perceptual maps of joint location</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvio Blini</w:t>
+                <w:t xml:space="preserve">Kasia Myga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Clara Grandi</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Klaudia Ambroziak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Tamè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Longo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2021.01.014⟩</w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 239 (4), pp.1235-1246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-021-06043-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375672v1</w:t>
+                <w:t xml:space="preserve">hal-04957200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The long developmental trajectory of body representation plasticity following tool use</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alice Roy</w:t>
+                <w:t xml:space="preserve">Associative learning in peripersonal space: fear responses are acquired in hand-centered coordinates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zanini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Brozzoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (3), pp.864-874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00157.2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-79476-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03368873v1</w:t>
+                <w:t xml:space="preserve">hal-04304732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associative learning in peripersonal space: fear responses are acquired in hand-centered coordinates</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claudio Brozzoli</w:t>
+                <w:t xml:space="preserve">The long developmental trajectory of body representation plasticity following tool use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Finos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Koun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-79476-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00157.2021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04304732v1</w:t>
+                <w:t xml:space="preserve">hal-03368873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic flow selectivity in the macaque parieto-occipital sulcus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
+                <w:t xml:space="preserve">Close facial emotions enhance physiological responses and facilitate perceptual discrimination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Dal Bò</w:t>
+                <w:t xml:space="preserve">Elvio Blini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Guedj</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francesca Strappini</w:t>
+                <w:t xml:space="preserve">Laura Clara Grandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olena Bogdanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Desoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Structure and Function</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00429-021-02293-w⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 138, pp.40-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2021.01.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375675v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peripersonal and reaching space differ: Evidence from their spatial extent and multisensory facilitation pattern</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Zanini</w:t>
+                <w:t xml:space="preserve">Optic flow selectivity in the macaque parieto-occipital sulcus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Pitzalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Patané</w:t>
+                <w:t xml:space="preserve">Giulia Dal Bò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Blini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Koun</w:t>
+                <w:t xml:space="preserve">Carole Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Strappini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13423-021-01942-9⟩</w:t>
+              <w:t xml:space="preserve">Brain Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-021-02293-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957353v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The toolish hand illusion: embodiment of a tool based on similarity with the hand</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
+                <w:t xml:space="preserve">Peripersonal and reaching space differ: Evidence from their spatial extent and multisensory facilitation pattern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zanini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Zanini</w:t>
+                <w:t xml:space="preserve">I. Patané</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Russell Yanofsky</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
+                <w:t xml:space="preserve">E. Blini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.2024. </w:t>
+              <w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (6), pp.1894-1905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-81706-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3758/s13423-021-01942-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03368868v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Me, you, and our object: Peripersonal space recruitment during executed and observed actions depends on object ownership.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The toolish hand illusion: embodiment of a tool based on similarity with the hand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Frassinetti</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Zanini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russell Yanofsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xge0001001⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.2024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-81706-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03957377v1</w:t>
+                <w:t xml:space="preserve">hal-03368868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sense of body-ownership gates cross-modal improvement of tactile extinction in brain-damaged patients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Bruno</w:t>
+                <w:t xml:space="preserve">Me, you, and our object: Peripersonal space recruitment during executed and observed actions depends on object ownership.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Patané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Brozzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bosso</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francesca Frassinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.02.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150 (7), pp.1410-1422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xge0001001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808142v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online proprioception feeds plasticity of arm representation following tool-use in healthy aging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The sense of body-ownership gates cross-modal improvement of tactile extinction in brain-damaged patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fossataro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salam Bahmad</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Romeo Salemme</w:t>
+                <w:t xml:space="preserve">E. Bosso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Chiotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gindri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-74455-5⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 127, pp.94-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03086481v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of a visual spatial frame on real sound-source localization in virtual reality</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pauline Nieto</w:t>
+                <w:t xml:space="preserve">Online proprioception feeds plasticity of arm representation following tool-use in healthy aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salam Bahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Tu Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Research in Behavioral Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crbeha.2020.100003⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-74455-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03413823v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03086481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of the vestibular system in value attribution to positive and negative reinforcers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Tilikete</w:t>
+                <w:t xml:space="preserve">The impact of a visual spatial frame on real sound-source localization in virtual reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Valzolgher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Chelazzi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mariam Alzhaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Todeschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Nieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.09.004⟩</w:t>
+              <w:t xml:space="preserve">Current Research in Behavioral Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1, pp.100003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crbeha.2020.100003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02997518v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reaching to sounds in virtual reality: A multisensory-motor approach to promote adaptation to altered auditory cues</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romeo Salemme</w:t>
+                <w:t xml:space="preserve">The role of the vestibular system in value attribution to positive and negative reinforcers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvio Blini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luigi Lombardi</w:t>
+                <w:t xml:space="preserve">Caroline Tilikete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Gaveau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leonardo Chelazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 149, pp.107665 -. </w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 133, pp.215-235. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2020.107665⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03494072v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02997518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feeling better: tactile verbs speed up tactile detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Martel</w:t>
+                <w:t xml:space="preserve">Reaching to sounds in virtual reality: A multisensory-motor approach to promote adaptation to altered auditory cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Valzolgher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Bouvet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Livio Finos</w:t>
+                <w:t xml:space="preserve">Grègoire Verdelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Krzonowski</w:t>
+                <w:t xml:space="preserve">Luigi Lombardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bandc.2020.105582⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 149, pp.107665 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2020.107665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570439v1</w:t>
+                <w:t xml:space="preserve">hal-03494072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Effect of Cooperation in Reducing Implicit Racial Bias and Its Relationship With Dispositional Empathy and Political Attitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Patané</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lelgouarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domna Banakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Verdelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Desoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.510787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03957407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eye dominance modulates visuospatial attention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S Schintu</w:t>
+                <w:t xml:space="preserve">Feeling better: tactile verbs speed up tactile detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Boulenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Chaumillon</w:t>
+                <w:t xml:space="preserve">Cécile Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Finos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Guillaume</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">K T Reilly</w:t>
+                <w:t xml:space="preserve">Jennifer Krzonowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2019.107314⟩</w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2020.105582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023110v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomoxetine modulates the relationship between perceptual abilities and response bias</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Guedj</w:t>
+                <w:t xml:space="preserve">Eye dominance modulates visuospatial attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Schintu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Chaumillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelie Reynaud</w:t>
+                <w:t xml:space="preserve">A Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabetta Monfardini</w:t>
+                <w:t xml:space="preserve">R Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roméo Salemme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+                <w:t xml:space="preserve">K T Reilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 141, pp.107314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00213-019-05336-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2019.107314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02369449v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03023110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aim and Plausibility of Action Chains Remap Peripersonal Space</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atomoxetine modulates the relationship between perceptual abilities and response bias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Senna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
+                <w:t xml:space="preserve">Amelie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Monfardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roméo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2019.01681⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-019-05336-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04315875v1</w:t>
+                <w:t xml:space="preserve">hal-02369449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatosensory Cortex Efficiently Processes Touch Located Beyond the Body</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aim and Plausibility of Action Chains Remap Peripersonal Space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Senna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Brozzoli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2019.01681⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.10.043⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02427059v1</w:t>
+                <w:t xml:space="preserve">hal-04315875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The half of the story we did not know about prism adaptation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Embodiment into a robot increases its acceptability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Rossetti</w:t>
+                <w:t xml:space="preserve">J. Ventre-Dominey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bosse-Platiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dominey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2019.04.012⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.10083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-46528-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484593v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embodiment into a robot increases its acceptability</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Bosse-Platiere</w:t>
+                <w:t xml:space="preserve">The half of the story we did not know about prism adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Facchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Folegatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-46528-7⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 119, pp.141 - 157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2019.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957179v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Spatial and Temporal Reliability of the Vive System as a Tool for Naturalistic Behavioural Research</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Desoche</w:t>
+                <w:t xml:space="preserve">Somatosensory Cortex Efficiently Processes Touch Located Beyond the Body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke E Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fabio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Volland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+                <w:t xml:space="preserve">Valeria Ravenda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salam Bahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the IEEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.1-8. </w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (24), pp.4276 - 4283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IC3D48390.2019.8975994⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.10.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808151v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubber hand illusion modulates the influences of somatosensory and parietal inputs to the motor cortex</w:t>
               </w:r>
@@ -7264,2700 +7247,2730 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatosensory-guided tool use modifies arm representation for action</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing Spatial and Temporal Reliability of the Vive System as a Tool for Naturalistic Behavioural Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Bertonati</w:t>
+                <w:t xml:space="preserve">G. Verdelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Livio Finos</w:t>
+                <w:t xml:space="preserve">C. Desoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Volland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-41928-1⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the IEEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IC3D48390.2019.8975994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02382718v1</w:t>
+                <w:t xml:space="preserve">hal-04808151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embodiment into a robot increases its acceptability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ventre-Dominey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bosse-Platiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dominey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-019-46528-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unimodal and crossmodal extinction of nociceptive stimuli in healthy volunteers</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+                <w:t xml:space="preserve">Somatosensory-guided tool use modifies arm representation for action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane de Keyser</w:t>
+                <w:t xml:space="preserve">Giorgia Bertonati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Finos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2019.01.002⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (5517), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-41928-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808146v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action Planning Modulates Peripersonal Space</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Francesco Pavani</w:t>
+                <w:t xml:space="preserve">Unimodal and crossmodal extinction of nociceptive stimuli in healthy volunteers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieve Filbrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Blandiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Manfron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane de Keyser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 362, pp.114-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2019.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/jocn_a_01349⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04315972v1</w:t>
+                <w:t xml:space="preserve">hal-04808146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation to Leftward Shifting Prisms Alters Motor Interhemispheric Inhibition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Selene Schintu</w:t>
+                <w:t xml:space="preserve">Action Planning Modulates Peripersonal Space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Patané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pavani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhw386⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (8), pp.1141-1154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/jocn_a_01349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02150838v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cortical substrate for the long-term memory of saccadic eye movements calibration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation to Leftward Shifting Prisms Alters Motor Interhemispheric Inhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Martín-Arévalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Pelisson</w:t>
+                <w:t xml:space="preserve">Selene Schintu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouazna Habchi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Muriel Panouillères</w:t>
+                <w:t xml:space="preserve">Laure Pisella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Hernoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+                <w:t xml:space="preserve">Karen Reilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2018.06.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhw386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02266429v2</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adding methylphenidate to prism-adaptation improves outcome in neglect patients. A randomized clinical trial</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Probing the role of the vestibular system in motivation and reward-based attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvio Blini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Tilikete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 106, pp.288--298. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.03.028⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 103, pp.82-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919568v1</w:t>
+                <w:t xml:space="preserve">hal-03013696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the role of the vestibular system in motivation and reward-based attention</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Tilikete</w:t>
+                <w:t xml:space="preserve">A cortical substrate for the long-term memory of saccadic eye movements calibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouazna Habchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Panouillères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Hernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.02.009⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2018.06.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03013696v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266429v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensing with tools extends somatosensory processing beyond the body</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luke Miller</w:t>
+                <w:t xml:space="preserve">Adding methylphenidate to prism-adaptation improves outcome in neglect patients. A randomized clinical trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Luaute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Montroni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Romeo Salemme</w:t>
+                <w:t xml:space="preserve">Adeline Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hayward</w:t>
+                <w:t xml:space="preserve">Stuart Nash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-018-0460-0⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 106, pp.288--298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.03.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957431v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mind the Depth: Visual Perception of Shapes Is Better in Peripersonal Space</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
+                <w:t xml:space="preserve">Sensing with tools extends somatosensory processing beyond the body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Montroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Koun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hayward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0956797618795679⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 561 (7722), pp.239-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-018-0460-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02375852v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boosting Norepinephrine Transmission Triggers Flexible Reconfiguration of Brain Networks at Rest</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Martine Meunier</w:t>
+                <w:t xml:space="preserve">Mind the Depth: Visual Perception of Shapes Is Better in Peripersonal Space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvio Blini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Desoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roméo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Kabil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhw262⟩</w:t>
+              <w:t xml:space="preserve">Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (11), pp.1868-1877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0956797618795679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03013713v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The asymmetrical effect of leftward and rightward prisms on intact visuospatial cognition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Karen Reilly</w:t>
+                <w:t xml:space="preserve">Boosting Norepinephrine Transmission Triggers Flexible Reconfiguration of Brain Networks at Rest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Monfardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2017.09.015⟩</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhw262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02150826v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03013713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing ideas about others’ intentions: updating prior expectations tunes activity in the human motor system</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alice C Roy</w:t>
+                <w:t xml:space="preserve">The asymmetrical effect of leftward and rightward prisms on intact visuospatial cognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selene Schintu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Patané</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérian Chambon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roméo Salemme</w:t>
+                <w:t xml:space="preserve">Michela Caldano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Reilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep26995⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 97, pp.23-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2017.09.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04773913v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromagnetic correlates of adaptive plasticity across the hand-face border in human primary somatosensory cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dollyane Muret</w:t>
+                <w:t xml:space="preserve">Changing ideas about others’ intentions: updating prior expectations tunes activity in the human motor system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre O Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice C Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Daligault</w:t>
+                <w:t xml:space="preserve">Valérian Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert R Dinse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Mattout</w:t>
+                <w:t xml:space="preserve">Anna M Borghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roméo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/jn.00628.2015⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep26995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04460283v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04773913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paired-Pulse Parietal-Motor Stimulation Differentially Modulates Corticospinal Excitability across Hemispheres When Combined with Prism Adaptation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romeo Salemme</w:t>
+                <w:t xml:space="preserve">Neuromagnetic correlates of adaptive plasticity across the hand-face border in human primary somatosensory cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dollyane Muret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Daligault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert R Dinse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural plasticity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2016/5716179⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 115 (4), pp.2095-2104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00628.2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02150847v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prism Adaptation Alters Electrophysiological Markers of Attentional Processes in the Healthy Brain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId279" w:history="1">
+                <w:t xml:space="preserve">Paired-Pulse Parietal-Motor Stimulation Differentially Modulates Corticospinal Excitability across Hemispheres When Combined with Prism Adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selene Schintu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Martín-Arévalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Karen Reilly</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Vesia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rossetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neural plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2016/5716179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1153-15.2016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02150860v1</w:t>
+                <w:t xml:space="preserve">hal-02150847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing Attentional Load Boosts Saccadic adaptation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peggy Gerardin</w:t>
+                <w:t xml:space="preserve">Prism Adaptation Alters Electrophysiological Markers of Attentional Processes in the Healthy Brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Martín-Arévalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Nicolas</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Inga Laube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Koun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Reilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1167/iovs.14-16149⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (3), pp.1019-1030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1153-15.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196692v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deployment of spatial attention without moving the eyes is boosted by oculomotor adaptation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ouazna Habchi</w:t>
+                <w:t xml:space="preserve">Increasing Attentional Load Boosts Saccadic adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Rey</w:t>
+                <w:t xml:space="preserve">Judith Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Mathieu</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2015.00426⟩</w:t>
+              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 56, pp.6304-6312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1167/iovs.14-16149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196673v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing Attentional Load Boosts Saccadic Adaptation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Deployment of spatial attention without moving the eyes is boosted by oculomotor adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouazna Habchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Urquizar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1167/iovs.14-16149⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9, pp.426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2015.00426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868556v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Costs and benefits of tool-use on the perception of reachable space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Bourgeois</w:t>
+                <w:t xml:space="preserve">Increasing Attentional Load Boosts Saccadic Adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Coello</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pélisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Psychologica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 56 (11), pp.6304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1167/iovs.14-16149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2014.01.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01214351v1</w:t>
+                <w:t xml:space="preserve">hal-04868556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prism adaptation in the healthy brain: The shift in line bisection judgments is long lasting and fluctuates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selene Schintu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pisella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Reilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 53, pp.165-170. </w:t>
@@ -9989,2047 +10002,2151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Touch improvement at the hand transfers to the face</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Costs and benefits of tool-use on the perception of reachable space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Macchione</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Urquizar</w:t>
+                <w:t xml:space="preserve">Jérémy Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Coello</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2014.07.021⟩</w:t>
+              <w:t xml:space="preserve">Acta Psychologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 148C, pp.91--95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2014.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04460191v1</w:t>
+                <w:t xml:space="preserve">hal-01214351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tool use imagery triggers tool incorporation in the body schema</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
+                <w:t xml:space="preserve">Touch improvement at the hand transfers to the face</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dollyane Muret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert R Dinse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Sillan</w:t>
+                <w:t xml:space="preserve">Silvia Macchione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Urquizar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 5, pp.492. </w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (16), pp.R736-R737. </w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2014.00492⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2014.07.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01178628v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Role for the Parietal Cortex in Sensorimotor Adaptation of Saccades</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Urquizar</w:t>
+                <w:t xml:space="preserve">Tool use imagery triggers tool incorporation in the body schema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Baccarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucilla Cardinali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sillan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhs312⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2014.00492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196685v1</w:t>
+                <w:t xml:space="preserve">halshs-01178628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The helmet head restraint system: A viable solution for resting state fMRI in awake monkeys</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clément Hynaux</w:t>
+                <w:t xml:space="preserve">A Role for the Parietal Cortex in Sensorimotor Adaptation of Saccades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Panouillères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouazna Habchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Urquizar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 86, pp.536-543. </w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (2), pp.304-314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2013.09.068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhs312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03014520v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Rubber Hand Illusion: Two's a company, but three's a crowd</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The helmet head restraint system: A viable solution for resting state fMRI in awake monkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Monfardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gislène Gardechaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Hynaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consciousness and Cognition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 86, pp.536-543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2013.09.068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ijn_00781463v1</w:t>
+                <w:t xml:space="preserve">hal-03014520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When action is not enough: tool-use reveals tactile-dependent access to Body Schema.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">The Rubber Hand Illusion: Two's a company, but three's a crowd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Folegatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Consciousness and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.799-812</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00904032v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_00781463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The agent is right: when motor embodied cognition is space-dependent.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">When action is not enough: tool-use reveals tactile-dependent access to Body Schema.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cardinali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Brozzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Urquizar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Gianelli</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. C. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (13), pp.3750-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2011.09.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0025036⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00654051v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying Multisensory Processing and Its Role in the Representation of Space through Pathological and Physiological Crossmodal Extinction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martine Meunier</w:t>
+                <w:t xml:space="preserve">The agent is right: when motor embodied cognition is space-dependent.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Gianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romeo Salemme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jeannerod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice C Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2011.00089⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (9), pp.e25036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0025036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03014738v1</w:t>
+                <w:t xml:space="preserve">hal-00654051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optokinetic stimulation induces illusory movement of both out-of-the-body and on-the-body hand-held visual objects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Revol</w:t>
+                <w:t xml:space="preserve">Studying Multisensory Processing and Its Role in the Representation of Space through Pathological and Physiological Crossmodal Extinction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Farnè</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claudio Brozzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-008-1696-y⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2011.00089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02150917v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prism adaptation in the rehabilitation of patients with visuo-spatial cognitive disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure Pisella</w:t>
+                <w:t xml:space="preserve">Optokinetic stimulation induces illusory movement of both out-of-the-body and on-the-body hand-held visual objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pisella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Holmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Rode</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Imai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 19 (6), pp.534-542. </w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 193 (4), pp.633-638. </w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/WCO.0b013e328010924b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00221-008-1696-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02150956v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visuo-motor control of the ipsilateral hand: evidence from right brain-damaged patients.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Y. Paulignan</w:t>
+                <w:t xml:space="preserve">Prism adaptation in the rehabilitation of patients with visuo-spatial cognitive disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pisella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Rode</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gilles Rode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Tilikete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rossetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Opinion in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 19 (6), pp.534-542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/WCO.0b013e328010924b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00655453v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The visuomotor functions of posterior parietal areas.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Visuo-motor control of the ipsilateral hand: evidence from right brain-damaged patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. C. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Paulignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Rossetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Neurology -New York- Raven Press-</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 93, pp.205-17</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 41 (6), pp.739-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00655448v1</w:t>
+                <w:t xml:space="preserve">hal-00655453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociated long lasting improvements of straight-ahead pointing and line bisection tasks in two hemineglect patients.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Rode</w:t>
+                <w:t xml:space="preserve">The visuomotor functions of posterior parietal areas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Jeannerod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Rossetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 40 (3), pp.327-34</w:t>
+              <w:t xml:space="preserve">Advances in Neurology -New York- Raven Press-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 93, pp.205-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02151006v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00655448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face or Hand, Not Both</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dissociated long lasting improvements of straight-ahead pointing and line bisection tasks in two hemineglect patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pisella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Rode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Sirigu</w:t>
+                <w:t xml:space="preserve">Dominique Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rossetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 40 (3), pp.327-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949051v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hand kinematics during reaching and grasping in the macaque monkey.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
+                <w:t xml:space="preserve">Face or Hand, Not Both</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Giraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Boussaoud</w:t>
+                <w:t xml:space="preserve">Jean Dubernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Sirigu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 12 (15), pp.1342-1346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0960-9822(02)01018-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00654880v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hand kinematics during reaching and grasping in the macaque monkey.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. C. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Paulignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Farnè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Boussaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 117 (1-2), pp.75-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00654880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Prism adaptation to a rightward optical deviation rehabilitates left hemispatial neglect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Rossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Rode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pisella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 395 (6698), pp.166-169. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/25988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02151014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12039,280 +12156,280 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of an exoskeleton to investigate the self advantage phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salam Moubarak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Tu Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Frassinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th IEEE EMBC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Osaka, Japan. pp.2503-2506, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EMBC.2013.6610048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00847508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body Schema plasticity without proprioception: evidence from a deafferented patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cardinali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brozzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Luaute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice C Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Farnè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th meeting of the European Society of Cognitive Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, San Sebastian, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00941584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12322,154 +12439,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breaking the boundaries of somatosensory plasticity: improved touch at the fingers transfers to the lips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dollyane Muret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert R. Dinse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Urquizar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen T. Reilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Neuroscience meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, New Orleans, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03237595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12479,139 +12596,139 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The World at Our Fingertips: A Multidisciplinary Exploration of Peripersonal Space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Serino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong Yu Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oxford University PressOxford, 1, 2021, 9780198851738. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oso/9780198851738.001.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12621,763 +12738,763 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controle sensori-moteur et incorporation des outils mécaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luke E Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Catherine Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yann Coelho. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps, cerveau et processus mentaux; les fondements sensori-moteurs de la cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2024, 978-2-10-085763-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04868144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peripersonal space: a special way of representing space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique de Vignemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Serino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong Yu Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The world at our fingertips: A multidisciplinary investigation of peripersonal space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.3 - 16, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oso/9780198851738.003.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_03511078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Close is better: visual perception in peripersonal space. In: The Peripersonal Space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvio Blini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Brozzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadila Hadj-Bouziane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédérique de Vignemont; Andrea Serino; Hong Yu Wong; Alessandro Farnè. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The world at our fingertips: a multidisciplinary exploration of peripersonal space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OXFORD UNIVERSITY PRESS, pp.47-60, 2021, 9780198851738. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oso/9780198851738.003.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04954850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing cognition and rehabilitation in unilateral neglect with wedge prism adaptation: multiple interplays between sensorimotor adaptation and spatial cognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Rossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jacquin-Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Calabria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaun Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kansaku, K.; Cohen, L.G.; Birbaumer, N. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Systems Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Japan, pp.359-381, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02358627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human tool-use: a causal role in plasticity of bodily and spatial representations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cardinali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brozzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Frassinetti,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice C Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Farnè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">McCormack, T. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tool Use and Causal Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.202-219, 2011, 9780199571154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bottom-up transfer of sensory-motor plasticity to recovery of spatial cognition: visuomotor adaptation and spatial neglect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Rode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pisella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Boisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Brain research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 142, pp.273-287, 2003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0079-6123(03)42019-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13387,261 +13504,261 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYSTEM FOR GENERATING TACTILE STIMULATIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roméo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Macchione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dollyane Muret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert R Dinse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP 4 308 059 B1. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">METHOD AND APPARATUS FOR ACQUIRING A SPATIAL MAP OF AUDITORYPERCEPTION OF A SUBJECT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anael Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2021/203028. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04955678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13651,612 +13768,612 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatosensory impact on motor cortex: how touch shapes motor behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Zafarana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dollyane Muret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Tamè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05283013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hand to Hand: A novel pattern of remote tactile improvement following training-independent learning</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">Repetitive Somatosensory Stimulation Shrinks The Body Image</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Azaroual-Sentucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Macchione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke E Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04992633v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repetitive Somatosensory Stimulation Shrinks The Body Image</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">Hand to Hand: A novel pattern of remote tactile improvement following training-independent learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dollyane Muret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macchione Silvia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Dinse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romeo Salemme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05283025v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is controlling a brain-computer interface just a matter of presence of mind? The limits of cognitive-motor dissociation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Maby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body representation plasticity is altered in Developmental Coordination Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Boulenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Koun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio Finos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Farnè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId441"/>
+      <w:footerReference w:type="default" r:id="rId445"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14324,51 +14441,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BBD41504"/>
+    <w:nsid w:val="C8D2D8EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14555,51 +14672,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alessandrofarne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5769-3491" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157582094" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-1238-2015" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455614v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Patan&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano d'Angelo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Zamagni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Moreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2025.12.008" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528896v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaiqing Kong" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vernet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Farn&#232;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niaf066" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784538v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryne Aberkane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desoche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001204" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808131v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Zafarana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lenatti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Hunt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munashe Makwiramiti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241256870" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833738v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique de Vignemont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2023.0159" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689294v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Batikh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaveau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Panouill&#232;res" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Koun" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Salemme" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00154.2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808123v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Camponogara" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Volcic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001592" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308326v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabio" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke E Miller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.109092" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04705977v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Giurgola" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Lo Gerfo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Catherine Roy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bolognini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2024.07.015" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803543v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tsay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisha Chandy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Chua" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chris Miall" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cole" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00096.2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837912v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke E. Miller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134808-bja10134" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701679v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Naffrechoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Volland" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-024-06922-8" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148766v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Verdelet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P&#233;lisson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2023.1151515" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311037v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Manfron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieve Filbrich" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Molitor" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Mouraux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-023-06637-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304063v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Tam&#232;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-023-02389-w" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04281931v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Roy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Pieter Medendorp" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0095-23.2023" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303832v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Valzolgher" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bouzaid" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Grenouillet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ratenet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-023-07886-1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303843v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Alzaher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pavani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12062357" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303851v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Coudert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23312165231182289" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311111v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Todeschini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000001267" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303787v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Verdelet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0263509" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874739v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bia Lima Ramalho" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moly" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Harquel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15536" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308223v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Azaroual" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dollyane Muret" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. van Beers" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2102233118" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806226v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dureux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Zigiotto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Sarubbo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/texcom/tgac031" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517023v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Martel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulenger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Koun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Finos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2021.108136" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957307v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Miller" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01820" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808134v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Crico" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001111" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615462v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000001090" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957297v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gaveau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coudert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salemme" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-022-06456-x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303799v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gessa" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Giovanelli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Spinella" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.1026056" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776453v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bui" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaut&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2021.595771" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957200v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasia Myga" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Ambroziak" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Longo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-021-06043-6" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375673v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Bogdanova" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Bogdanov" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hadj-Bouziane" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2021.05.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375672v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvio Blini" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Clara Grandi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2021.01.014" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368873v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79476-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304732v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanini" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farn&#232;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Brozzoli" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00157.2021" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375675v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Pitzalis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Dal B&#242;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guedj" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Strappini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02293-w" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957353v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Patan&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blini" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-021-01942-9" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368868v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Cardinali" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zanini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Yanofsky" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-81706-6" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957377v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frassinetti" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001001" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808142v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fossataro" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bruno" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bosso" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiotti" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gindri" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.02.004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086481v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salam Bahmad" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74455-5" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413823v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Alzhaler" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Nieto" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crbeha.2020.100003" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997518v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tilikete" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Chelazzi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.09.004" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494072v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#232;goire Verdelet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Lombardi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gaveau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2020.107665" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570439v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bouvet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2020.105582" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957407v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lelgouarch" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domna Banakou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Desoche" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.510787" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023110v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Schintu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Chaumillon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guillaume" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Salemme" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K T Reilly" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.107314" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369449v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Reynaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Monfardini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Salemme" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-019-05336-7" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315875v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Senna" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01681" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02427059v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Ravenda" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.10.043" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484593v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Facchin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Folegatti" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rossetti" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.04.012" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957179v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ventre-Dominey" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gibert" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bosse-Platiere" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dominey" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46528-7" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808151v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Verdelet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desoche" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Volland" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC3D48390.2019.8975994" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808148v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reina Isayama" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vesia" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaayathiri Jegatheeswaran" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Elahi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Gunraj" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00345.2018" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382718v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Bertonati" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41928-1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414960v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808146v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blandiaux" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane de Keyser" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2019.01.002" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315972v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01349" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150838v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Mart&#237;n-Ar&#233;valo" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selene Schintu" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pisella" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reilly" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw386" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266429v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pelisson" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouazna Habchi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Hernoux" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.06.051" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919568v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaute" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villeneuve" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Roux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Nash" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bar" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.03.028" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013696v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.02.009" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957431v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Montroni" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hayward" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0460-0" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375852v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kabil" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797618795679" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013713v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Reynaud" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meunier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw262" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150826v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Caldano" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2017.09.015" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773913v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre O Jacquet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice C Roy" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Chambon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M Borghi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep26995" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460283v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert R Dinse" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00628.2015" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150847v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/5716179" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150860v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Laube" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1153-15.2016" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196692v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Gerardin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Nicolas" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Farne" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/iovs.14-16149" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196673v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rey" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mathieu" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Urquizar" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00426" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868556v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01214351v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bourgeois" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2014.01.008" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150885v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacobs" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2013.11.013" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460191v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Macchione" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.07.021" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01178628v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Baccarini" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sillan" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00492" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196685v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhs312" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014520v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisl&#232;ne Gardechaux" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hynaux" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.09.068" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00781463v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904032v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardinali" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brozzoli" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Urquizar" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Roy" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2011.09.033" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-694MD91R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654051v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gianelli" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jeannerod" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025036" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014738v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00089" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150917v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Revol" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pisella" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Holmes" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Imai" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-008-1696-y" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/45F3857A19F9886A901284831C151524F75541BB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150956v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rode" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WCO.0b013e328010924b" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655453v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Paulignan" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rode" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rossetti" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655448v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151006v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boisson" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949051v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Giraux" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubernard" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Sirigu" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0960-9822(02)01018-7" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654880v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boussaoud" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151014v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rossetti" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Li" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/25988" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847508v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salam Moubarak" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2013.6610048" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941584v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237595v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert R. Dinse" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen T. Reilly" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807867v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Serino" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Yu Wong" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.001.0001" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04868144v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03511078v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.003.0001" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954850v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.003.0003" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02358627v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacquin-Courtois" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Calabria" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun Gallagher" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925568v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassinetti," TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150996v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6123(03)42019-0" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959648v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955678v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Belle" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283013v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992633v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macchione Silvia" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Dinse" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283025v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Azaroual-Sentucq" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225664v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Seguin" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maby" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perrin" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373678v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alessandrofarne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5769-3491" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/157582094" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-1238-2015" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455614v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Patan&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano d'Angelo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Zamagni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Moreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2025.12.008" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528896v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaiqing Kong" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vernet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Farn&#232;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niaf066" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555629v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blondet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice C Roy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gomez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-026-03112-4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784538v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryne Aberkane" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desoche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001204" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808131v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Zafarana" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lenatti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Hunt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munashe Makwiramiti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241256870" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808123v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Camponogara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Volcic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001592" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308326v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabio" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Salemme" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke E Miller" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.109092" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689294v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Batikh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaveau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Panouill&#232;res" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Koun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00154.2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04705977v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Giurgola" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Lo Gerfo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Catherine Roy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bolognini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2024.07.015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833738v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique de Vignemont" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2023.0159" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tsay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisha Chandy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Chua" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chris Miall" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cole" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00096.2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837912v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke E. Miller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134808-bja10134" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701679v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Naffrechoux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Volland" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-024-06922-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148766v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Verdelet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P&#233;lisson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2023.1151515" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303843v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Alzaher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Valzolgher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pavani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12062357" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04281931v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Roy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Pieter Medendorp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0095-23.2023" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304063v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Tam&#232;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-023-02389-w" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303832v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bouzaid" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Grenouillet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ratenet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-023-07886-1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311037v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Manfron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieve Filbrich" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Molitor" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Mouraux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-023-06637-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303851v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Coudert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23312165231182289" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311111v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Todeschini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000001267" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303787v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Verdelet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0263509" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806226v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dureux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Zigiotto" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Sarubbo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/texcom/tgac031" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308223v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Azaroual" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dollyane Muret" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. van Beers" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2102233118" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874739v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bia Lima Ramalho" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moly" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Harquel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15536" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517023v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Martel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulenger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Koun" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Finos" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2021.108136" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957307v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Miller" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01820" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808134v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Crico" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001111" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957297v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gaveau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coudert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salemme" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-022-06456-x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615462v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000001090" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303799v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gessa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Giovanelli" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Spinella" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.1026056" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375673v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Bogdanova" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volodymyr Bogdanov" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hadj-Bouziane" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2021.05.005" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bui" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaut&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2021.595771" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957200v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasia Myga" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Ambroziak" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Longo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-021-06043-6" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304732v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farn&#232;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Brozzoli" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00157.2021" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368873v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79476-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375672v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvio Blini" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Clara Grandi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2021.01.014" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375675v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Pitzalis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Dal B&#242;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guedj" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Strappini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-021-02293-w" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957353v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Patan&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-021-01942-9" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368868v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Cardinali" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zanini" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Yanofsky" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-81706-6" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957377v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frassinetti" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001001" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808142v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fossataro" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bruno" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bosso" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiotti" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gindri" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.02.004" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086481v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salam Bahmad" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74455-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413823v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Alzhaler" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Nieto" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crbeha.2020.100003" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997518v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tilikete" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Chelazzi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.09.004" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494072v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#232;goire Verdelet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Lombardi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gaveau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2020.107665" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957407v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lelgouarch" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domna Banakou" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Desoche" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.510787" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570439v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bouvet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2020.105582" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023110v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Schintu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Chaumillon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guillaume" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Salemme" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K T Reilly" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.107314" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369449v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Reynaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Monfardini" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Salemme" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-019-05336-7" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315875v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Senna" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01681" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957179v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ventre-Dominey" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gibert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bosse-Platiere" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dominey" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46528-7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484593v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Facchin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Folegatti" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rossetti" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.04.012" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02427059v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Ravenda" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.10.043" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808148v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reina Isayama" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vesia" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaayathiri Jegatheeswaran" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behzad Elahi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Gunraj" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00345.2018" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808151v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Verdelet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desoche" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Volland" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC3D48390.2019.8975994" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414960v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382718v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Bertonati" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41928-1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808146v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blandiaux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane de Keyser" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2019.01.002" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315972v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01349" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150838v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Mart&#237;n-Ar&#233;valo" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selene Schintu" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pisella" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reilly" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw386" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013696v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.02.009" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266429v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pelisson" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouazna Habchi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Hernoux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.06.051" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919568v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaute" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Villeneuve" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Roux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Nash" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bar" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.03.028" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957431v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Montroni" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hayward" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0460-0" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375852v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kabil" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797618795679" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013713v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Reynaud" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meunier" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw262" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150826v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Caldano" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2017.09.015" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773913v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre O Jacquet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Chambon" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M Borghi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep26995" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460283v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert R Dinse" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00628.2015" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150847v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/5716179" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150860v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Laube" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1153-15.2016" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196692v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Gerardin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Nicolas" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Farne" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/iovs.14-16149" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196673v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rey" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mathieu" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Urquizar" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00426" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868556v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150885v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacobs" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2013.11.013" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01214351v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bourgeois" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2014.01.008" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460191v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Macchione" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.07.021" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01178628v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Baccarini" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sillan" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00492" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196685v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhs312" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014520v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisl&#232;ne Gardechaux" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hynaux" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2013.09.068" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00781463v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904032v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardinali" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brozzoli" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Urquizar" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Roy" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2011.09.033" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-694MD91R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654051v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gianelli" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jeannerod" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0025036" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014738v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00089" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150917v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Revol" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pisella" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Holmes" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Imai" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-008-1696-y" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/45F3857A19F9886A901284831C151524F75541BB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150956v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rode" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WCO.0b013e328010924b" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655453v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Paulignan" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rode" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rossetti" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655448v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151006v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boisson" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949051v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Giraux" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubernard" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Sirigu" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0960-9822(02)01018-7" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654880v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boussaoud" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151014v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rossetti" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Li" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/25988" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847508v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salam Moubarak" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2013.6610048" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941584v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237595v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert R. Dinse" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen T. Reilly" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807867v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Serino" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Yu Wong" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.001.0001" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04868144v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03511078v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.003.0001" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954850v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.003.0003" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02358627v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacquin-Courtois" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Calabria" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun Gallagher" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925568v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassinetti," TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150996v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6123(03)42019-0" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959648v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955678v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Belle" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283013v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283025v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Azaroual-Sentucq" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992633v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macchione Silvia" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Dinse" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225664v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Seguin" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maby" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perrin" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373678v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>