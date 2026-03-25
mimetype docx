--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:102.67379679144px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alex Tani </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en droit privé et sciences criminelles</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alex-tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6700-3431</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">23324820X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (105)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léguer tout l’usufruit d’un bien indivis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, comm. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de l’intention libérale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tout-puissant légataire universel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05327917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'assurance-vie permet-elle de contourner la réserve héréditaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désynchronisation de l’option héréditaire et du recel successoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 17, 1078</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05052003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mineur discernant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 38, 1158, §1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cantonnement et démembrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le valorisme corrigé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de régime matrimonial, un outil d’ingénierie matrimoniale au service de la créativité notariale : trois questions à Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 51, 1492</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vacance d’une succession n’arrête pas le temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gare aux “fausses” donations-partages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacte de préférence ou fausse espérance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25, pp.1215</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05150663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPA : quatre adultes et un couffin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 6, 1024, §1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le testament polyglotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donation d’œuvres d’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 9, 1040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changer d’avis en assurance-vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don de gamètes : savez-vous garder un secret ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 01-02, 1004, §1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partage complexe et partage des rôles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, comm. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois questions liquidatives récurrentes sur la donation-partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 5, 1022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les héritiers du locataire peuvent diviser leurs demandes contre le bailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loyers et copropriété</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, alerte 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La déchéance matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 37, 1180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action du syndicat des copropriétaires : peu importe que seuls quelques lots soient affectés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 47, act. 1304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoir et devoir d’alerte du notaire et sa responsabilité en droit de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Combret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chwartz-Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51-52, pp.1248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décès avant 2007 : les successions “hantées” et le “fantôme” de la réduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, comm. 157 (12)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faisons rimer &amp;quot;Doctorat&amp;quot; et &amp;quot;Notariat&amp;quot; : 3 questions à François Letellier et Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 11, act. 414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La déchéance matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 43-44, act. 1256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une loi pour plus de “justice patrimoniale” : progrès et regrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, étude 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux : avez-vous plus de 15 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 01-02, 1004, §57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tutelle et assurance-vie : la modification de la clause bénéficiaire est soumise à autorisation judiciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 04, pp.1028</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cession d’un office notarial à 1€ et atteinte à l’ordre public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénéficier d’un legs c’est bien, se le faire délivrer c’est mieux !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9, comm. 131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bienfaits et méfaits de l’assurance-vie : avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legs et donations. Le Guide des associations &amp; fondations [Supplément à la Semaine juridique. Notariale et immobilière (JCP N)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 2-2023, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créativité notariale & doctorat en droit : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons du droit : Revue de l’association française des docteurs en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 48, pp.7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie de l’affiliation au secours du legs à une association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 17-18, 552</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une ingratitude matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Defrénois, la revue du notariat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassation avec ou sans renvoi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTDCiv. Revue trimestrielle de droit civil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 03, pp.517</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04267214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cantonnement des libéralités : une invitation à la créativité notariale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons du droit : Revue de l’association française des docteurs en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 48, pp.130-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tour d’horizon sur le caractère exagéré des primes d’une assurance-vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 5 (comm. 78)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notaires, vous avez le droit de garder le silence !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sera l’influence de la loi protégeant les enfants influenceurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30-34, pp.1149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À partir de quand les primes d’une assurance-vie deviennent-elles excessives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legs et donations. Le Guide des associations &amp; fondations [Supplément à la Semaine juridique. Notariale et immobilière (JCP N)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 2/2023, pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le parent est-il celui qui donne la vie ou celui qui paye les biberons ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30-24, pp.1149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences précisées de la Collectivité européenne d'Alsace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 12 (act. 376)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consécration de l’imputation “en assiette” des libéralités en usufruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 10 (comm. 146)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformité à la Constitution de l’article 909 du Code civil : “la médecine, c’est ingrat”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 10 (comm. 147)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : modification des bénéficiaires durant l'instruction d'une mesure de protection du souscripteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.1114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction d’une libéralité excessive n’est pas automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 5 (comm. 78)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification de la clause bénéficiaire et information de l’assureur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 15-16 (act. 477)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La libéralité-partage substitutive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Legs et Donations - Le guide des associations &amp; fondations 2023 (n° 2), pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quotité disponible spéciale : choisir n’est pas réduire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 11 (comm. 169)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renvoi d’une QPC sur l’article 909, alinéa 1er du Code civil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 9 (comm. 128)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La loi, le temps et le testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20, pp.1027</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03677343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legs en usufruit au partenaire de Pacs. Formule pour exclure ou maintenir l’article 917 du Code civil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Montoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 35 (1210)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment liquider une libéralité en usufruit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35 (1209)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nom et vulnérabilité : nouveautés issues de la loi du 2 mars 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28, pp.1195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit viager au logement : se maintenir un an dans les lieux ne suffit pas…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (act. 419)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déclaration de succession : obligation de moyens ou de résultat du notaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 14 (act. 445)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pas d’aggravation de la mesure sans un certificat médical ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28, pp.1195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La promotion successorale du conjoint 20 ans après la loi du 3 décembre 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 2 (dossier 3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiter d’un bien sans verser de loyers n’est pas nécessairement gratuit !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 5 (comm. 77)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi &amp;quot;Climat et résilience&amp;quot; : principales innovations intéressant le droit de la copropriété</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’utiles précisions sur le certificat successoral européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 30 (act. 781)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legs à une association : pas de droits sans sujets de droits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 6 (comm. 99)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homologation des conventions de l’article 268 du Code civil : jurisprudence “constante” sur le “revirement” d’un divorçant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Perier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Droit privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 872, pp.N8283BYG</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créance de l’indivisaire : exigibilité immédiate et prescription quinquennale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6, pp.comm. 93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indemnités de licenciement sont des substituts de salaires qui entrent en communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, https://www.dalloz-actualite.fr/flash/indemnites-de-licenciement-sont-des-substituts-de-salaires-qui-entrent-en-communaute#.Y-3-hS_pPFk</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certificat successoral européen : quelques précisions salvatrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (comm. 144)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le légataire est-il recevable à invoquer l’insanité d’esprit du testateur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 7-8 (comm. 113)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification des bénéficiaires d’une assurance-vie : comment se prescrit l’action en nullité pour insanité d’esprit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Droit privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 871</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donation et société : pour donner, fût-ce de manière déguisée, il faut être propriétaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (comm. 145)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QPC sur la révocation des avantages matrimoniaux : retour vers le futur !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, comm. 41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tel le phénix revoici la Commission du droit local d’Alsace-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 50 (act. 1328)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action en réduction et devoir notarial renforcé : la loi doit-elle énoncer des évidences ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 12 (comm. 178)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privilège et communauté : plus jamais sans le consentement du conjoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Droit privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le devoir de conseil du notaire dans le choix de la meilleure association conjugale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.act. 326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celui qui profite d’un logement devra-t-il le rapport ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révocation des avantages matrimoniaux : prudence, car contracter c’est prévoir... que la loi peut changer !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7/8, pp.10-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue d’un testament olographe doit être maîtrisée par son auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui regarde une assurance-vie peut y voir une libéralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 5 (comm. 76)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(In)capacité d’ester en justice de la personne protégée : assistance ou représentation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7/8, pp.44-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : l’ex-concubine du majeur protégé n’a pas qualité pour contester le changement de bénéficiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26, pp.1246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point de tutelle “longue durée” sans avis conforme d’un médecin inscrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39, pp.63-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le délai de prescription ne court pas tant que le dommage n'est que latent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 38, pp.2160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02987080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conflit de sources : droit local ou droit commun ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 44, pp.23-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : à la recherche de la volonté perdue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panorama des nouveaux divorces : quel(s) rôle(s) pour le notaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46, pp.28-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voici venu le juge des contentieux de la protection !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la modulation de la curatelle : simple ou renforcée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39, pp.59-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concession funéraire : le maire, garant du droit au renouvellement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30, pp.31-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 20 ans du pacs : le notaire, partenaire de la vie du couple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clause d’exclusion des biens professionnels en participation aux acquêts : faisons le point…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes pratiques &amp; stratégie patrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un loyer (même modique) chasse toute indemnité d'occupation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, comm. 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-ce défendre l’honneur du défunt que de reprendre l’instance contre une mesure de protection aggravante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.44-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recel successoral : maintien de la prescription trentenaire sous l’ancien droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, comm. 72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bail commercial : si le bailleur n’établit pas la réalité des charges, il doit restituer les provisions au preneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donation de gains et salaires économisés est soumise à la cogestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, comm. 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prescription d’une action en responsabilité ne court qu’à compter de la réalisation du dommage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autorisation du syndic pour agir en justice doit être suffisamment précise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le verrou, la pince et la clé. La modernisation du droit local alsacien-mosellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du droit local</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 84, pp.9-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désignation et substitution de bénéficiaires : pas de parallélisme des formes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 36, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité de l’huissier de justice : investiguer et vérifier avant de délivrer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avenir du droit local alsacien-mosellan : renaître ou disparaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 36, pp.1540-1547</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : mal exprimée, la substitution d'un bénéficiaire risque de rester lettre morte...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, comm. 181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publication du décret réformant le divorce et la séparation de corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Torricelli-Chrifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liste et caractéristiques des travaux réservés dans la VEFA en secteur protégé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie et testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Tani et G. Maire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assurance-vie et enjeux patrimoniaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105-120, 2025, 978-2-7110-4344-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assurance-vie et enjeux patrimoniaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.XIII-XIV, 2025, 978-2-7110-4344-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kramer contre Kramer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">100 films à voir (ou à revoir) lorsque l'on est juriste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mare &amp; Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.167-169, 2025, Droit &amp; Cinéma, 978-2-38600-066-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05052022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement civil des violences intrafamiliales : approche patrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit face aux violences intrafamiliales : regards croisés. Actes du colloque VIIIe journée Cambacérès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la faculté de droit et de science politique de Montpellier, pp.107-130, 2025, 979-10-91076-65-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cantonnement des libéralités : une invitation à la créativité notariale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité notariale &amp; doctorat en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.141-152, 2024, 978-2-7110-4089-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le notaire : de la plume d’oie… à l’acte électronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pour aller plus loin n° 64, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 603-604, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment lire et comprendre un arrêt de la cour de cassation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pour aller plus loin n° 15, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 502-505, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité notariale &amp; doctorat en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.XXV-XXVI, 2024, 978-2-7110-4089-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit français des périphéries : les particularismes juridiques de l’Outre-mer, de la Corse et de l’Alsace-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pour aller plus loin n° 34, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 536-540, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit jurisprudentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chap. 1, sect. 1, § 2, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 56-76, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que le Code pénitentiaire dit de la codification contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. Y. Carpentier). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le volet répressif de la loi pour la confiance dans l’institution judiciaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, pp.177-188, 2023, 978-2-7110-3791-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligne d'horizon : &amp;quot;Droit français des périphéries : les particularismes juridiques de l’Outre-mer, de la Corse et de l’Alsace-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. B. Beignier, J.-R. Binet et A.-L. Thomat-Raynaud). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.230-235, 2022, Cours, 978-2-275-10185-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligne d'horizon : &amp;quot;Comment lire et comprendre un arrêt de la Cour de cassation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. B. Beignier, J.-R. Binet et A.-L. Thomat-Raynaud). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.118-122, 2022, Cours, 978-2-275-10185-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit jurisprudentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. B. Beignier, J.-R. Binet et A.-L. Thomat-Raynaud). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-85, 2022, Cours, 978-2-275-10185-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pactes de famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Lacroix-de Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. J. Heinich, H. Lécuyer et J. Mestre). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pactes d'affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-305, 2021, Intégrales, 978-2-275-09227-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité et Droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. C. Pourlier-Cucherat, Ch. Revet, R. Sebal et N. Torz-Dupuis). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mixité et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions l’Épitoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.155-176, 2021, 979-10-92684-41-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit d’aînesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(coord. Th. Douville, L. Mauger-Vielpeau et G. Raoul-Cormeil). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges en l’honneur de la Professeure Annick BATTEUR. Regards humanistes sur le droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.525-545, 2021, 978-2-275-09163-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conventions de concubinage : quelles perspectives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. S. Ben Hadj Yahia et G. Kessler). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concubinage : entre droit et non droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-182, 2021, 978-2-7110-3381-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pacs et la liberté contractuelle : un régime patrimonial au menu ou à la carte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. W. Baby). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les vingt ans du PACS : le droit du couple et ses (r)évolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-62, 2020, 978-2-7110-3258-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Pratique notariale, 978-2-7110-4230-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie & enjeux patrimoniaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexis Nexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-7110-4344-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créativité notariale &amp; Doctorat en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-2-7110-4089-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquidations de régimes matrimoniaux et de successions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Torricelli-Chrifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Defrénois, 2023, 978-2-856-23758-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordre public et le droit patrimonial de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defrénois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, t. 64, 2020, Doctorat &amp; Notariat, 978-2-85623-384-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquidations de régimes matrimoniaux et de successions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Torricelli-Chrifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defrénois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-85623-362-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vulnérabilité et le notaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Mauger-Vielpeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La croisette NCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Notaires au coeur des famille, Mar 2025, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement civil des violences intrafamiliales : approche patrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIe Journée Cambacérès. Le droit face aux violences intrafamiliales : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Ch. Albigès, Oct 2024, Montpellier, France. pp.107-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accord des parties et l’amiable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser et se saisir de l’amiable dans les pratiques professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. J. Dugne, Jan 2025, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie et testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assurance-vie &amp; enjeux patrimoniaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. A. Tani et G. Maire, Mar 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de la liberté contractuelle dans la rédaction de la convention de pacs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude de droit du patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. E. Naudin, Jan 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité quasi-délictuelle a-t-elle un avenir ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quasi-droits &amp; droit des quasi : quand le droit fait comme si</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. M. Martin, Oct 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir et pouvoir d'alerte du notaire en droit de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Combret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chwartz-Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e Journées Notariales du Patrimoine (JNP 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Dauphine - Conseil supérieur du notariat, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir et pouvoir d’alerte du notaire en droit de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Combret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chwartz-Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e Journées Notariales du Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Dauphine et Conseil supérieur du Notariat, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La codification en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le volet répressif de la loi pour la confiance dans l'institution judiciaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Y. Carpentier, Mar 2022, Cargèse, France. pp.177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ingratitude matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’ingratitude matrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. S. Lacroix, Dec 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anticipation de la transmission de l’entreprise vinicole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement et transmission de l’entreprise vinicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. C. Saint-Didier, A.-M. Luciani et A. Tani, Mar 2023, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le RGPD : 5 ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le délégué à la protection des données : quels enjeux pour les juristes ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. A. Tani, Dec 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les charges graduelles et résiduelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les libéralités-partages sous toutes les coutures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. V. Zalewski-Sicard, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité utilisée par le Droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mixité et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADDIDP, Oct 2019, Toulouse, France. pp.155-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de synthèse de la 72e Assemblée de liaison des Notaires de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Osons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 72e Assemblée de liaison des Notaires de France, Nov 2021, Paris Maison de la chimie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conventions de concubinage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concubinage : entre droit et non droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. S. Ben Hadj Yahia et G. Kessler, Oct 2019, Corte, France. pp.171-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’introduction d’un divorce sans juge : quel bilan ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’efficacité internationale du divorce sans juge : trois ans après !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. C. Dagbedji, Mar 2020, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et dans 20 ans ? Évolution de la conjugalité, devenir de la réserve héréditaire et avenir du notariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vareille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 20 ans du pacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. W. Baby, Oct 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La liberté contractuelle et le Pacs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delecraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 20 ans du pacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. W. Baby, Oct 2019, Toulouse, France. pp.45-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les palpitations du droit patrimonial de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les rythmes de production du droit, Journée annuelle de l’IDP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. M. Nicod, Oct 2015, Toulouse, France. pp.157-173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réforme de la justice patrimoniale : la fin du “pousse-au-crime”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.fasc. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forme des donations entre vifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Peterka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Civil Code</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.synth. 430</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.fasc. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.fasc. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapports successoraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Peterka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Civil Code</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.synth. 370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divorce. Rôles du notaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.fasc. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.fasc. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité notariale & le doctorat en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons du droit : Revue de l’association française des docteurs en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 48, pp.6-238, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bienfaits et méfaits de l’assurance-vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legs et donations. Le Guide des associations &amp; fondations [Supplément à la Semaine juridique. Notariale et immobilière (JCP N)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.8-56, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05108449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId201"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:102.67379679144px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alex Tani </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en droit privé et sciences criminelles</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alex-tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6700-3431</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">23324820X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (107)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encourager l'ingénierie matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes pratiques et stratégie patrimoniale </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, n° 1,, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léguer tout l’usufruit d’un bien indivis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, comm. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À chaque vocation son option</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, comm. 52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'assurance-vie permet-elle de contourner la réserve héréditaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désynchronisation de l’option héréditaire et du recel successoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 17, 1078</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05052003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tout-puissant légataire universel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05327917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de l’intention libérale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mineur discernant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 38, 1158, §1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le valorisme corrigé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cantonnement et démembrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de régime matrimonial, un outil d’ingénierie matrimoniale au service de la créativité notariale : trois questions à Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 51, 1492</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vacance d’une succession n’arrête pas le temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gare aux “fausses” donations-partages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacte de préférence ou fausse espérance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25, pp.1215</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05150663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPA : quatre adultes et un couffin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 6, 1024, §1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le testament polyglotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donation d’œuvres d’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 9, 1040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changer d’avis en assurance-vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, comm. 94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les héritiers du locataire peuvent diviser leurs demandes contre le bailleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loyers et copropriété</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, alerte 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04936248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois questions liquidatives récurrentes sur la donation-partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 5, 1022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partage complexe et partage des rôles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, comm. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La déchéance matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 37, 1180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoir et devoir d’alerte du notaire et sa responsabilité en droit de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Combret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chwartz-Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51-52, pp.1248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don de gamètes : savez-vous garder un secret ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 01-02, 1004, §1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action du syndicat des copropriétaires : peu importe que seuls quelques lots soient affectés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 47, act. 1304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faisons rimer &amp;quot;Doctorat&amp;quot; et &amp;quot;Notariat&amp;quot; : 3 questions à François Letellier et Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 11, act. 414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décès avant 2007 : les successions “hantées” et le “fantôme” de la réduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, comm. 157 (12)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La déchéance matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 43-44, act. 1256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une loi pour plus de “justice patrimoniale” : progrès et regrets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, étude 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux : avez-vous plus de 15 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 01-02, 1004, §57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cession d’un office notarial à 1€ et atteinte à l’ordre public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénéficier d’un legs c’est bien, se le faire délivrer c’est mieux !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9, comm. 131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tutelle et assurance-vie : la modification de la clause bénéficiaire est soumise à autorisation judiciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 04, pp.1028</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bienfaits et méfaits de l’assurance-vie : avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legs et donations. Le Guide des associations &amp; fondations [Supplément à la Semaine juridique. Notariale et immobilière (JCP N)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 2-2023, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créativité notariale & doctorat en droit : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons du droit : Revue de l’association française des docteurs en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 48, pp.7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie de l’affiliation au secours du legs à une association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 17-18, 552</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une ingratitude matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Defrénois, la revue du notariat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cantonnement des libéralités : une invitation à la créativité notariale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons du droit : Revue de l’association française des docteurs en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 48, pp.130-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tour d’horizon sur le caractère exagéré des primes d’une assurance-vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 5 (comm. 78)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassation avec ou sans renvoi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTDCiv. Revue trimestrielle de droit civil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 03, pp.517</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04267214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À partir de quand les primes d’une assurance-vie deviennent-elles excessives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legs et donations. Le Guide des associations &amp; fondations [Supplément à la Semaine juridique. Notariale et immobilière (JCP N)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 2/2023, pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sera l’influence de la loi protégeant les enfants influenceurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30-34, pp.1149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notaires, vous avez le droit de garder le silence !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le parent est-il celui qui donne la vie ou celui qui paye les biberons ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30-24, pp.1149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification de la clause bénéficiaire et information de l’assureur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 15-16 (act. 477)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction d’une libéralité excessive n’est pas automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 5 (comm. 78)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : modification des bénéficiaires durant l'instruction d'une mesure de protection du souscripteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.1114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renvoi d’une QPC sur l’article 909, alinéa 1er du Code civil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 9 (comm. 128)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La loi, le temps et le testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20, pp.1027</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03677343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consécration de l’imputation “en assiette” des libéralités en usufruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 10 (comm. 146)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences précisées de la Collectivité européenne d'Alsace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 12 (act. 376)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformité à la Constitution de l’article 909 du Code civil : “la médecine, c’est ingrat”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 10 (comm. 147)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La libéralité-partage substitutive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Legs et Donations - Le guide des associations &amp; fondations 2023 (n° 2), pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quotité disponible spéciale : choisir n’est pas réduire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 11 (comm. 169)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legs en usufruit au partenaire de Pacs. Formule pour exclure ou maintenir l’article 917 du Code civil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Montoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 35 (1210)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment liquider une libéralité en usufruit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35 (1209)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit viager au logement : se maintenir un an dans les lieux ne suffit pas…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (act. 419)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déclaration de succession : obligation de moyens ou de résultat du notaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 14 (act. 445)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nom et vulnérabilité : nouveautés issues de la loi du 2 mars 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28, pp.1195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pas d’aggravation de la mesure sans un certificat médical ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28, pp.1195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La promotion successorale du conjoint 20 ans après la loi du 3 décembre 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 2 (dossier 3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiter d’un bien sans verser de loyers n’est pas nécessairement gratuit !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 5 (comm. 77)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’utiles précisions sur le certificat successoral européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 30 (act. 781)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legs à une association : pas de droits sans sujets de droits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 6 (comm. 99)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi &amp;quot;Climat et résilience&amp;quot; : principales innovations intéressant le droit de la copropriété</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le légataire est-il recevable à invoquer l’insanité d’esprit du testateur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 7-8 (comm. 113)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indemnités de licenciement sont des substituts de salaires qui entrent en communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, https://www.dalloz-actualite.fr/flash/indemnites-de-licenciement-sont-des-substituts-de-salaires-qui-entrent-en-communaute#.Y-3-hS_pPFk</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créance de l’indivisaire : exigibilité immédiate et prescription quinquennale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6, pp.comm. 93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homologation des conventions de l’article 268 du Code civil : jurisprudence “constante” sur le “revirement” d’un divorçant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Perier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Droit privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 872, pp.N8283BYG</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certificat successoral européen : quelques précisions salvatrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (comm. 144)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QPC sur la révocation des avantages matrimoniaux : retour vers le futur !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, comm. 41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donation et société : pour donner, fût-ce de manière déguisée, il faut être propriétaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (comm. 145)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification des bénéficiaires d’une assurance-vie : comment se prescrit l’action en nullité pour insanité d’esprit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Droit privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 871</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tel le phénix revoici la Commission du droit local d’Alsace-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 50 (act. 1328)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révocation des avantages matrimoniaux : prudence, car contracter c’est prévoir... que la loi peut changer !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7/8, pp.10-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celui qui profite d’un logement devra-t-il le rapport ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action en réduction et devoir notarial renforcé : la loi doit-elle énoncer des évidences ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 12 (comm. 178)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privilège et communauté : plus jamais sans le consentement du conjoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Droit privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le devoir de conseil du notaire dans le choix de la meilleure association conjugale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.act. 326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qui regarde une assurance-vie peut y voir une libéralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 5 (comm. 76)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue d’un testament olographe doit être maîtrisée par son auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(In)capacité d’ester en justice de la personne protégée : assistance ou représentation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7/8, pp.44-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : l’ex-concubine du majeur protégé n’a pas qualité pour contester le changement de bénéficiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26, pp.1246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le délai de prescription ne court pas tant que le dommage n'est que latent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 38, pp.2160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02987080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voici venu le juge des contentieux de la protection !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panorama des nouveaux divorces : quel(s) rôle(s) pour le notaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46, pp.28-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : à la recherche de la volonté perdue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la modulation de la curatelle : simple ou renforcée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39, pp.59-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point de tutelle “longue durée” sans avis conforme d’un médecin inscrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39, pp.63-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conflit de sources : droit local ou droit commun ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 44, pp.23-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 20 ans du pacs : le notaire, partenaire de la vie du couple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concession funéraire : le maire, garant du droit au renouvellement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30, pp.31-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clause d’exclusion des biens professionnels en participation aux acquêts : faisons le point…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes pratiques &amp; stratégie patrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recel successoral : maintien de la prescription trentenaire sous l’ancien droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, comm. 72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un loyer (même modique) chasse toute indemnité d'occupation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, comm. 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-ce défendre l’honneur du défunt que de reprendre l’instance contre une mesure de protection aggravante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.44-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bail commercial : si le bailleur n’établit pas la réalité des charges, il doit restituer les provisions au preneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La donation de gains et salaires économisés est soumise à la cogestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, comm. 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prescription d’une action en responsabilité ne court qu’à compter de la réalisation du dommage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité de l’huissier de justice : investiguer et vérifier avant de délivrer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le verrou, la pince et la clé. La modernisation du droit local alsacien-mosellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du droit local</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 84, pp.9-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’autorisation du syndic pour agir en justice doit être suffisamment précise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désignation et substitution de bénéficiaires : pas de parallélisme des formes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 36, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publication du décret réformant le divorce et la séparation de corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Torricelli-Chrifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie : mal exprimée, la substitution d'un bénéficiaire risque de rester lettre morte...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit de la famille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, comm. 181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avenir du droit local alsacien-mosellan : renaître ou disparaître</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 36, pp.1540-1547</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liste et caractéristiques des travaux réservés dans la VEFA en secteur protégé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie et testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Tani et G. Maire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assurance-vie et enjeux patrimoniaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105-120, 2025, 978-2-7110-4344-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assurance-vie et enjeux patrimoniaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.XIII-XIV, 2025, 978-2-7110-4344-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kramer contre Kramer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">100 films à voir (ou à revoir) lorsque l'on est juriste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mare &amp; Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.167-169, 2025, Droit &amp; Cinéma, 978-2-38600-066-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05052022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement civil des violences intrafamiliales : approche patrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit face aux violences intrafamiliales : regards croisés. Actes du colloque VIIIe journée Cambacérès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la faculté de droit et de science politique de Montpellier, pp.107-130, 2025, 979-10-91076-65-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cantonnement des libéralités : une invitation à la créativité notariale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité notariale &amp; doctorat en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.141-152, 2024, 978-2-7110-4089-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le notaire : de la plume d’oie… à l’acte électronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pour aller plus loin n° 64, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 603-604, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment lire et comprendre un arrêt de la cour de cassation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pour aller plus loin n° 15, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 502-505, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité notariale &amp; doctorat en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.XXV-XXVI, 2024, 978-2-7110-4089-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit jurisprudentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chap. 1, sect. 1, § 2, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 56-76, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit français des périphéries : les particularismes juridiques de l’Outre-mer, de la Corse et de l’Alsace-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit (dir. B. Beignier et A.-L. Thomat-Raynaud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pour aller plus loin n° 34, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 536-540, 2024, 978-2-275-14304-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que le Code pénitentiaire dit de la codification contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. Y. Carpentier). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le volet répressif de la loi pour la confiance dans l’institution judiciaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, pp.177-188, 2023, 978-2-7110-3791-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit jurisprudentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. B. Beignier, J.-R. Binet et A.-L. Thomat-Raynaud). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-85, 2022, Cours, 978-2-275-10185-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligne d'horizon : &amp;quot;Comment lire et comprendre un arrêt de la Cour de cassation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. B. Beignier, J.-R. Binet et A.-L. Thomat-Raynaud). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.118-122, 2022, Cours, 978-2-275-10185-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligne d'horizon : &amp;quot;Droit français des périphéries : les particularismes juridiques de l’Outre-mer, de la Corse et de l’Alsace-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. B. Beignier, J.-R. Binet et A.-L. Thomat-Raynaud). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.230-235, 2022, Cours, 978-2-275-10185-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pactes de famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Lacroix-de Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. J. Heinich, H. Lécuyer et J. Mestre). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pactes d'affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-305, 2021, Intégrales, 978-2-275-09227-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conventions de concubinage : quelles perspectives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. S. Ben Hadj Yahia et G. Kessler). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concubinage : entre droit et non droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-182, 2021, 978-2-7110-3381-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité et Droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. C. Pourlier-Cucherat, Ch. Revet, R. Sebal et N. Torz-Dupuis). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mixité et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions l’Épitoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.155-176, 2021, 979-10-92684-41-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit d’aînesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(coord. Th. Douville, L. Mauger-Vielpeau et G. Raoul-Cormeil). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges en l’honneur de la Professeure Annick BATTEUR. Regards humanistes sur le droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.525-545, 2021, 978-2-275-09163-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pacs et la liberté contractuelle : un régime patrimonial au menu ou à la carte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(dir. W. Baby). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les vingt ans du PACS : le droit du couple et ses (r)évolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-62, 2020, 978-2-7110-3258-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Pratique notariale, 978-2-7110-4230-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie & enjeux patrimoniaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexis Nexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-7110-4344-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créativité notariale &amp; Doctorat en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexisNexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-2-7110-4089-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquidations de régimes matrimoniaux et de successions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Torricelli-Chrifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Defrénois, 2023, 978-2-856-23758-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordre public et le droit patrimonial de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defrénois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, t. 64, 2020, Doctorat &amp; Notariat, 978-2-85623-384-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquidations de régimes matrimoniaux et de successions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Torricelli-Chrifi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defrénois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-85623-362-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accord des parties et l’amiable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser et se saisir de l’amiable dans les pratiques professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. J. Dugne, Jan 2025, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement civil des violences intrafamiliales : approche patrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIe Journée Cambacérès. Le droit face aux violences intrafamiliales : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Ch. Albigès, Oct 2024, Montpellier, France. pp.107-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vulnérabilité et le notaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Mauger-Vielpeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La croisette NCF : La vulnérabilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Notaires au coeur des famille, Mar 2025, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurance-vie et testament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assurance-vie &amp; enjeux patrimoniaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. A. Tani et G. Maire, Mar 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de la liberté contractuelle dans la rédaction de la convention de pacs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude de droit du patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. E. Naudin, Jan 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité quasi-délictuelle a-t-elle un avenir ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quasi-droits &amp; droit des quasi : quand le droit fait comme si</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. M. Martin, Oct 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir et pouvoir d'alerte du notaire en droit de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Combret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chwartz-Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e Journées Notariales du Patrimoine (JNP 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Dauphine - Conseil supérieur du notariat, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devoir et pouvoir d’alerte du notaire en droit de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Combret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chwartz-Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e Journées Notariales du Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Dauphine et Conseil supérieur du Notariat, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La codification en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le volet répressif de la loi pour la confiance dans l'institution judiciaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Y. Carpentier, Mar 2022, Cargèse, France. pp.177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ingratitude matrimoniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’ingratitude matrimoniale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. S. Lacroix, Dec 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anticipation de la transmission de l’entreprise vinicole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement et transmission de l’entreprise vinicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. C. Saint-Didier, A.-M. Luciani et A. Tani, Mar 2023, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le RGPD : 5 ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le délégué à la protection des données : quels enjeux pour les juristes ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. A. Tani, Dec 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les charges graduelles et résiduelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les libéralités-partages sous toutes les coutures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. V. Zalewski-Sicard, Sep 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité utilisée par le Droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mixité et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADDIDP, Oct 2019, Toulouse, France. pp.155-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conventions de concubinage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concubinage : entre droit et non droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. S. Ben Hadj Yahia et G. Kessler, Oct 2019, Corte, France. pp.171-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de synthèse de la 72e Assemblée de liaison des Notaires de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Osons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 72e Assemblée de liaison des Notaires de France, Nov 2021, Paris Maison de la chimie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’introduction d’un divorce sans juge : quel bilan ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’efficacité internationale du divorce sans juge : trois ans après !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. C. Dagbedji, Mar 2020, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et dans 20 ans ? Évolution de la conjugalité, devenir de la réserve héréditaire et avenir du notariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Nicod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vareille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 20 ans du pacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. W. Baby, Oct 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La liberté contractuelle et le Pacs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Delecraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 20 ans du pacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. W. Baby, Oct 2019, Toulouse, France. pp.45-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les palpitations du droit patrimonial de la famille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les rythmes de production du droit, Journée annuelle de l’IDP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. M. Nicod, Oct 2015, Toulouse, France. pp.157-173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05524235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réforme de la justice patrimoniale : la fin du “pousse-au-crime”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forme des donations entre vifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Peterka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Civil Code</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.synth. 430</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.fasc. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.fasc. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.fasc. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapports successoraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Peterka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Civil Code</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.synth. 370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04361225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de régime matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.fasc. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divorce. Rôles du notaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JurisClasseur Notarial Formulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.fasc. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité notariale & le doctorat en droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Beignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Letellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons du droit : Revue de l’association française des docteurs en droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 48, pp.6-238, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04362741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bienfaits et méfaits de l’assurance-vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Tani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legs et donations. Le Guide des associations &amp; fondations [Supplément à la Semaine juridique. Notariale et immobilière (JCP N)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.8-56, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05108449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId203"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="68D65618"/>
+    <w:nsid w:val="1065C3A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alex-tani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6700-3431" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23324820X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469561v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424723v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327917v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884944v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052003v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nicod" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266706v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285966v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236342v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424724v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127861v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285965v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05150663v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936249v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976192v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969212v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096796v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432770v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432790v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434125v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936248v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696479v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821745v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847993v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Combret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chwartz-Lair" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821640v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651015v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Letellier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754729v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678177v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432778v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992421v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361507v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361548v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362736v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362726v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361535v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361291v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04267214v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362730v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361530v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993264v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361516v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362737v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361513v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993276v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993241v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993242v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992268v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993227v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993216v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992458v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993245v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993237v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677343v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992440v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Montoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992430v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992416v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993159v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993249v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992285v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992423v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993220v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992479v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992990v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992936v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991969v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Perier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991920v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991956v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993067v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992941v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992975v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993019v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188916v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993269v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993115v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991940v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991903v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188932v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188922v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992982v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992917v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188906v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992256v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188900v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987080v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188854v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188936v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188843v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188884v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188894v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188953v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188846v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188859v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188948v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188890v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188972v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188865v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188928v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188868v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188816v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188801v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188957v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188877v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188779v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188978v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188792v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Torricelli-Chrifi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188871v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523932v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.lexisnexis.com/fr-fr/products/assurance-vie-et-enjeux-patrimoniaux.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523929v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maire" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052022v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/100-films-a-voir-ou-a-revoir-lorsque-lon-est-juriste" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370930v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650995v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/12709-creativite-notariale-et-doctorat-en-droit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754726v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/introduction-au-droit-9782275143040.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754719v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650956v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etudiant.lexisnexis.fr/12709-creativite-notariale-et-doctorat-en-droit/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754722v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754717v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992876v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992782v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj-editions.fr/livres/introduction-au-droit/9782275101859" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992752v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992747v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527430v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Lacroix-de Sousa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-pactes-d-affaires-9782275092270.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.l-epitoge.com/category/non-classe/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992724v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beignier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj-editions.fr/livres/melanges-en-lhonneur-de-la-professeure-annick-batteur/9782275091631" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189101v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/10411-le-concubinage-entre-droit-et-non-droit" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189099v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/9420-les-20-ans-du-pacs/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424727v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.lexisnexis.com/fr-fr/le-changement-de-regime-matrimonial.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370934v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651037v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mestre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362749v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992903v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/l-ordre-public-et-le-droit-patrimonial-de-la-famille-9782856233849.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992897v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/liquidations-de-regimes-matrimoniaux-et-de-successions-9782856233627.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524271v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mauger-Vielpeau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523991v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523985v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523982v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524004v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523997v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754733v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524239v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524024v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524242v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524008v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524268v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524015v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524200v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991999v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524209v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524205v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524230v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vareille" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524227v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delecraz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524235v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433000v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361234v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361215v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peterka" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361266v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361258v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361225v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992487v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992496v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362741v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108449v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alex-tani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6700-3431" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23324820X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561700v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469561v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561699v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884944v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052003v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nicod" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327917v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424723v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266706v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236342v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285966v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424724v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127861v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285965v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05150663v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936249v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976192v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969212v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096796v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936248v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434125v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696479v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847993v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Combret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chwartz-Lair" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432770v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821745v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Letellier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821640v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754729v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678177v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361507v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361548v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992421v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362736v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362726v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361535v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361291v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362730v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361530v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04267214v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362737v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361516v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993264v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361513v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993216v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993227v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992268v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993237v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677343v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993241v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993276v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993242v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992458v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993245v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992440v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Montoux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992430v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993159v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993249v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992416v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992285v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992423v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993220v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992990v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992936v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992479v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992941v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991956v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991920v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991969v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Perier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993067v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188916v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993019v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992975v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993269v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188922v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188932v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993115v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991940v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991903v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992917v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992982v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188906v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992256v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987080v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188884v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188843v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188936v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188894v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188900v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188854v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188846v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188953v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188859v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188972v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188948v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188890v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188865v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188928v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188868v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188877v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188801v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188816v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188957v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188792v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Torricelli-Chrifi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188978v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188779v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188871v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523932v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.lexisnexis.com/fr-fr/products/assurance-vie-et-enjeux-patrimoniaux.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523929v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maire" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052022v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/100-films-a-voir-ou-a-revoir-lorsque-lon-est-juriste" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370930v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650995v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/12709-creativite-notariale-et-doctorat-en-droit" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754726v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/introduction-au-droit-9782275143040.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754719v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650956v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etudiant.lexisnexis.fr/12709-creativite-notariale-et-doctorat-en-droit/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754717v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754722v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992876v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992747v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj-editions.fr/livres/introduction-au-droit/9782275101859" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992752v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992782v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527430v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Lacroix-de Sousa" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-pactes-d-affaires-9782275092270.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189101v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/10411-le-concubinage-entre-droit-et-non-droit" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992736v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.l-epitoge.com/category/non-classe/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992724v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beignier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj-editions.fr/livres/melanges-en-lhonneur-de-la-professeure-annick-batteur/9782275091631" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189099v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/9420-les-20-ans-du-pacs/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424727v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.lexisnexis.com/fr-fr/le-changement-de-regime-matrimonial.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370934v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651037v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mestre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362749v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992903v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/l-ordre-public-et-le-droit-patrimonial-de-la-famille-9782856233849.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992897v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/liquidations-de-regimes-matrimoniaux-et-de-successions-9782856233627.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523985v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523991v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524271v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mauger-Vielpeau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523982v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524004v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523997v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754733v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524239v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524024v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524242v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524008v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524268v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524015v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524200v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524209v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991999v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524205v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524230v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vareille" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524227v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delecraz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524235v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433000v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361215v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peterka" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361234v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361266v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361258v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361225v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992496v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992487v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362741v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108449v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>