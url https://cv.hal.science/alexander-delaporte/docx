--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1968,771 +1968,771 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03523158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Étiquetage morphosyntaxique avec Jieba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extraire les données d’un tableau HTML</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fiabilité de chardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Delaporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/536</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexique linguistique en japonais – 01</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Delaporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02955208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frise chronologique avec LaTeX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/393</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03035966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sélecteur 1000 langues en HTML</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/1159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dico pour qui ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étiquetage morphosyntaxique avec PyNLPIR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Delaporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03025755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didόmena dans votre carnet Hypothèses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Delaporte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/1235</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03079714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/67</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restructurer un tableau CSV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/1159</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uniformisation d’encodage en deux étapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/669</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/393</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèles chinois et japonais pour spaCy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, https://tekipaki.hypotheses.org/576</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...185 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037800v1</w:t>
-              </w:r>
-[...122 lines deleted...]
-                <w:t xml:space="preserve">hal-03030765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les types de dictionnaires</w:t>
               </w:r>
@@ -3180,51 +3180,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A6C05779"/>
+    <w:nsid w:val="ADDBB010"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3411,51 +3411,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexander-delaporte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8595-5313" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363595v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiammetta Namer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Hathout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Amiot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barque" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/lexique.1242" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337445v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Badara Diagne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432525v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Chen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Nouvel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Linh Dao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396580v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891569v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906431v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013922v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013487v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013085v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013432v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523195v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523146v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509627v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281612v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521338v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521244v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521277v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521303v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523179v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523158v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037850v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955208v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03025755v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079714v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079669v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079695v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035966v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950792v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079596v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037800v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948052v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030765v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058347v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058377v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079649v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956164v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058361v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035981v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexander-delaporte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8595-5313" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363595v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiammetta Namer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Hathout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Amiot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barque" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54563/lexique.1242" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337445v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Badara Diagne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432525v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Chen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Nouvel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Linh Dao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396580v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891569v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906431v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013922v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013487v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013085v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013432v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523195v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523146v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509627v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281612v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521338v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521244v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521277v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521303v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523179v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523158v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030765v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948052v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037850v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955208v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035966v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079695v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079669v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03025755v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079714v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950792v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079596v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037800v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058347v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058377v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079649v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956164v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058361v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035981v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>