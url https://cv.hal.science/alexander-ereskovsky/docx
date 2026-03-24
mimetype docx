--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -195,1839 +195,1839 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First draft genome assembly of sponge Halisarca dujardinii reveals key components of basement membrane and broad repertoire of aggregation factors</w:t>
+                <w:t xml:space="preserve">Tissue integrity at the root of Metazoa – transcriptional landscape of whole‐body regeneration in sponges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nikolai Melnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kseniia Skorentseva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fyodor Bolshakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-28962-y⟩</w:t>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 293 (5), pp.1516-1544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.70337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05435009v1</w:t>
+                <w:t xml:space="preserve">hal-05368105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Development of Golf Ball Sponges, Genus Craniella (Demospongiae, Tetractinellida) From the Northeast Atlantic Ocean</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Chenesseau</w:t>
+                <w:t xml:space="preserve">Cell proliferation and cell death during whole-body regeneration in the demosponge Halisarca dujardinii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Lavrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai Melnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jim Drewery</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fyodor V Bolshakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniyal M. Saidov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrd.70059⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 599 (12), pp.1698-1716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/1873-3468.70025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05306352v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeocytes in sponges: simple cells of complicated fate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolai Melnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Lavrov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 100 (2), pp.790-814. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/brv.13162⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell proliferation and cell death during whole-body regeneration in the demosponge Halisarca dujardinii</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First draft genome assembly of sponge Halisarca dujardinii reveals key components of basement membrane and broad repertoire of aggregation factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Borisenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Predeus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/1873-3468.70025⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.44778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-28962-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04978092v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Halichondria panicea (Porifera, Demospongiae) Reparative Regeneration: An Integrative Approach to Better Understand Wound Healing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct Development of Golf Ball Sponges, Genus Craniella (Demospongiae, Tetractinellida) From the Northeast Atlantic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paco Cárdenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chenesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jim Drewery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jez.b.23295⟩</w:t>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 92 (10), pp.e70059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrd.70059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05027289v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05306352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular and molecular microbial diversity of the mediterranean sponge &amp;lt;i&amp;gt;Agelas oroides&amp;lt;/i&amp;gt; (Demospongiae, Agelasida)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+                <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Vacelet</w:t>
+                <w:t xml:space="preserve">Flore Corallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Corallo</w:t>
+                <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 172 (5), pp.69. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00227-025-04627-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering Arctic sponge diversity: genetic and morphological evidence reveals cryptic lineages in Suberites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Halichondria panicea (Porifera, Demospongiae) Reparative Regeneration: An Integrative Approach to Better Understand Wound Healing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vyacheslav Khalaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grigori Morozov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Nelly Godefroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chenesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Strelkova</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadezhda Yu. Rogovskaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 204 (2), pp.zlaf052. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (4), pp.214-235. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlaf052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.23295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05129184v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How gemmules become sponges: known facts and open questions</w:t>
+                <w:t xml:space="preserve">Deciphering Arctic sponge diversity: genetic and morphological evidence reveals cryptic lineages in Suberites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A M Sokolova</w:t>
+                <w:t xml:space="preserve">Grigori Morozov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Strelkova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15298/invertzool.22.3.01⟩</w:t>
+              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 204 (2), pp.zlaf052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlaf052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279461v1</w:t>
+                <w:t xml:space="preserve">hal-05129184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of mammalian collagens I and III within ancient poriferan biopolymer spongin</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How gemmules become sponges: known facts and open questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Miksik</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A M Sokolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-57460-y⟩</w:t>
+              <w:t xml:space="preserve">Invertebrate Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (3), pp.383-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15298/invertzool.22.3.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (data paper)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04992487v1</w:t>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05279461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue integrity at the root of Metazoa – transcriptional landscape of whole‐body regeneration in sponges</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nikolai Melnikov</w:t>
+                <w:t xml:space="preserve">Discovery of mammalian collagens I and III within ancient poriferan biopolymer spongin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann Ehrlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Miksik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Tsurkan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kseniia Skorentseva</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ilya Borisenko</w:t>
+                <w:t xml:space="preserve">Paul Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fyodor Bolshakov</w:t>
+                <w:t xml:space="preserve">Filip Porzucek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.2515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/febs.70337⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-57460-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05368105v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silactins and Structural Diversity of Biosilica in Sponges</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New data on innervation of the proboscis in Bonellia viridis females (Annelida: Thalassematidae: Bonelliinae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alon Voronkina</w:t>
+                <w:t xml:space="preserve">Petr Kuznetsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstant Tabachniсk</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Temereva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biomimetics9070393⟩</w:t>
+              <w:t xml:space="preserve">Invertebrate Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (3), pp.243-260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15298/invertzool.21.3.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04627469v1</w:t>
+                <w:t xml:space="preserve">hal-04682733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New data on innervation of the proboscis in Bonellia viridis females (Annelida: Thalassematidae: Bonelliinae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Silactins and Structural Diversity of Biosilica in Sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann Ehrlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alon Voronkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Kuznetsov</w:t>
+                <w:t xml:space="preserve">Konstant Tabachniсk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Kubiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Zoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 21 (3), pp.243-260. </w:t>
+              <w:t xml:space="preserve">Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (7), pp.393. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15298/invertzool.21.3.01⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biomimetics9070393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04682733v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04627469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Characterization and Cytotoxic Evaluation of Chondrosia reniformis Collagen Isolated from Different Body Parts (Ectosome and Choanosome) Envisaging the Development of Biomaterials</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Checklist of sponges (Porifera) from the White Sea, Arctic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grigori Morozov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md22020055⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5584 (1), pp.71-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.5584.1.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417265v1</w:t>
+                <w:t xml:space="preserve">hal-04929899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Checklist of sponges (Porifera) from the White Sea, Arctic</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Buds of Oscarella lobularis (Porifera, Homoscleromorpha): A New Convenient Model for Sponge Cell and Evolutionary Developmental Biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Vernale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Fierro-Constaín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Séjourné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chenesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 5584 (1), pp.71-86. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 342 (8), pp.503-528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.5584.1.4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.23271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04929899v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Buds of Oscarella lobularis (Porifera, Homoscleromorpha): A New Convenient Model for Sponge Cell and Evolutionary Developmental Biology</w:t>
+                <w:t xml:space="preserve">The Characterization and Cytotoxic Evaluation of Chondrosia reniformis Collagen Isolated from Different Body Parts (Ectosome and Choanosome) Envisaging the Development of Biomaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Rocher</w:t>
+                <w:t xml:space="preserve">Miguel Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Vernale</w:t>
+                <w:t xml:space="preserve">Catarina Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Fierro-Constaín</w:t>
+                <w:t xml:space="preserve">Ana Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Séjourné</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Chenesseau</w:t>
+                <w:t xml:space="preserve">Eva Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 342 (8), pp.503-528. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (2), pp.55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jez.b.23271⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md22020055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730693v1</w:t>
+                <w:t xml:space="preserve">hal-04417265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complex case of the calcareous sponge Leucosolenia complicata (Porifera: Calcarea): hidden diversity in Boreal and Arctic regions with description of a new species</w:t>
               </w:r>
@@ -2232,377 +2232,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04920809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spongin as a Unique 3D Template for the Development of Functional Iron-Based Composites using Biomimetic Approach In Vitro</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Mechanical Properties of Microfibre-Based 3D Chitinous Scaffolds from Selected Verongiida Sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martyna Pajewska-Szmyt</w:t>
+                <w:t xml:space="preserve">Tomas Duminis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martyna Kotula</w:t>
+                <w:t xml:space="preserve">Marcin Heljak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bartosz Leśniewski</w:t>
+                <w:t xml:space="preserve">Wojciech Święszkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alona Voronkina</w:t>
+                <w:t xml:space="preserve">Izabela Dziedzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 21 (9), pp.460. </w:t>
+              <w:t xml:space="preserve">, 2023, 21 (9), pp.463. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md21090460⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md21090463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185513v1</w:t>
+                <w:t xml:space="preserve">hal-04215175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Mechanical Properties of Microfibre-Based 3D Chitinous Scaffolds from Selected Verongiida Sponges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spongin as a Unique 3D Template for the Development of Functional Iron-Based Composites using Biomimetic Approach In Vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Kubiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas Duminis</w:t>
+                <w:t xml:space="preserve">Martyna Pajewska-Szmyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcin Heljak</w:t>
+                <w:t xml:space="preserve">Martyna Kotula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wojciech Święszkowski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Bartosz Leśniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Izabela Dziedzic</w:t>
+                <w:t xml:space="preserve">Alona Voronkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 21 (9), pp.463. </w:t>
+              <w:t xml:space="preserve">, 2023, 21 (9), pp.460. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md21090463⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md21090460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04215175v1</w:t>
+                <w:t xml:space="preserve">hal-04185513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creation of a 3D Goethite–Spongin Composite Using an Extreme Biomimetics Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Kubiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alona Voronkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martyna Pajewska-Szmyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martyna Kotula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bartosz Leśniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomimetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (7), pp.533. </w:t>
@@ -2634,875 +2634,875 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving a taxonomic puzzle: integrative taxonomy reveals new cryptic and polymorphic species of Oscarella in south-eastern Brazil (Homoscleromorpha: Oscarellidae)</w:t>
+                <w:t xml:space="preserve">A pan-metazoan concept for adult stem cells: the wobbling Penrose landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Stillitani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Baruch Rinkevich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Pérez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+                <w:t xml:space="preserve">Loriano Ballarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marinella Laport</w:t>
+                <w:t xml:space="preserve">Pedro Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildiko Somorjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oshrat Ben-Hamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/IS21056⟩</w:t>
+              <w:t xml:space="preserve">Biological Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 97 (1), pp.299-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/brv.12801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589844v1</w:t>
+                <w:t xml:space="preserve">hal-03368864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pan-metazoan concept for adult stem cells: the wobbling Penrose landscape</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solving a taxonomic puzzle: integrative taxonomy reveals new cryptic and polymorphic species of Oscarella in south-eastern Brazil (Homoscleromorpha: Oscarellidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Martinez</w:t>
+                <w:t xml:space="preserve">Daniele Stillitani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ildiko Somorjai</w:t>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oshrat Ben-Hamo</w:t>
+                <w:t xml:space="preserve">Marinella Laport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 97 (1), pp.299-325. </w:t>
+              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (8), pp.714-750. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/brv.12801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/IS21056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03368864v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity, climate change, and adaptation in the Mediterranean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tissue homeostasis in sponges: Quantitative analysis of cell proliferation and apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai Melnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fyodor Bolshakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Aurelle</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alberte Bondeau</w:t>
+                <w:t xml:space="preserve">Veronika Frolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kseniia Skorentseva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ecs2.3915⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 338 (6), pp.360-381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.23138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03670020v1</w:t>
+                <w:t xml:space="preserve">hal-03651888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NEW SKELETON-LESS HOMOSCLEROMORPHS (PORIFERA, HOMOSCLEROMORPHA) FROM THE CARIBBEAN SEA: EXCEPTIONS TO RULES ARE DEFINITELY COMMON IN SPONGE TAXONOMY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zootaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 5200 (2), pp.128-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.11646/zootaxa.5200.2.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03832634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue homeostasis in sponges: Quantitative analysis of cell proliferation and apoptosis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fyodor Bolshakov</w:t>
+                <w:t xml:space="preserve">Biodiversity, climate change, and adaptation in the Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aurelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile H. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronika Frolova</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Alberte Bondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 338 (6), pp.360-381. </w:t>
+              <w:t xml:space="preserve">Ecosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (4), pp.2-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jez.b.23138⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ecs2.3915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03651888v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrastructural research of spermiogenesis in two sponges, Crellomima imparidens and Hymedesmia irregularis (Demospongiae): new evidence of sperms with acrosome in sponges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spermatogenesis in the carnivorous sponge Lycopodina hypogea (Porifera, Demospongiae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vacelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daria Tokina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Morphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 283 (3), pp.333-345. </w:t>
+              <w:t xml:space="preserve">Zoomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 141 (1), pp.1-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jmor.21446⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00435-022-00553-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03527256v1</w:t>
+                <w:t xml:space="preserve">hal-03576376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spermatogenesis in the carnivorous sponge Lycopodina hypogea (Porifera, Demospongiae)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Vacelet</w:t>
+                <w:t xml:space="preserve">Ultrastructural research of spermiogenesis in two sponges, Crellomima imparidens and Hymedesmia irregularis (Demospongiae): new evidence of sperms with acrosome in sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Daria Tokina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 141 (1), pp.1-17. </w:t>
+              <w:t xml:space="preserve">Journal of Morphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 283 (3), pp.333-345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00435-022-00553-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jmor.21446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03576376v1</w:t>
+                <w:t xml:space="preserve">hal-03527256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diet Metabarcoding Reveals Extensive Dietary Overlap between Two Benthic Stream Fishes (Zingel asper and Cottus gobio) and Provides Insights into Their Coexistence</w:t>
               </w:r>
@@ -3622,51 +3622,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel protein from larval sponge cells, ilborin, is related to energy turnover and calcium binding and is conserved among marine invertebrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Daugavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3746,814 +3746,814 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03585677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine details of the choanocyte filter apparatus in asconoid calcareous sponges (Porifera: Calcarea) revealed by ruthenium red fixation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fyodor V Bolshakov</w:t>
+                <w:t xml:space="preserve">DNA metabarcoding suggests adaptive seasonal variation of individual trophic traits in a critically endangered fish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurt Villsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daria B Tokina</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gaït Archambaud-Suard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Vignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.zool.2021.125984⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31 (22), pp.5889-5908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.16698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03472662v1</w:t>
+                <w:t xml:space="preserve">hal-03793011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Articulating the “stem cell niche” paradigm through the lens of non-model aquatic invertebrates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Martinez</w:t>
+                <w:t xml:space="preserve">Arrested in Glass: Actin within Sophisticated Architectures of Biosilica in Sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann Ehrlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Ballarin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Magdalena Luczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gazave</w:t>
+                <w:t xml:space="preserve">Rustam Ziganshin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Hobmayer</w:t>
+                <w:t xml:space="preserve">Ivan Mikšík</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Wysokowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-022-01230-5⟩</w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (11), pp.2105059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/advs.202105059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03538388v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03571991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arrested in Glass: Actin within Sophisticated Architectures of Biosilica in Sponges</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Articulating the “stem cell niche” paradigm through the lens of non-model aquatic invertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rustam Ziganshin</w:t>
+                <w:t xml:space="preserve">P. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Mikšík</w:t>
+                <w:t xml:space="preserve">L. Ballarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcin Wysokowski</w:t>
+                <w:t xml:space="preserve">E. Gazave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hobmayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/advs.202105059⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (1), pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-022-01230-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03571991v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA metabarcoding suggests adaptive seasonal variation of individual trophic traits in a critically endangered fish</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaït Archambaud-Suard</w:t>
+                <w:t xml:space="preserve">Fine details of the choanocyte filter apparatus in asconoid calcareous sponges (Porifera: Calcarea) revealed by ruthenium red fixation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey I Lavrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fyodor V Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Vignes</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daria B Tokina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 31 (22), pp.5889-5908. </w:t>
+              <w:t xml:space="preserve">Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 150, pp.125984. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.16698⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.zool.2021.125984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793011v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03472662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological variability of choanocyte kinetids supports a novel systematic division within Oscarellidae (Porifera, Homoscleromorpha)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New data on the ultrastructure of the proboscis in females of Bonellia viridis (Annelida: Bonellinae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Kuznetsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pozdnyakov Igor</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elena N Temereva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Zoological Systematics and Evolutionary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jzs.12417⟩</w:t>
+              <w:t xml:space="preserve">Zoomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 140, pp.453-468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00435-021-00541-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944742v1</w:t>
+                <w:t xml:space="preserve">hal-03383753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New data on the ultrastructure of the proboscis in females of Bonellia viridis (Annelida: Bonellinae)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">Morphological variability of choanocyte kinetids supports a novel systematic division within Oscarellidae (Porifera, Homoscleromorpha)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pozdnyakov Igor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sokolova Agniya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena N Temereva</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Karpov Sergey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 140, pp.453-468. </w:t>
+              <w:t xml:space="preserve">Journal of Zoological Systematics and Evolutionary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59, pp.31-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00435-021-00541-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jzs.12417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03383753v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of Wnt and TGF-Beta Pathway Components during Whole-Body Regeneration from Cell Aggregates in Demosponge Halisarca dujardinii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feodor Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4620,876 +4620,876 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-Body Regeneration in Sponges: Diversity, Fine Mechanisms, and Future Prospects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ontogenetic dynamics of the subepidermal spicule complex in Nudibranchia (Gastropoda): the case of Onchidoris muricata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Andrey I Lavrov</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Vortsepneva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/genes12040506⟩</w:t>
+              <w:t xml:space="preserve">Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 144, pp.125886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.zool.2020.125886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184699v1</w:t>
+                <w:t xml:space="preserve">hal-03108284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontogenetic dynamics of the subepidermal spicule complex in Nudibranchia (Gastropoda): the case of Onchidoris muricata</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Whole-Body Regeneration in Sponges: Diversity, Fine Mechanisms, and Future Prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Vortsepneva</w:t>
+                <w:t xml:space="preserve">Ilya E Borisenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fyodor V Bolshakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey I Lavrov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 144, pp.125886. </w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (4), pp.506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.zool.2020.125886⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/genes12040506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108284v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The kinetid structure of two oscarellid sponges (Class Homoscleromorpha) unveils plesiomorphies in kinetids of Homoscleromorpha–Calcarea lineage</w:t>
+                <w:t xml:space="preserve">Kinetid in larval cells of Spongillida (Porifera: Demospongiae): tracing the ancestral traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Agniya Sokolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Igor Pozdnyakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agniya Sokolova</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Schepetov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Karpov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 139 (e12299), </w:t>
+              <w:t xml:space="preserve">Organisms Diversity and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.669-680. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ivb.12299⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13127-020-00460-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962150v1</w:t>
+                <w:t xml:space="preserve">hal-02943683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetid in larval cells of Spongillida (Porifera: Demospongiae): tracing the ancestral traits</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transdifferentiation and mesenchymal-to-epithelial transition during regeneration in Demospongiae (Porifera)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sergey Karpov</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria B. Tokina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Baghdiguian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Lavrov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organisms Diversity and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13127-020-00460-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 334 (1), pp.37-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.22919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943683v1</w:t>
+                <w:t xml:space="preserve">hal-02354341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transdifferentiation and mesenchymal-to-epithelial transition during regeneration in Demospongiae (Porifera)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The kinetid structure of two oscarellid sponges (Class Homoscleromorpha) unveils plesiomorphies in kinetids of Homoscleromorpha–Calcarea lineage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Pozdnyakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agniya Sokolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Andrey Lavrov</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Karpov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 334 (1), pp.37-58. </w:t>
+              <w:t xml:space="preserve">Invertebrate Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 139 (e12299), </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jez.b.22919⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ivb.12299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354341v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass mortality event of White Sea sponges as the result of high temperature in summer 2018</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Express Method for Isolation of Ready-to-Use 3D Chitin Scaffolds from &amp;lt;i&amp;gt;Aplysina archeri&amp;lt;/i&amp;gt; (Aplysineidae: Verongiida) Demosponge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Ozerov</w:t>
+                <w:t xml:space="preserve">Christine Klinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatoly Pantyulin</w:t>
+                <w:t xml:space="preserve">Sonia Żółtowska-Aksamitowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Wysokowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Tzetlin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mikhail V Tsurkan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta R Galli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polar Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00300-019-02606-0⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (2), pp.E131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md17020131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02379769v1</w:t>
+                <w:t xml:space="preserve">hal-02047527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Express Method for Isolation of Ready-to-Use 3D Chitin Scaffolds from &amp;lt;i&amp;gt;Aplysina archeri&amp;lt;/i&amp;gt; (Aplysineidae: Verongiida) Demosponge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Klinger</w:t>
+                <w:t xml:space="preserve">Mass mortality event of White Sea sponges as the result of high temperature in summer 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Żółtowska-Aksamitowska</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marcin Wysokowski</w:t>
+                <w:t xml:space="preserve">Dmitry Ozerov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhail V Tsurkan</w:t>
+                <w:t xml:space="preserve">Anatoly Pantyulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta R Galli</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexander Tzetlin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 17 (2), pp.E131. </w:t>
+              <w:t xml:space="preserve">Polar Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 42 (12), pp.2313-2318. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md17020131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00300-019-02606-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02047527v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02379769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative taxonomy of the Black Sea cave-dwelling mysids of the genus Hemimysis.</w:t>
               </w:r>
@@ -5869,64 +5869,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iaroslav Petrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam P. Summers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Żółtowska-Aksamitowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykhailo Motylenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6215,51 +6215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feodor Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daria B Tokina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6417,412 +6417,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Conservation of the Germline Multipotency Program, from Sponges to Vertebrates: A Stepping Stone to Understanding the Somatic and Germline Origins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regeneration in White Sea sponge Leucosolenia complicata (Porifera, Calcarea).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Fierro-Constain</w:t>
+                <w:t xml:space="preserve">A I Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Schenkelaars</w:t>
+                <w:t xml:space="preserve">F V Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Gazave</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D B Tokina</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evw289⟩</w:t>
+              <w:t xml:space="preserve">Invertebrate Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 14 (2), pp.108-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15298/invertzool.14.2.02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01680437v1</w:t>
+                <w:t xml:space="preserve">hal-01764713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Large and Consistent Phylogenomic Dataset Supports Sponges as the Sister Group to All Other Animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Simion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Simion</w:t>
+                <w:t xml:space="preserve">Herve Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve Philippe</w:t>
+                <w:t xml:space="preserve">Denis Baurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Baurain</w:t>
+                <w:t xml:space="preserve">Muriel Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel J. Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 27 (7), pp.958-967. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cub.2017.02.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01681528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regeneration in White Sea sponge Leucosolenia complicata (Porifera, Calcarea).</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">The Conservation of the Germline Multipotency Program, from Sponges to Vertebrates: A Stepping Stone to Understanding the Somatic and Germline Origins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Fierro-Constain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A I Lavrov</w:t>
+                <w:t xml:space="preserve">Quentin Schenkelaars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F V Bolshakov</w:t>
+                <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D B Tokina</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Haguenauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Zoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 14 (2), pp.108-113. </w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (3), pp.474-488. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15298/invertzool.14.2.02⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evw289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01764713v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01680437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SERENADE : safer and ecodesign research and education applied to nanomaterial development, the new generation of materials safer by design</w:t>
               </w:r>
@@ -6942,77 +6942,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How a collaborative integrated taxonomic effort has trained new spongiologists and improved knowledge of Martinique Island (French Antilles, eastern Caribbean Sea) marine biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Cristina Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baslavi Condor-Lujan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7219,51 +7219,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Geronimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Invertebrate Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 136 (4), pp.403-421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7421,290 +7421,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01790581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphase Biomineralization: Enigmatic Invasive Siliceous Diatoms Produce Crystalline Calcite</w:t>
+                <w:t xml:space="preserve">Secondary Metabolome Variability and Inducible Chemical Defenses in the Mediterranean Sponge Aplysina cavernicola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hermann E Ehrlich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mykhailo Motylenko</w:t>
+                <w:t xml:space="preserve">Miriam Reverter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pallaoor V. Sundareshwar</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bernard Banaigs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.201504891⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (1), pp 60-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10886-015-0664-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01463692v1</w:t>
+                <w:t xml:space="preserve">hal-01270681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary Metabolome Variability and Inducible Chemical Defenses in the Mediterranean Sponge Aplysina cavernicola</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiphase Biomineralization: Enigmatic Invasive Siliceous Diatoms Produce Crystalline Calcite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann E Ehrlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykhailo Motylenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pallaoor V. Sundareshwar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Reverter</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Izabela Zgłobicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (15), pp.2503-2510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.201504891⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10886-015-0664-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01270681v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01463692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New data on the longevity of coastal cod Gadus morhua Linnaeus, 1758 in the White Sea</w:t>
               </w:r>
@@ -7887,1085 +7887,1097 @@
               <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Proceedings of the 9th World Sponge Conference held in Fremantle Australia in 2013: New Frontiers in Sponge Science), 96 (02), pp.391-406. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0025315415001071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrastructural description of development and cell composition of primmorphs in the endemic Baikal sponge Lubomirskia baicalensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lubov I. Chernogor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Belikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lubov Chernogor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Belikov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zoomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 135 (1), pp.1-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00435-015-0289-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matrotrophy and placentation in invertebrates: a new paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew V Ostrovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott N Lidgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dennis P Gordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas V Schwaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigory V Genikhovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 91 (3), pp.673-711. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/brv.12189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surprisingly rich repertoire of Wnt genes in the demosponge Halisarca dujardini</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marcin Adamski</w:t>
+                <w:t xml:space="preserve">Integrative taxonomic re-description of Halisarca magellanica and description of a new species of Halisarca (Porifera, Demospongiae) from Chilean Patagonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Willenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maja Adamska</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis V Lavrov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 23, pp.123. </w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4208 (6), pp.501 - 533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12862-016-0700-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4208.6.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456317v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative taxonomic re-description of Halisarca magellanica and description of a new species of Halisarca (Porifera, Demospongiae) from Chilean Patagonia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surprisingly rich repertoire of Wnt genes in the demosponge Halisarca dujardini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Borisenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Willenz</w:t>
+                <w:t xml:space="preserve">Marcin Adamski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dennis V Lavrov</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maja Adamska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4208.6.1⟩</w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23, pp.123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12862-016-0700-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456332v1</w:t>
+                <w:t xml:space="preserve">hal-01456317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A preliminary survey of marine cave habitats in the Maltese Islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Knittweis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J J Schembri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.A. Borg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Xjenza Online</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3 (2), pp.153-164. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7423/XJENZA.2015.2.07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01463733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative taxonomic description of Plakina kanaky, a new polychromatic sponge species from New Caledonia (Porifera: Homoscleromorpha)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chevaldonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Boury-Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 36 (4), pp.1129-1143. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/maec.12209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01445207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscarella lobularis (Homoscleromorpha, Porifera) Regeneration: Epithelial Morphogenesis and Metaplasia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya E. Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daria B. Tokina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.1-28. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0134566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01198713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transdifferentiation is a driving force of regeneration in Halisarca dujardini (Demospongiae, Porifera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya B Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maja B Adamska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daria B Tokina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PeerJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3, pp.e1211. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7717/peerj.1211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Five new species of Homoscleromorpha (Porifera) from the Caribbean Sea and re-description of Plakina jamaicensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8984,395 +8996,419 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe V Willenz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 94 (2), pp.285-307. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0025315413000295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrastructure of the Ciliated Cells of the Free-Swimming Larva, and Sessile Stages, of the Marine Sponge Haliclona indistincta (Demospongiae: Haplosclerida)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kelly M Stephens</w:t>
+                <w:t xml:space="preserve">Identification and first insights into the structure and biosynthesis of chitin from the freshwater sponge Spongilla lacustris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann Ehrlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oksana V Kaluzhnaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eike Brunner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail V Tsurkan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of morphology.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmor.20177⟩</w:t>
+              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 183, pp.474 - 483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsb.2013.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456652v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and biological activities of the bacterial community associated with the marine sponge Phorbas tenacior (Porifera, Demospongiae).</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unique and species-specific microbial communities in Oscarella lobularis and other Mediterranean Oscarella species (Porifera: Homoscleromorpha)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyssa Carré-Mlouka</w:t>
+                <w:t xml:space="preserve">Volker Gloeckner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Descarrega</w:t>
+                <w:t xml:space="preserve">Ute Hentschel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Longeon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Susanne Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 58 (1), pp.42-52. </w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 160, pp.781 - 791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/lam.12154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00227-012-2133-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456679v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First report on chitinous holdfast in sponges (Porifera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermann Ehrlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oksana V Kaluzhnaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail V Tsurkan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9400,2520 +9436,2508 @@
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 280 (1762), pp.20130339. </w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspb.2013.0339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01463720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unique and species-specific microbial communities in Oscarella lobularis and other Mediterranean Oscarella species (Porifera: Homoscleromorpha)</w:t>
+                <w:t xml:space="preserve">Diversity and biological activities of the bacterial community associated with the marine sponge Phorbas tenacior (Porifera, Demospongiae).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volker Gloeckner</w:t>
+                <w:t xml:space="preserve">S Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ute Hentschel</w:t>
+                <w:t xml:space="preserve">Alyssa Carré-Mlouka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Descarrega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Longeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-012-2133-0⟩</w:t>
+              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 58 (1), pp.42-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/lam.12154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456641v1</w:t>
+                <w:t xml:space="preserve">hal-01456679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and first insights into the structure and biosynthesis of chitin from the freshwater sponge Spongilla lacustris</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrastructure of the Ciliated Cells of the Free-Swimming Larva, and Sessile Stages, of the Marine Sponge Haliclona indistincta (Demospongiae: Haplosclerida)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eike Brunner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mikhail V Tsurkan</w:t>
+                <w:t xml:space="preserve">Kelly M Stephens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierce P Lalor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grace Mccormack</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsb.2013.06.015⟩</w:t>
+              <w:t xml:space="preserve">Journal of morphology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmor.20177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456682v1</w:t>
+                <w:t xml:space="preserve">hal-01456652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematics and Molecular Phylogeny of the Family Oscarellidae (Homoscleromorpha) with Description of Two New Oscarella Species</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Rocher</w:t>
+                <w:t xml:space="preserve">Life-history traits of a common Caribbean coral-excavating sponge, Cliona tenuis (Porifera: Hadromerida).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel González-Rivero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine H L Schönberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renata Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane J Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063976.s006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Natural History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 47, pp.2815 - 2834. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00222933.2013.802042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456636v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life-history traits of a common Caribbean coral-excavating sponge, Cliona tenuis (Porifera: Hadromerida).</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jane J Fromont</w:t>
+                <w:t xml:space="preserve">Systematics and Molecular Phylogeny of the Family Oscarellidae (Homoscleromorpha) with Description of Two New Oscarella Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Gazave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis V Lavrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jory Cabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural History</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00222933.2013.802042⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 160, pp.781 - 781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063976.s006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456662v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pluri-annual study of the reproduction of two Mediterranean Oscarella species (Porifera, Homoscleromorpha): cycle, sex-ratio, reproductive effort and phenology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 160 (2), pp.423-438. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-012-2100-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tentacular apparatus ultrastructure in the larva of Bolinopsis infundibulum (Lobata: Ctenophora)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Zoologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 94 (2), pp.193-202. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1463-6395.2011.00542.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular and molecular processes leading to embryo formation in sponges: evidences for high conservation of processes throughout animal evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Borchiellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Development Genes and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 223, pp.5 - 22. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00427-012-0399-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexual Reproduction of Hippospongia communis (Lamarck, 1814) (Dictyoceratida, Demospongiae): comparison of two populations living under contrasted environmental conditions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zarrouk Souad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Ben Mustapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amor El Abed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 34, pp.432-442. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/maec.12043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No longer Demospongiae: Homoscleromorph formal nimination as a fourth class of porifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrobiologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 687 (1), pp.3 - 10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10750-011-0842-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to the Kowalevsky medal issue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolution and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 14, pp.1-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1525-142X.2011.00516.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01463711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical Trade-Offs : Evidence for Ecologically Linked Secondary Metabolism of the Sponge Oscarella balibaloi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier P. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Pedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pénez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (11), pp.e28059. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0028059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscarella balibaloi, a new sponge species (Homoscleromorpha: Plakinidae) from the Western Mediterranean Sea: cytological description, reproductive cycle and ecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Pedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 32 (2), pp.174 - 187. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1439-0485.2011.00435.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lysophospholipids in the Mediterranean Sponge Oscarella tuberculata: Seasonal Variability and Putative Biological Role</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Barnathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 37 (5), pp.537-545. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10886-011-9943-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Phylogeny Restores the Supra-Generic Subdivision of Homoscleromorph Sponges (Porifera, Homoscleromorpha)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 5 (12), pp.e14290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0014290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03083672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Homoscleromorph sponge Oscarella lobularis , a promising sponge model in evolutionary and developmental biology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+                <w:t xml:space="preserve">Origin and evolution of the Notch signalling pathway: an overview from eukaryotic genomes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma S Richards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander V Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bies.080058⟩</w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9 (1), pp.249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01793128v1</w:t>
+                <w:t xml:space="preserve">hal-00493284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin and evolution of the Notch signalling pathway: an overview from eukaryotic genomes.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+                <w:t xml:space="preserve">The Homoscleromorph sponge Oscarella lobularis , a promising sponge model in evolutionary and developmental biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Borchiellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julijana Ivanisevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexander V Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 31 (1), pp.89 - 97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bies.080058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-249⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00493284v1</w:t>
+                <w:t xml:space="preserve">hal-01793128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of the neuro-sensory system: new and expected insights from sponges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Borchiellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrative Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 4 (3), pp.294 - 308. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1749-4877.2009.00167.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01793101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WNT/β-Catenin Signalling and Epithelial Patterning in the Homoscleromorph Sponge Oscarella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Gazave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Derelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Bézac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 4 (6), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0005823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01793109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embryogenesis and larval differentiation in sponges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sally Leys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 84, pp.262-287. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/z05-170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00093710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11923,1733 +11947,1733 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sponge’ fauna of White Sea and its general characteristics.</w:t>
+                <w:t xml:space="preserve">Dynamic changes in gene expression in regeneration of sponge Halisarca dujardinii.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya E Borisenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">scientific conference with international participation, dedicated to the 85th anniversary of the White Sea Biological station, Moscow State University. M.V. Lomonosov</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Moscow State University. M.V. Lomonosov, Sep 2023, Moscow, Russia. pp.70</w:t>
+              <w:t xml:space="preserve">Conference "Marine Biology in the 21st Century: Developmental Biology, Molecular and Cell Biology, Marine Biotechnology"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Marine Biology RAS, Sep 2023, Vladivostik, Russia. pp.68-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04262543v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic changes in gene expression in regeneration of sponge Halisarca dujardinii.</w:t>
+                <w:t xml:space="preserve">Sponge’ fauna of White Sea and its general characteristics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilya E Borisenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference "Marine Biology in the 21st Century: Developmental Biology, Molecular and Cell Biology, Marine Biotechnology"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute of Marine Biology RAS, Sep 2023, Vladivostik, Russia. pp.68-71</w:t>
+              <w:t xml:space="preserve">scientific conference with international participation, dedicated to the 85th anniversary of the White Sea Biological station, Moscow State University. M.V. Lomonosov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Moscow State University. M.V. Lomonosov, Sep 2023, Moscow, Russia. pp.70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04261956v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04262543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential gene expression in regeneration of sponge Halisarca dujardinii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya E Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">scientific conference with international participation, dedicated to the 85th anniversary of the White Sea Biological station, Moscow State University. M.V. Lomonosov</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Moscow State University. M.V. Lomonosov, Sep 2023, Moscow, Russia. pp.32-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular mechanisms of reparative regeneration in calcareous sponge Leucosolenia corallorrhiza.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey I Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Skorentseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.V. Melnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fyodor V Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference "Marine Biology in the 21st Century: Developmental Biology, Molecular and Cell Biology, Marine Biotechnology"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute of Marine Biology RAS, Sep 2023, Vladivostok, Russia. pp.111-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04261978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity of regenerative mechanisms in sponges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference "Marine Biology in the 21st Century: Developmental Biology, Molecular and Cell Biology, Marine Biotechnology"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute of Marine Biology RAS, Sep 2023, Vladivostok, Russia. pp.135-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04261964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell proliferation and apoptosis during recovery processes in sponges (Porifera): quantitative and functional analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey I Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fyodor V Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damian Saidov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melnikov Nikolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Skorentseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anniversary scientific conference “Nikolai Konstantinovich Koltsov and biology of the XXI century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute of developmental biology RAS, Oct 2022, Moscow, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden diversity of regenerative mechanisms of sponges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anniversary scientific conference “Nikolai Konstantinovich Koltsov and biology of the XXI century"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute of Developmental biology RAS, Oct 2022, Moscou, Russia. pp.41-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden diversity of regenerative mechanisms of sponges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fyodor V Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Melnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Skorentseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th World Sponge Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Leiden University, Oct 2022, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular mechanisms of regeneration in calcareous sponge Leucosolenia variabilis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey I Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kseniia Skorentseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feodor Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Melnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Saidova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">X International conference «Marine Research and Education» MARESEDU-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lomonosov Moscow State University Marine Research Center; UNESCO-MSU Training and Research Centre for Marine Geology and Geophysics; Pertsov White Sea Biological Station; P.P. Shirshov Institute of Oceanography RAS, Oct 2021, Online, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived complexity and distinct boundaries: a revision of calcareous sponge Leucosolenia complicata in the White Sea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I.A. Ekimova</w:t>
+                <w:t xml:space="preserve">Components of TGF-beta signaling pathway in the sponge Halisarca dujardini.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EVOLMAR2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Naple, Italy</w:t>
+              <w:t xml:space="preserve">MEETING 2 nd workshop of the COST Action 16203 MARISTEM: OMIC APPROACHES TO IDENTIFY AND CHARACTERIZE MARINE/AQUATIC INVERTEBRATE STEM CELLS, Escola Superior de Turismo e Tecnologia do Mar, Peniche, Portugal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Peniche, Portugal. pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029025v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02555370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Components of TGF-beta signaling pathway in the sponge Halisarca dujardini.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilya Borisenko</w:t>
+                <w:t xml:space="preserve">Perceived complexity and distinct boundaries: a revision of calcareous sponge Leucosolenia complicata in the White Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.A. Ekimova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shepetov D.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D B Tokina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Koynova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MEETING 2 nd workshop of the COST Action 16203 MARISTEM: OMIC APPROACHES TO IDENTIFY AND CHARACTERIZE MARINE/AQUATIC INVERTEBRATE STEM CELLS, Escola Superior de Turismo e Tecnologia do Mar, Peniche, Portugal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Peniche, Portugal. pp.28</w:t>
+              <w:t xml:space="preserve">EVOLMAR2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Naple, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02555370v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TGF-BETA PATHWAY IN DEVELOPMENT OF THE SPONGE HALISARCA DUJARDINI.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">У ОБЫКНОВЕННЫХ ГУБОК ТОЖЕ ЕСТЬ PARAHOX, ИЛИ СИСТЕМА ГОМЕОБОКСНЫХ ГЕНОВ HALISARCA DUJARDINI (DEMOSPONGIAE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Developmental Biology Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Alicante, Spain</w:t>
+              <w:t xml:space="preserve">Zoologie of Invertebrates new century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354371v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">У ОБЫКНОВЕННЫХ ГУБОК ТОЖЕ ЕСТЬ PARAHOX, ИЛИ СИСТЕМА ГОМЕОБОКСНЫХ ГЕНОВ HALISARCA DUJARDINI (DEMOSPONGIAE)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TGF-BETA PATHWAY IN DEVELOPMENT OF THE SPONGE HALISARCA DUJARDINI.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Borisenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Lavrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoologie of Invertebrates new century</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Moscou, Russia</w:t>
+              <w:t xml:space="preserve">European Developmental Biology Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Alicante, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354463v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphogenesis and cellular sources of reparative regeneration in sponges (Porifera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actual problems of developmental biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02354474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REPORT OF MEETING 2nd general meeting and working group meetings of the COST Action 16203: STEM CELLS OF MARINE/AQUATIC INVERTEBRATES: FROM BASIC RESEARCH TO INNOVATIVE APPLICATIONS (MARISTEM), November 28-30, 2018, Marine Biology Station -Laboratoire Arago, Banyuls-sur-Mer, France Organizer: A-M Genevière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd general meeting and working group meetings of the COST Action 16203: STEM CELLS OF MARINE/AQUATIC INVERTEBRATES: FROM BASIC RESE ARCH TO INNOVATIVE APPLICATIONS (MARISTEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Banyuls - sur - Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02354308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stem cells cell in sponges (Porifera): an update.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd general meeting and working group meetings of the COST Action 16203: STEM CELLS OF MARINE/AQUATIC INVERTEBRATES: FROM BASIC RESEARCH TO INNOVATIVE APPLICATIONS (MARISTEM), November 28-30, 2018, Marine Biology Station</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Banyuls-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02555309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Сравнительное исследование регенерации у губок (Porifera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.B. Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.I. Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.V. Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.B. Tokina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VII International conference "Marine Research and Education"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02354417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PACOTILLES : PAtrons de diversité et COnnectivité des Petites AnTILLES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fauvelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop du réseau thématique pluridisciplinaire international (RTPI) Caraibes du CNRS-INEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04023526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13659,275 +13683,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery process in sponges: morphogeneses and cell sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fyodor Bolshakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronika Frolova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daria B Tokina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Omics approaches to identify and characterize Marine/Aquatic Invertebrate stam cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Peniche, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02354447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Криптическое разнообразие рода Leucosolenia (Porifera: Calcarea) в Белом и Баренцевом морях</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.A. Ekimova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.S. Koynova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VII International conference "Marine Research and Education"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02354434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13937,912 +13961,912 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sponge Reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michael Skinner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.485-490, 2024, 9780128151457. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-809633-8.20596-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04538127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying Porifera WBR Using the Calcerous Sponges Leucosolenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Lavrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Whole-Body Regeneration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2450, Springer US, pp.69-93, 2022, Methods in Molecular Biology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-0716-2172-1_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adult stem cells host intracellular symbionts: The poriferan archetype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baruch Rinkevich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ildiko Somorjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Loriano Ballarin; Baruch Rinkevich; Bert Hobmayer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Aquatic Invertebrate Stem Cell Research: From Basic Research to Innovative Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MDPI Books, pp.65-93, 2022, 978-3-0365-1635-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/books978-3-0365-1635-6-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03592793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porifera</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Porifera (Sponges): Recent Knowledge and New Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Borchiellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassandra de Pao Mendonca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Vernale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Histology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9781119507697.ch2⟩</w:t>
+              <w:t xml:space="preserve">Encylopedia of Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wiley, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9780470015902.a0001582.pub2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182712v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276432v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porifera (Sponges): Recent Knowledge and New Perspectives</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Porifera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Lavrov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Encylopedia of Life Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9780470015902.a0001582.pub2⟩</w:t>
+              <w:t xml:space="preserve">Invertebrate Histology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Wiley, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119507697.ch2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03276432v2</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Homoscleromorph Sponge, Oscarella lobularis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Borchiellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Marine Model Organisms in Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, CRC Press, pp.79-100, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/9781003217503-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03414378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Onufrievich Kowalevsky (1840–1901)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Developmental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1-17, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-33038-9_9-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02867448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From traveler to homebody: Which signaling mechanisms sponge larvae use to become adult sponges?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga I Podgornaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Protein Chemistry and Structural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 116, pp.421-449, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.apcsb.2019.02.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02072762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sponge Reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.485-490, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-809633-8.20596-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14852,130 +14876,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New major protein of flagellated cells in sponge larva appears to be conserved: structure, evolution, expression and supposed functions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Borisenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Daugavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga I Podgornaya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03009818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14985,489 +15009,489 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Detection of Podocytes in the Circulatory System of Enigmatic Echiurids (Annelida: Thalassematidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Kuznetsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena N Temereva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04626316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast transcriptional activation of developmental signalling pathways during wound healing of the calcareous sponge Sycon ciliatum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cüneyt Caglar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Laplante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Tokina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Leininger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03383065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The buds of Oscarella lobularis (Porifera): a new convenient model for sponge cell and developmental biology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tissue homeostasis in sponges: quantitative analysis of cell proliferation and apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai Melnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fyodor Bolshakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronika Frolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Skorentseva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fierro-Constaín Laura</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-03383073v1</w:t>
+                <w:t xml:space="preserve">hal-03414380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue homeostasis in sponges: quantitative analysis of cell proliferation and apoptosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ereskovsky</w:t>
+                <w:t xml:space="preserve">The buds of Oscarella lobularis (Porifera): a new convenient model for sponge cell and developmental biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vernale Amélie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fierro-Constaín Laura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séjourné Nina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chenesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414380v1</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03383073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId495"/>
+      <w:footerReference w:type="default" r:id="rId497"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15614,51 +15638,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05477025v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ereskovsky" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Lavrov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70083" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435009v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Borisenko" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Predeus" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-28962-y" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05306352v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco C&#225;rdenas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chenesseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Drewery" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70059" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04871427v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Melnikov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13162" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04978092v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fyodor V Bolshakov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniyal M. Saidov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Le Goff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.70025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027289v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Khalaman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Godefroy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezhda Yu. Rogovskaja" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.23295" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022742v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Corallo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chemin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04627-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigori Morozov" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Strelkova" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlaf052" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05279461v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Sokolova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15298/invertzool.22.3.01" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04992487v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Ehrlich" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miksik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Tsurkan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Porzucek" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57460-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368105v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Skorentseva" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fyodor Bolshakov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70337" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04627469v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Voronkina" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstant Tabachni&#1089;k" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Kubiak" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics9070393" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682733v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Kuznetsov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Temereva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15298/invertzool.21.3.01" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417265v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rocha" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Marques" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carvalho" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Martins" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22020055" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929899v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5584.1.4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04730693v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rocher" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vernale" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fierro-Consta&#237;n" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.23271" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237833v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey I Lavrov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Ekimova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Schepetov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Koinova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlad104" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920809v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Y Dolmatov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31857/S0475145024010031" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04185513v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyna Pajewska-Szmyt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyna Kotula" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Le&#347;niewski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alona Voronkina" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21090460" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215175v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Duminis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Heljak" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech &#346;wi&#281;szkowski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Dziedzic" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21090463" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04279620v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics8070533" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589844v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Stillitani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;rez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Laport" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS21056" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368864v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baruch Rinkevich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriano Ballarin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Martinez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Somorjai" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oshrat Ben-Hamo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12801" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03670020v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Thomas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.3915" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832634v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5200.2.2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651888v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Frolova" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.23138" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03527256v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Tokina" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21446" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576376v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Boury-Esnault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-022-00553-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676193v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Villsen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin H&#233;ran" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d14050412" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585677v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Daugavet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Podgornaya" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.210336" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472662v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria B Tokina" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zool.2021.125984" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03538388v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballarin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gazave" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hobmayer" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-022-01230-5" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03571991v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Luczak" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Ziganshin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mik&#353;&#237;k" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Wysokowski" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202105059" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793011v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud-Suard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vignes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16698" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944742v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pozdnyakov Igor" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokolova Agniya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karpov Sergey" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12417" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383753v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena N Temereva" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-021-00541-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266084v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feodor Bolshakov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12060944" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184699v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Borisenko" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12040506" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108284v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Nikitenko" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vortsepneva" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zool.2020.125886" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962150v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pozdnyakov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agniya Sokolova" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Karpov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ivb.12299" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943683v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13127-020-00460-1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354341v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria B. Tokina" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Baghdiguian" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22919" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379769v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Ozerov" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Pantyulin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tzetlin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-019-02606-0" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047527v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Klinger" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia &#379;&#243;&#322;towska-Aksamitowska" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail V Tsurkan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta R Galli" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17020131" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139786v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia A Lunina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A Nikitin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra S Shiian" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg K Kovtun" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772000.2019.1596175" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025390v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agniya M Sokolova" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor R Pozdnyakov" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey A Karpov" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-019-00437-5" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02012263v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Vasconcellos" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V Willenz" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Lanna" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-018-0429-4" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306377v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iaroslav Petrenko" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam P. Summers" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Motylenko" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aax2805" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507521v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1062360419060031" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789010v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin K Pronin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostol Apostolov" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Erpenbeck" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.4596" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02012251v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jezb.22830" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765123v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlx109/4905843" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680437v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fierro-Constain" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schenkelaars" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evw289" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681528v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simion" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Philippe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baurain" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jager" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Richter" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.02.031" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764713v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A I Lavrov" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F V Bolshakov" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D B Tokina" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15298/invertzool.14.2.02" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456312v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J y Bottero" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Garidel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masion" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Deutsch" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6en00282j" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681531v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Cristina Diaz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baslavi Condor-Lujan" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Klautau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173859" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764702v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21685/1680-0826-2017-11-4-6" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681599v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Geronimo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ivb.12195" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790581v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Richter" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis V Lavrov" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaske Schippers" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Nichols" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0183002" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463692v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann E Ehrlich" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallaoor V. Sundareshwar" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Zg&#322;obicka" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201504891" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DBKNPHTL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01270681v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Reverter" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Banaigs" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-015-0664-9" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463728v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P N Yershov" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marschal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E Vishnyakov" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jai.12961" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8B2LPRN4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456337v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315415001071" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456334v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov I. Chernogor" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Belikov" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Chernogor" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Belikov" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-015-0289-0" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456323v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew V Ostrovsky" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott N Lidgard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis P Gordon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas V Schwaha" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigory V Genikhovich" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12189" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456317v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Adamski" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Adamska" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-016-0700-6" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456332v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Willenz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4208.6.1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463733v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Knittweis" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevaldonn&#233;" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Schembri" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Borg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7423/XJENZA.2015.2.07" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445207v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julijana Ivanisevic" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12209" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20C56981E93F4E87E9EB67761B6832384738B390/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01198713v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E. Borisenko" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lap&#233;bie" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0134566" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456316v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya B Borisenko" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja B Adamska" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.1211" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456622v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315413000295" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456652v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly M Stephens" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierce P Lalor" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Mccormack" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.20177" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/756AE47FF53E78FA48D98076C27B199038B77FBE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456679v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dupont" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Carr&#233;-Mlouka" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Descarrega" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Longeon" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12154" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463720v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana V Kaluzhnaya" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin R Tabachnick" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2013.0339" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456641v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Gloeckner" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Hentschel" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schmitt" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-2133-0" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KXRNM4XX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456682v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eike Brunner" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2013.06.015" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5RKP712-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456636v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jory Cabrol" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Renard" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063976.s006" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456662v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gonz&#225;lez-Rivero" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine H L Sch&#246;nberg" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Ferrari" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane J Fromont" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00222933.2013.802042" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456340v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dubois" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-2100-9" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/401223B3E707485443AF3C65697BC5B3ACCB41A9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456319v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1463-6395.2011.00542.x" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HN0FQJZL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456624v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Borchiellini" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00427-012-0399-3" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456660v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarrouk Souad" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ben Mustapha" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor El Abed" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12043" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B8703D87E27E9EFE5CFC34FC6F7A1E2BC3C7E084/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456632v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-011-0842-x" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E63D2F03C5FFEFAC8C8F3D218637BFE1962BAFF9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463711v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1525-142X.2011.00516.x" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/26DC904442AFC53C077C868E27D7DFA5E92CB6FD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361879v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Thomas" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pedel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;nez" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028059" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766265v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Perez" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0485.2011.00435.x" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BB7EB7CDE07D4B2880A2A396503A766C3448599/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766088v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Barnathan" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-011-9943-2" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-12W0WZFT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083672v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014290" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793128v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.080058" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F07987C9202E400228C9A43EFD1EB460FA0EE4B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493284v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma S Richards" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V Ereskovsky" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-249" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793101v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-4877.2009.00167.x" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793109v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Derelle" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal B&#233;zac" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005823" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093710v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Leys" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/z05-170" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262543v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04261956v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262536v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04261978v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Skorentseva" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.V. Melnikov" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04261964v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262014v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Saidov" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melnikov Nikolay" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262001v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262039v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Melnikov" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823910v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Saidova" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029025v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Ekimova" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shepetov D." TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Koynova" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555370v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354371v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354463v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354474v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354308v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555309v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354417v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.B. Borisenko" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Lavrov" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.V. Bolshakov" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Tokina" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023526v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauvelot" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azevedo" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchon" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouchon" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354447v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354434v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Azevedo" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04538127v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-809633-8.20596-7" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628109v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2172-1_4" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592793v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-0365-1635-6-2" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182712v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507697.ch2" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276432v2" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassandra de Pao Mendonca" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470015902.a0001582.pub2" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414378v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003217503-5" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867448v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33038-9_9-1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072762v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga I Podgornaya" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.apcsb.2019.02.002" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567062v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009818v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Daugavet" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04626316v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383065v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#252;neyt Caglar" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Laplante" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Leininger" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383073v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernale Am&#233;lie" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fierro-Consta&#237;n Laura" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;journ&#233; Nina" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414380v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05477025v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ereskovsky" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Lavrov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70083" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368105v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Melnikov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Skorentseva" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Borisenko" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fyodor Bolshakov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70337" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04978092v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fyodor V Bolshakov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniyal M. Saidov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Le Goff" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.70025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04871427v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13162" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435009v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Predeus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-28962-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05306352v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco C&#225;rdenas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chenesseau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Drewery" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70059" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022742v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Corallo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chemin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04627-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027289v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Khalaman" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Godefroy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezhda Yu. Rogovskaja" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.23295" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129184v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigori Morozov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Strelkova" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlaf052" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05279461v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Sokolova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15298/invertzool.22.3.01" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04992487v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Ehrlich" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miksik" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Tsurkan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Porzucek" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57460-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682733v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Kuznetsov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Temereva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15298/invertzool.21.3.01" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04627469v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Voronkina" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstant Tabachni&#1089;k" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Kubiak" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics9070393" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929899v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5584.1.4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04730693v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rocher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vernale" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fierro-Consta&#237;n" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.23271" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417265v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rocha" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Marques" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carvalho" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Martins" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22020055" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04237833v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey I Lavrov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Ekimova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Schepetov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Koinova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlad104" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920809v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Y Dolmatov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31857/S0475145024010031" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215175v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Duminis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Heljak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech &#346;wi&#281;szkowski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Dziedzic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21090463" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04185513v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyna Pajewska-Szmyt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyna Kotula" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Le&#347;niewski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alona Voronkina" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21090460" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04279620v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics8070533" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368864v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baruch Rinkevich" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriano Ballarin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Martinez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Somorjai" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oshrat Ben-Hamo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12801" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589844v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Stillitani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;rez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Laport" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS21056" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651888v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Frolova" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.23138" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832634v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5200.2.2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03670020v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Thomas" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.3915" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576376v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Boury-Esnault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-022-00553-9" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03527256v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Tokina" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21446" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676193v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Villsen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin H&#233;ran" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d14050412" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585677v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Daugavet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Podgornaya" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.210336" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793011v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud-Suard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vignes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16698" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03571991v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Luczak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Ziganshin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mik&#353;&#237;k" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Wysokowski" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202105059" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03538388v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballarin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gazave" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hobmayer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-022-01230-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472662v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria B Tokina" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zool.2021.125984" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383753v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena N Temereva" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-021-00541-5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944742v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pozdnyakov Igor" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokolova Agniya" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karpov Sergey" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12417" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266084v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feodor Bolshakov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12060944" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108284v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Nikitenko" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vortsepneva" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zool.2020.125886" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184699v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Borisenko" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12040506" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943683v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agniya Sokolova" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pozdnyakov" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Karpov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13127-020-00460-1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354341v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria B. Tokina" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Baghdiguian" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22919" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962150v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ivb.12299" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047527v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Klinger" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia &#379;&#243;&#322;towska-Aksamitowska" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail V Tsurkan" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta R Galli" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17020131" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379769v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Ozerov" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Pantyulin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tzetlin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-019-02606-0" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139786v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia A Lunina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A Nikitin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra S Shiian" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg K Kovtun" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772000.2019.1596175" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025390v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agniya M Sokolova" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor R Pozdnyakov" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey A Karpov" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-019-00437-5" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02012263v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Vasconcellos" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V Willenz" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Lanna" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-018-0429-4" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306377v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iaroslav Petrenko" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam P. Summers" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Motylenko" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aax2805" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507521v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1062360419060031" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789010v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin K Pronin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostol Apostolov" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Erpenbeck" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.4596" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02012251v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jezb.22830" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765123v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlx109/4905843" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764713v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A I Lavrov" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F V Bolshakov" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D B Tokina" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15298/invertzool.14.2.02" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681528v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simion" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Philippe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baurain" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jager" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Richter" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.02.031" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680437v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fierro-Constain" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schenkelaars" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evw289" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456312v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J y Bottero" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Garidel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masion" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Deutsch" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6en00282j" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681531v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Cristina Diaz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baslavi Condor-Lujan" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Klautau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173859" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764702v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21685/1680-0826-2017-11-4-6" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681599v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Geronimo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ivb.12195" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790581v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Richter" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis V Lavrov" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaske Schippers" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Nichols" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0183002" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01270681v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Reverter" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Banaigs" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-015-0664-9" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463692v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann E Ehrlich" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallaoor V. Sundareshwar" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Zg&#322;obicka" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201504891" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DBKNPHTL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463728v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P N Yershov" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marschal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E Vishnyakov" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jai.12961" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8B2LPRN4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456337v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315415001071" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-P8DBKD05-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456334v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov I. Chernogor" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Belikov" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Chernogor" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Belikov" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00435-015-0289-0" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456323v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew V Ostrovsky" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott N Lidgard" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis P Gordon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas V Schwaha" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigory V Genikhovich" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12189" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456332v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Willenz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4208.6.1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456317v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Adamski" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Adamska" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-016-0700-6" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463733v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Knittweis" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevaldonn&#233;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Schembri" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Borg" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7423/XJENZA.2015.2.07" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445207v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julijana Ivanisevic" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12209" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20C56981E93F4E87E9EB67761B6832384738B390/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01198713v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E. Borisenko" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lap&#233;bie" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0134566" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456316v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya B Borisenko" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja B Adamska" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.1211" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456622v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315413000295" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-KMFGWPJZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456682v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana V Kaluzhnaya" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eike Brunner" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2013.06.015" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5RKP712-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456641v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Gloeckner" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Hentschel" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schmitt" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-2133-0" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KXRNM4XX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463720v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin R Tabachnick" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2013.0339" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456679v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dupont" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Carr&#233;-Mlouka" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Descarrega" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Longeon" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12154" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456652v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly M Stephens" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierce P Lalor" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Mccormack" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.20177" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/756AE47FF53E78FA48D98076C27B199038B77FBE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456662v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gonz&#225;lez-Rivero" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine H L Sch&#246;nberg" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Ferrari" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane J Fromont" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00222933.2013.802042" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456636v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jory Cabrol" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Renard" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063976.s006" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456340v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dubois" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-2100-9" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/401223B3E707485443AF3C65697BC5B3ACCB41A9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456319v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1463-6395.2011.00542.x" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HN0FQJZL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456624v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Borchiellini" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00427-012-0399-3" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456660v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarrouk Souad" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ben Mustapha" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amor El Abed" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12043" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B8703D87E27E9EFE5CFC34FC6F7A1E2BC3C7E084/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456632v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-011-0842-x" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E63D2F03C5FFEFAC8C8F3D218637BFE1962BAFF9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463711v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1525-142X.2011.00516.x" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/26DC904442AFC53C077C868E27D7DFA5E92CB6FD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01361879v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Thomas" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pedel" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;nez" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028059" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766265v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Perez" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0485.2011.00435.x" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BB7EB7CDE07D4B2880A2A396503A766C3448599/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766088v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Barnathan" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-011-9943-2" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-12W0WZFT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083672v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014290" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493284v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma S Richards" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V Ereskovsky" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-249" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793128v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.080058" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F07987C9202E400228C9A43EFD1EB460FA0EE4B6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793101v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-4877.2009.00167.x" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793109v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Derelle" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal B&#233;zac" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005823" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093710v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Leys" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/z05-170" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04261956v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262543v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262536v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04261978v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Skorentseva" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.V. Melnikov" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04261964v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262014v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Saidov" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melnikov Nikolay" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262001v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04262039v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Melnikov" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823910v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Saidova" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555370v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029025v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Ekimova" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shepetov D." TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Koynova" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354463v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354371v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354474v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354308v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555309v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354417v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.B. Borisenko" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Lavrov" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.V. Bolshakov" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Tokina" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023526v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauvelot" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Azevedo" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchon" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouchon" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354447v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354434v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Azevedo" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04538127v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-809633-8.20596-7" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628109v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2172-1_4" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592793v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-0365-1635-6-2" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276432v2" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassandra de Pao Mendonca" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470015902.a0001582.pub2" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182712v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507697.ch2" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414378v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003217503-5" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867448v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33038-9_9-1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072762v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga I Podgornaya" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.apcsb.2019.02.002" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567062v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009818v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Daugavet" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04626316v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383065v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#252;neyt Caglar" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Laplante" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Leininger" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414380v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383073v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernale Am&#233;lie" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fierro-Consta&#237;n Laura" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;journ&#233; Nina" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>