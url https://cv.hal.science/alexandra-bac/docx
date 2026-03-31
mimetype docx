--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -733,294 +733,306 @@
               <w:t xml:space="preserve">Computers and Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 74, pp.44-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cag.2018.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02109646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terrain model reconstruction from terrestrial LiDAR data using radial basis functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Computer Graphics and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 37 (5), pp.72-84. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MCG.2017.3621225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01380160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allowing cycles in discrete Morse theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topology and its Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 228, pp.1-35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.topol.2017.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01528103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of tubular shapes from dense point clouds and application to tree reconstruction from laser scanned data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1039,364 +1051,364 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 66, pp.23-33. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2017.05.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01685214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching combinatorial optimality using graph-based homology information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Real</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Molina-Abril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applicable Algebra in Engineering, Communication and Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 26 (1-2), pp. 103-120. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00200-014-0248-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D modeling and segmentation with discrete curvatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Maltret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medical Informatics and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 9, pp.13--24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01288298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un modèle relationnel de la logique linéaire du second ordre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Notes aux Comptes-Rendus de l'Académie des Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 334 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01380172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1406,51 +1418,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the Computed Homology and Cohomology Bases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann-Situ Gazull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1469,223 +1481,223 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete Geometry and Mathematical Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Michael H. F. Wilkinson, Jiří Kosinka, Nov 2025, Groningen, Netherlands. pp.163-177, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-09544-2_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Heuristic for Short Homology Basis of Digital Objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Joint Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Strasbourg, France. pp.60-70, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-19897-7_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03953372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Data Structure For Handling Efficiently Polyhedral Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wassim Ahmed-Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1700,73 +1712,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RING Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03650376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring Holes of 3D Meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann-Situ Gazull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1795,73 +1807,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe de Travail en Modélisation Géométrique (GTMG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03650377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Terrain Model From UAV Photogrammetric Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1890,73 +1902,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Tools and Applications in Graphics (STAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Firenze, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Accuracy Terrain Reconstruction from Point Clouds Using Implicit Deformable Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1985,73 +1997,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface reconstruction of incomplete datasets: a novel Poisson surface approach based on CSRBF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2080,177 +2092,177 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paper presented at the Shape Modelling International (SMI 2018) Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Instituto Superior Técnico, University of Lisbon, Jun 2018, Lisbo, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02902826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opening Holes in Discrete Objects with Digital Homotopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th IAPR International Conference on Discrete Geometry for Computer Imagery (DGCI 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Vienne, Austria. pp.213--224, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-66272-5_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01698847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of tubular shapes from dense point clouds and application to tree reconstruction from laser scanned data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2279,73 +2291,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Shape Modeling International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Berkeley, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01685231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic Octrees: a Tool for Fast Normals Estimation on Unorganized Point Clouds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2374,73 +2386,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WSCG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Plzen, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01690397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of terrestrial LiDAR for enhanced forest inventory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2449,1342 +2461,1342 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Côté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulysse Rémillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Martin-Ducup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Observation Summit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02080481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological Comparisons of Fluvial Reservoir Rock Volumes Using Betti Numbers: Application to CO2 Storage Uncertainty Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Asmae Dahrabou</w:t>
+                <w:t xml:space="preserve">Importing cooperative pedagogy into postgraduate courses - an experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Viseur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
+                <w:t xml:space="preserve">Alexis Ben-Miloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Rohmer</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Axel Rozo-Brezillac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Computational Topology in Image Context (CTIC 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Future Of Education - FOE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Florence, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01341013v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01380181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures géométriques pour les groupes d’homologie : vers une adaptation aux complexes simpliciaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation géométrique (GTMG 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Dijon, France. pp.12-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importing cooperative pedagogy into postgraduate courses - an experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topological Comparisons of Fluvial Reservoir Rock Volumes Using Betti Numbers: Application to CO2 Storage Uncertainty Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmae Dahrabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future Of Education - FOE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Workshop on Computational Topology in Image Context (CTIC 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Marseille, France. pp.101-112, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-39441-1_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01380181v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01341013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast, Simple and Separable Computation of Betti Numbers on Three-dimensional Cubical Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateusz Juda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Workshop on Computational Topology in Image Context (CTIC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Marseille, France. pp.130-139, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-39441-1_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two Measures for the Homology Groups of Binary Volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th IAPR International Conference on Discrete Geometry for Computer Imagery (DGCI 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Nantes, France. pp.154-165, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-32360-2_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two new measures for the homology groups of discrete objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Groupement de Recherche "Informatique Mathématique" (GdR IM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01381805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computation of tree volume from terrestrial LiDAR data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MMT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Sydney, Australia. pp.53--59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01381812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological comparisons of fluvial reservoir rock volumes using Betti numbers: application to CO2 storage uncertainty analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+                <w:t xml:space="preserve">Computation of tree volume from terrestrial LiDAR data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Vega</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th gOcad Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Nancy, France</w:t>
+              <w:t xml:space="preserve">SilviLaser 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, La Grande Motte, France. pp.308--310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01341016v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of tree volume from terrestrial LiDAR data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jules Morel</w:t>
+                <w:t xml:space="preserve">Cellular Skeletons: a New Approach to Topological Skeletons with Geometric Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Vega</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SilviLaser 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th International Conference on Computer Analysis of Images and Patterns (CAIP 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, La Valette, Malta. pp.616-627, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-23117-4_53⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381791v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01341037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular Skeletons: a New Approach to Topological Skeletons with Geometric Features</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topological comparisons of fluvial reservoir rock volumes using Betti numbers: application to CO2 storage uncertainty analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmae Dahrabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Viseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Computer Analysis of Images and Patterns (CAIP 2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">35th gOcad Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Nancy, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01341037v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01341016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forest carbon assessment from LiDAR 3D point cloud analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFCC - Regional Forum on Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01381790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de tiges d'arbres à partir de contours actifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3813,303 +3825,303 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GTMG 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homological Discrete Vector Fields and homotopy equivalence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applications of Computer Algebra (ACA 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Kalamata, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01499699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast computation of Betti numbers on three-dimensional cubical complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applications of Computer Algebra (ACA 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Kalamata, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tree stem reconstruction from terrestrial laser scanner point cloud using Hough transform and open active contours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris A Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4124,190 +4136,190 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Silvilaser 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing Homological Information Based on Directed Graphs within Discrete Objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Gonzalez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Real</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on Symbolic and Numeric Algorithms for Scientific Computing (SYNASC 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Timisoara, Romania. pp.571--578, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SYNASC.2014.82⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01381797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial vegetation density index from terrestrial laser scanner : a continuous approach applied to forestry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4336,73 +4348,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01381800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentation de nuages de points par octrees et analyse en composantes principales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4431,1161 +4443,1161 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GTMG 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triangulation of an elevation surface structured by a sparse 3D grid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sinh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Fifth IEEE International Conference on Communications and Electronics IEEE ICCE 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, DaNang, Vietnam. pp.464-469</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-scanned tree stem filtering for forest inventories measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Piboule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Heritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Marseille, France. pp.649 - 652, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/DigitalHeritage.2013.6743809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of discrete curvatures to surface mesh simplification and feature line extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Kudelski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Viseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete Curvature - Theory and Applications, a colloquium on discrete curvature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplification of 3D point clouds sampled from elevation surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sinh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th International Conference on Computer Graphics, Visualization and Computer Vision, WSCG2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Plenz, Czech Republic. pp.60-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundary Extraction and Simplification of a Surface Defined by a Sparse 3D Volume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sinh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceeding of the third international symposium on information and communication technology SoICT 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Ha Long, Vietnam. pp.115-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Improvement for Reservoir Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rainaud J.F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAMERN 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Unknown, Unknown Region. pp.163--167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multistep approach to restoration of locally undersampled meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Langzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01381807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hybrid simplification algorithm for triangular meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GraphiCon'2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Moscou, Unknown Region. pp.17--24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une méthode hybride de simplification de maillages triangulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GTMG 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Unknown, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Local Deformation of NURBS Surfaces to Satisfy Several Punctual Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël La Greca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Curves and Surfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement de surfaces géologiques pour la construction de modèles 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GTMG 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Unknown, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5595,51 +5607,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial vegetation density index from terrestrial laser scanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Ravaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5668,51 +5680,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Society (IGARSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5722,326 +5734,326 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual surface representations and optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Technip. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Shared Earth Modeling: Knowledge driven solutions for building and managing subsurface 3D geological models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.95-113, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01288312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multistep Approach to Restoration of Locally Undersampled Meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Tran Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Chen and B. Jüttler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Geometric Modeling and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.272-289, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01288313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Deformation of NURBS Curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël La Greca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nashboro Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Methods for Curves and Surfaces: Tromso 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 0--9728482-4-X, pp.243--252, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01288315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6051,135 +6063,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satisfying Constraints Through Local Deformation of NURBS Curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël La Greca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LSIS.RR.2004.006, Laboratoire des Sciences de l\'Information et des Syst\èmes. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01488865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId119"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6326,51 +6338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003653v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Gonzalez-Lorenzo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann-Situ Gazull" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41468-024-00198-1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706922v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322031v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2023.103563" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418434v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Morel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Kanai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325416v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Ravaglia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric V&#233;ga" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f10070599" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109646v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Vega" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2018.05.004" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380160v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vega" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCG.2017.3621225" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528103v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Real" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.topol.2017.05.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685214v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2017.05.016" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01285969v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Molina-Abril" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00200-014-0248-x" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288298v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Daniel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maltret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380172v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357027v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-09544-2_12" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953372v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03650376v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Ahmed-Belkacem" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650377v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418438v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418436v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902826v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698847v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66272-5_18" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685231v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690397v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080481v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse R&#233;millard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Ducup" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341013v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Dahrabou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Viseur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Rohmer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39441-1_10" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476541v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380181v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ben-Miloud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rozo-Brezillac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341014v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Juda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39441-1_12" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341015v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32360-2_12" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381812v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341016v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381791v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341037v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23117-4_53" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381790v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376474v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499699v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Gonzalez Lorenzo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341017v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376470v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris A Ravaglia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381797v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYNASC.2014.82" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381800v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376473v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311428v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sinh Nguyen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376465v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piboule" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DigitalHeritage.2013.6743809" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311433v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kudelski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tran Nam" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311430v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311438v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311451v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainaud J.F." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381807v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311455v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311383v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311460v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l La Greca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311385v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perrin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376468v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288312v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288313v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288315v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488865v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003653v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Gonzalez-Lorenzo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann-Situ Gazull" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41468-024-00198-1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706922v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322031v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2023.103563" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418434v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Morel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Kanai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325416v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Ravaglia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric V&#233;ga" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f10070599" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109646v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Vega" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2018.05.004" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-123RVMG7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380160v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vega" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCG.2017.3621225" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528103v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Real" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.topol.2017.05.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685214v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2017.05.016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01285969v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Molina-Abril" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00200-014-0248-x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288298v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Daniel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maltret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380172v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357027v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-09544-2_12" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953372v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03650376v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Ahmed-Belkacem" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650377v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418438v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418436v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902826v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698847v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66272-5_18" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685231v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690397v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080481v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse R&#233;millard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Ducup" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380181v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ben-Miloud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rozo-Brezillac" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476541v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341013v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Dahrabou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Viseur" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Rohmer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39441-1_10" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341014v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Juda" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39441-1_12" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32360-2_12" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381805v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381812v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381791v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341037v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23117-4_53" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341016v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381790v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376474v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499699v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Gonzalez Lorenzo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01341017v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376470v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris A Ravaglia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381797v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYNASC.2014.82" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381800v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376473v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311428v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sinh Nguyen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376465v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piboule" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DigitalHeritage.2013.6743809" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311433v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kudelski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tran Nam" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311430v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311438v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311451v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainaud J.F." TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381807v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311455v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311383v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311460v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l La Greca" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311385v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perrin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376468v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288312v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288313v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288315v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488865v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>