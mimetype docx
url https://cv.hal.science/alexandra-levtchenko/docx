--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -66,842 +66,976 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies for Quasi‐2D Integration in Perovskite p‐i‐n Solar Cells</w:t>
+                <w:t xml:space="preserve">Defect Suppression and Efficiency Enhancement of Slot-Die-Coated Formamidinium Lead Iodide Solar Devices via Ambient Air Annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Capitaine</w:t>
+                <w:t xml:space="preserve">K. Muhammed Salim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Provost</w:t>
+                <w:t xml:space="preserve">Iwan Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
+                <w:t xml:space="preserve">Nao Harada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirella Al Katrib</w:t>
+                <w:t xml:space="preserve">Celia Aider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anyssa Derj</w:t>
+                <w:t xml:space="preserve">Thomas Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar RRL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 18 (6), pp.9799-9815. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/solr.202500579⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5c22032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05364856v1</w:t>
+                <w:t xml:space="preserve">hal-05548556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled in-situ electrical and optical characterization to assess the accelerated ageing of perovskite solar cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Strategies for Quasi‐2D Integration in Perovskite p‐i‐n Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐françois Guillemoles</w:t>
+                <w:t xml:space="preserve">Mirella Al Katrib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anyssa Derj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar RRL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 8 (22), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/solr.202400511⟩</w:t>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/solr.202500579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992941v1</w:t>
+                <w:t xml:space="preserve">hal-05364856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Defect Densities in Thin (i) a‐Si:H Used as the Passivation Layer in a‐Si:H/c‐Si Heterojunction Solar Cells from Static Planar Conductance Measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Coupled in-situ electrical and optical characterization to assess the accelerated ageing of perovskite solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
+                <w:t xml:space="preserve">Arthur Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Mcdermott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐françois Guillemoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssr.201900411⟩</w:t>
+              <w:t xml:space="preserve">Solar RRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (22), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/solr.202400511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301811v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si doped GaP layers grown on Si wafers by low temperature PE-ALD</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Uvarov</w:t>
+                <w:t xml:space="preserve">Determination of Defect Densities in Thin (i) a‐Si:H Used as the Passivation Layer in a‐Si:H/c‐Si Heterojunction Solar Cells from Static Planar Conductance Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Morozov</w:t>
+                <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artem Baranov</w:t>
+                <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Kudryashov</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (021001), pp.021001. </w:t>
+              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (12), pp.1900411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5000256⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pssr.201900411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01738008v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optoelectrical modeling of solar cells based on c-Si/a-Si:H nanowire arrays: focus on the electrical transport in between the nanowires</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Si doped GaP layers grown on Si wafers by low temperature PE-ALD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Lachaume</w:t>
+                <w:t xml:space="preserve">A.S. Gudovskikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Michallon</w:t>
+                <w:t xml:space="preserve">A. Uvarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Collin</w:t>
+                <w:t xml:space="preserve">A. Morozov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artem Baranov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kudryashov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/aab7e8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (021001), pp.021001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5000256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01738024v1</w:t>
+                <w:t xml:space="preserve">hal-01738008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Optoelectrical modeling of solar cells based on c-Si/a-Si:H nanowire arrays: focus on the electrical transport in between the nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lachaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Michallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, nanotechnology, 29 (25), pp.255401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/aab7e8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01738024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Coupling Optical and Electrical Modelling for the study of a-Si:H-based nanowire Array Solar Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lachaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Michallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, E‐MRS 2017 Spring Meeting – Symposium E ; E‐MRS 2017 Spring Meeting – Symposium N, 14 (10), pp.1700181. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssc.201700181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01589258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -911,1241 +1045,1241 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defect densities analysis in thin (i) a-Si:H passivation layer inserted in a-Si:H/c-Si heterojunction solar cells using coplanar conductance measurements : a temperature dependence study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02946579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defects in the passivating buffer (i) a-Si:H layer of a-Si:H/c-Si heterojunction solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNPV 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Effective Defects States by Varying the Thickness of Passivating (i)a-Si:H Layer in a-Si :H/c-Si Heterojunction Solar Cell Using Coplanar Conductance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Estelle Gueunier-Farret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Conference on Amorphous and nanocrystalline Semiconductors (ICANS 28)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent progress on the amorphous silicon/crystalline silicon interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Estelle Gueunier-Farret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th ISCMP School and Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Varna, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulated photocurrent and photoluminescence for the characterization of silicon heterojunctions: experiments and simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hrachya Kyureghian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jaffré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Brézard-Oudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Spring Meeting 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local open-circuit voltage characterization of thin-film radial junction PIN solar cells by Kelvin Probe Force Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Marchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letian Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumyadeep Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jaffré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Spring Meeting 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low temperature plasma enhanced atomic layer deposition of GaP films on Si substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander S. Gudovskikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. A. Kudryashov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.A. Morozov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Uvarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICANS27, The 27th International Conference on Amorphous and Nanocrystalline Semiconductors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of electrical transport properties on performance of Si nanowire array solar cells assessed by optoelectrical modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lachaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Michallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2017 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si doped n-type GaP layers grown on Si wafers by low-temperature PE-ALD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.S. Gudovskikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Uvarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.A. Morozov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. A. Kudryashov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photovoltaic Technical Conference, PVTC 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation électrique et optique de nanofils de Silicium en géométrie radiale pour des applications photovoltaïques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lachaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2015 (JNPV 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01238536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2155,996 +2289,996 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la dépendance avec la température de la conductance planaire d'hétérojonctions a-Si:H/c-Si : comparaison entre mesures expérimentales, calcul analytique 1D et modélisation numérique 2D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des propriétés électriques de l'hétérointerface de cellules solaires à hétérojonction a-Si:H/c-Si, d'épaisseur de couche tampon (i) a-Si :H différentes, par des mesures de conductance planaire combinées à la modélisation électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Kleider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque - JNPV 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03289621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation du potentiel de circuit-ouvert d’une cellule solaire Si à jonction radiale PIN en couche mince par la technique de Kelvin Probe Force Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Marchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letian Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumyadeep Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jaffré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque, JNPV 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de la technique de photocourant modulé (MPC) aux cellules à hétérojonctions c-Si / a-Si:H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lachaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hrachya Kyureghian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jaffré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing tin dioxide nanoparticles distribution for silicon nanowires growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letian Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutaz Al-Ghzaiwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wanghua Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Foldyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanowire week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couplage des modélisations électriques/optiques pour l'étude de cellules à base de nanofils a-Si:H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lachaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Michallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tandem radial-junction silicon nanowire solar cells fabricated by PECVD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letian Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Foldyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutaz Al-Ghzaiwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wanghua Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Dourdan, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01424667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des propriétés photoélectriques de couches de GaP deposées à basse température par des mesures de conductivité et de photocourant modulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Levtchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Brézard-Oudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jaffré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01475039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3291,51 +3425,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364856v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Capitaine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Provost" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Levtchenko" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Al Katrib" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anyssa Derj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202500579" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992941v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Julien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mcdermott" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Puel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202400511" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301811v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Gall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Kleider" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.201900411" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738008v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Gudovskikh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uvarov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morozov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Baranov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kudryashov" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5000256" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738024v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachaume" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michallon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Collin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aab7e8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589258v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alvarez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201700181" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946579v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02344064v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02344024v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Gueunier-Farret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943423v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Carrere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801362v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrachya Kyureghian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard-Oudot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801350v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marchat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian Dai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumyadeep Misra" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander S. Gudovskikh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Kudryashov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Morozov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Uvarov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632933v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632928v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238536v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alvarez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Laribi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878603v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289621v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943488v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01633186v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632957v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutaz Al-Ghzaiwat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanghua Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Foldyna" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01633176v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424667v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01475039v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548556v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Muhammed Salim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nao Harada" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Aider" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c22032" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364856v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Capitaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Provost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Levtchenko" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Al Katrib" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anyssa Derj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202500579" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992941v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Julien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mcdermott" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Puel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202400511" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301811v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Gall" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Kleider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.201900411" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738008v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Gudovskikh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uvarov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morozov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Baranov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kudryashov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5000256" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738024v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachaume" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michallon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Collin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aab7e8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589258v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alvarez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201700181" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946579v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02344064v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02344024v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Gueunier-Farret" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943423v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Carrere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801362v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrachya Kyureghian" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard-Oudot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801350v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marchat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian Dai" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumyadeep Misra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632966v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander S. Gudovskikh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Kudryashov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Morozov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Uvarov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632933v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632928v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238536v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alvarez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Laribi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878603v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289621v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943488v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01633186v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632957v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutaz Al-Ghzaiwat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanghua Chen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Foldyna" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01633176v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424667v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01475039v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>