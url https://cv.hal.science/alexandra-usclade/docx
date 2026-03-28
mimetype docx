--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -368,697 +368,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk-Taking Behaviors of Adult Bedridden Patients in Neurosurgery: What Could/Should We Do?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rhinovirus Infection and Familial Atopy Predict Persistent Asthma and Sensitisation 7 Years after a First Episode of Acute Bronchiolitis in Infancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Magnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Usclade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Lemaire</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie-Anne Cousseau</w:t>
+                <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmed.2021.676538⟩</w:t>
+              <w:t xml:space="preserve">Children</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (10), pp.850. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/children8100850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03319178v1</w:t>
+                <w:t xml:space="preserve">hal-03519720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhinovirus Infection and Familial Atopy Predict Persistent Asthma and Sensitisation 7 Years after a First Episode of Acute Bronchiolitis in Infancy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Usclade</w:t>
+                <w:t xml:space="preserve">Risk-Taking Behaviors of Adult Bedridden Patients in Neurosurgery: What Could/Should We Do?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Sontheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
+                <w:t xml:space="preserve">Marie-Anne Cousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Children</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8 (10), pp.850. </w:t>
+              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.676538. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/children8100850⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmed.2021.676538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03519720v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold Vibration (Buzzy) Versus Anesthetic Patch (EMLA) for Pain Prevention During Cannulation in Children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impaired muscular fat metabolism in juvenile idiopathic arthritis in inactive disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bourdier</w:t>
+                <w:t xml:space="preserve">Pierre Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nedjoua Khelif</w:t>
+                <w:t xml:space="preserve">Stéphane Echaubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Velasquez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
+                <w:t xml:space="preserve">Corinne Borderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Emergency Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.1. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/PEC.0000000000001867⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02236775v1</w:t>
+                <w:t xml:space="preserve">hal-02154534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired muscular fat metabolism in juvenile idiopathic arthritis in inactive disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Cold Vibration (Buzzy) Versus Anesthetic Patch (EMLA) for Pain Prevention During Cannulation in Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedjoua Khelif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Velasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Usclade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Corinne Borderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, </w:t>
+              <w:t xml:space="preserve">Pediatric Emergency Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Publish Ahead of Print, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00528⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/PEC.0000000000001867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154534v1</w:t>
+                <w:t xml:space="preserve">hal-03030716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold Vibration (Buzzy) Versus Anesthetic Patch (EMLA) for Pain Prevention During Cannulation in Children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nedjoua Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Velasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Usclade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pediatric Emergency Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Publish Ahead of Print, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+              <w:t xml:space="preserve">, 2019, pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/PEC.0000000000001867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03030716v1</w:t>
+                <w:t xml:space="preserve">hal-02236775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1213,51 +1213,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210802v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Estenne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pelletier Visa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Usclade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/respcare.12267" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882684v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Julian" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12125926" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03319178v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lemaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chaix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sontheimer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Coste" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Cousseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.676538" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519720v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rochette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children8100850" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02236775v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bourdier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjoua Khelif" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Velasquez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PEC.0000000000001867" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154534v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourdier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Echaubard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Borderon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00528" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030716v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210802v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Estenne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pelletier Visa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Usclade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/respcare.12267" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882684v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Julian" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12125926" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519720v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rochette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children8100850" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03319178v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lemaire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chaix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sontheimer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Coste" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Cousseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.676538" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154534v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourdier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Echaubard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Borderon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00528" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030716v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bourdier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjoua Khelif" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Velasquez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PEC.0000000000001867" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02236775v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>