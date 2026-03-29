--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -186,195 +186,195 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parasites suffer too: Effects of host’s pollutant exposure on some life-history traits of acanthocephalan parasites</w:t>
+                <w:t xml:space="preserve">Modulation of carbendazim toxicity by enhanced acanthocephalan infection in a freshwater fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lorrain-Soligon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Agostini</w:t>
+                <w:t xml:space="preserve">Constance Warnier de Wailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Decencière</w:t>
+                <w:t xml:space="preserve">Thierry Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Côme Girard</w:t>
+                <w:t xml:space="preserve">Jean-Emmanuel Rollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.104761. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 397, pp.127921. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2025.12.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2026.127921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05539840v1</w:t>
+                <w:t xml:space="preserve">hal-05547056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acclimation and recovery dynamics of behavioral and coloration responses of a common fish (Squalius cephalus) to paracetamol exposure</w:t>
               </w:r>
@@ -386,1822 +386,1956 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lorrain-Soligon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Golven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 374, pp.144225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04981941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in specificity, development time and virulence between two acanthocephalan parasites, infecting two cryptic species of Gammarus fossarum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parasites suffer too: Effects of host’s pollutant exposure on some life-history traits of acanthocephalan parasites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lorrain-Soligon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Agostini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Motreuil</w:t>
+                <w:t xml:space="preserve">Beatriz Decencière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Teixeira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nelly Debrosse</w:t>
+                <w:t xml:space="preserve">Côme Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.434⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.104761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2025.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04645727v4</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-course of antipredator behavioral changes induced by the helminth Pomphorhynchus laevis in its intermediate host Gammarus pulex: the switch in manipulation according to parasite developmental stage differs between behaviors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differences in specificity, development time and virulence between two acanthocephalan parasites, infecting two cryptic species of Gammarus fossarum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Develay Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Rigaud</w:t>
+                <w:t xml:space="preserve">Sébastien Motreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Balourdet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maria Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Debrosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 3, pp.e109. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pci.zool.100215⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 4, pp.e61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291846v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645727v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin of the natural variation in the storage of dietary carotenoids in freshwater amphipod crustaceans.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maria Teixeira</w:t>
+                <w:t xml:space="preserve">Time-course of antipredator behavioral changes induced by the helminth Pomphorhynchus laevis in its intermediate host Gammarus pulex: the switch in manipulation according to parasite developmental stage differs between behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Balourdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231247⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pci.zool.100215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545953v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying a key host in an acanthocephalan-amphipod system.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Origin of the natural variation in the storage of dietary carotenoids in freshwater amphipod crustaceans.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Babin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Motreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rigaud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), pp.e0231247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231247⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0031182015001067⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01228717v1</w:t>
+                <w:t xml:space="preserve">hal-02545953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parasite-induced alteration of plastic response to predation threat: increased refuge use but lower food intake in Gammarus pulex infected with the acanothocephalan Pomphorhynchus laevis.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identifying a key host in an acanthocephalan-amphipod system.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rigaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2013.11.001⟩</w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 142 (13), pp.1588-1594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0031182015001067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00957328v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01228717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection first then facilitation: a manipulative parasite modulates the vulnerability to predation of its intermediate host according to its own developmental stage.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Parasite-induced alteration of plastic response to predation threat: increased refuge use but lower food intake in Gammarus pulex infected with the acanothocephalan Pomphorhynchus laevis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Dianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Perrot-Minnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Léger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Guvenatam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 65 (9), pp.2692-2698. </w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (3-4), pp.211-216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2011.01330.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2013.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00618773v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraspecific conflict over host manipulation between different larval stages of an acanthocephalan parasite.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Protection first then facilitation: a manipulative parasite modulates the vulnerability to predation of its intermediate host according to its own developmental stage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Dianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Perrot-Minnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Léger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1420-9101.2010.02137.x⟩</w:t>
+              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 65 (9), pp.2692-2698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2011.01330.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00535643v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00618773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation between populations and local adaptation in acanthocephalan-induced parasite manipulation.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Dechaume-Moncharmont</w:t>
+                <w:t xml:space="preserve">Intraspecific conflict over host manipulation between different larval stages of an acanthocephalan parasite.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Dianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Motreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2010.01006.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 23 (12), pp.2648-2655. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1420-9101.2010.02137.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00509890v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00535643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-variation between the intensity of behavioural manipulation and parasite development time in an acanthocephalan-amphipod system.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Bollache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Motreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 23 (10), pp.2143-2150. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1420-9101.2010.02076.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00519004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immune depression induced by acanthocephalan parasites in their intermediate crustacean host: consequences for the risk of super-infection and links with host behavioural manipulation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Variation between populations and local adaptation in acanthocephalan-induced parasite manipulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Franceschi</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Bollache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Dechaume-Moncharmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 39 (2), pp.221-229. </w:t>
+              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 64 (8), pp.2417-2430. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2008.06.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2010.01006.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00348240v1</w:t>
+                <w:t xml:space="preserve">hal-00509890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of parasite age and intensity on variability in acanthocephalan-induced behavioural manipulation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Immune depression induced by acanthocephalan parasites in their intermediate crustacean host: consequences for the risk of super-infection and links with host behavioural manipulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Moret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 38 (10), pp.1161-1170. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2008.01.003⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 39 (2), pp.221-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2008.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00285836v1</w:t>
+                <w:t xml:space="preserve">hal-00348240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The acanthocephalan parasite Polymorphus minutus alters the geotactic and clinging behaviours of two sympatric amphipod hosts: the native Gammarus pulex and the invasive Gammarus roeseli</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effects of parasite age and intensity on variability in acanthocephalan-induced behavioural manipulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Bollache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rigaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Zoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 267 (01), pp.39-43. </w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38 (10), pp.1161-1170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0952836905007223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2008.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02504206v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00285836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The acanthocephalan parasite Polymorphus minutus alters the geotactic and clinging behaviours of two sympatric amphipod hosts: the native Gammarus pulex and the invasive Gammarus roeseli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor R. Haine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Perrot-Minnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 267 (01), pp.39-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0952836905007223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02504206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Differential influence of Pomphorhynchus laevis (Acanthocephala) on the behaviour of native and invader gammarid species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Trouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Bollache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Cézilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 30 (14), pp.1453 - 1457. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0020-7519(00)00138-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01653122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2211,114 +2345,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gammares et acanthocéphales : un système multi-hôtes (cryptiques) et multi-parasites ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biodiversité et Ecologie. Université Bourgogne Franche-Comté, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022UBFCK018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04078762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId77"/>
+      <w:footerReference w:type="default" r:id="rId81"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2386,51 +2520,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="46CCA3B8"/>
+    <w:nsid w:val="9E91A022"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2617,51 +2751,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-bauer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3162-9285" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/269328998" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-8002-2008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539840v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lorrain-Soligon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Agostini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bauer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Decenci&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Girard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2025.12.006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981941v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Golven" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Millot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144225" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645727v4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Develay Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Motreuil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teixeira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Debrosse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.434" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291846v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rigaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Balourdet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.zool.100215" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545953v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Babin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231247" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228717v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182015001067" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957328v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dianne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrot-Minnot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guvenatam" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2013.11.001" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618773v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gaillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2011.01330.x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8RXDBM5J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00535643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2010.02137.x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509890v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Franceschi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cornet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bollache" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Dechaume-Moncharmont" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2010.01006.x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0K6LBR8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519004v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2010.02076.x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348240v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Moret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2008.06.007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08NWS79L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285836v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2008.01.003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51W4VZD7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504206v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor R. Haine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0952836905007223" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/00D3BDD53ED238D93DFB3BA476F0C13901CFD8F0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653122v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Trouv&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gr&#233;goire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank C&#233;zilly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0020-7519(00)00138-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2LJ17SP5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04078762v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UBFCK018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-bauer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3162-9285" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/269328998" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-8002-2008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547056v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lorrain-Soligon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Warnier de Wailly" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bauer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rigaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Rollin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2026.127921" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981941v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Golven" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Agostini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Millot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144225" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539840v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Decenci&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2025.12.006" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645727v4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Develay Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Motreuil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teixeira" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Debrosse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.434" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291846v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Balourdet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.zool.100215" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545953v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Babin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231247" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228717v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182015001067" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957328v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dianne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrot-Minnot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guvenatam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2013.11.001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618773v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gaillard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2011.01330.x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8RXDBM5J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00535643v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2010.02137.x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519004v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Franceschi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bollache" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cornet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2010.02076.x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509890v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Dechaume-Moncharmont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2010.01006.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0K6LBR8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348240v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Moret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2008.06.007" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08NWS79L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285836v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2008.01.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51W4VZD7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504206v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor R. Haine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0952836905007223" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/00D3BDD53ED238D93DFB3BA476F0C13901CFD8F0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653122v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Trouv&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gr&#233;goire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank C&#233;zilly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0020-7519(00)00138-7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2LJ17SP5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04078762v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UBFCK018" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>