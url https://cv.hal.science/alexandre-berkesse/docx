--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1549,909 +1549,909 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04818415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De nouveaux métiers pour accompagner les personnes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intégration des patients enseignants dans les études de médecine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Mouriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Allory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives sanitaires et sociales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (4), pp.559-568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.214.0559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04999489v1</w:t>
+                <w:t xml:space="preserve">hal-03629603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration des patients enseignants dans les études de médecine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De nouveaux métiers pour accompagner les personnes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Allory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Perspectives sanitaires et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 274, pp.12-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/spub.214.0559⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03629603v1</w:t>
+                <w:t xml:space="preserve">hal-04999489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’usager partenaire et l’expérience patient, leviers d’analyse coopérative et écosystémique des organisations</w:t>
+                <w:t xml:space="preserve">Quels enseignements tirer de l’expérience de la pandémie de la COVID-19 dans l’accompagnement des patients chroniques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Massot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Besnier</w:t>
+                <w:t xml:space="preserve">Olivia Gross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soins Cadres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scad.2020.12.011⟩</w:t>
+              <w:t xml:space="preserve">Médecine des Maladies Métaboliques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (1), pp.33-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mmm.2020.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04999393v1</w:t>
+                <w:t xml:space="preserve">hal-03701694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels enseignements tirer de l’expérience de la pandémie de la COVID-19 dans l’accompagnement des patients chroniques ?</w:t>
+                <w:t xml:space="preserve">L’usager partenaire et l’expérience patient, leviers d’analyse coopérative et écosystémique des organisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Massot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathie Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Jarno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Gross</w:t>
+                <w:t xml:space="preserve">Mélanie Besnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine des Maladies Métaboliques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (1), pp.33-39. </w:t>
+              <w:t xml:space="preserve">Soins Cadres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (125), pp.39 - 42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mmm.2020.12.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scad.2020.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03701694v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patient partenaire : de la pratique à la recherche.</w:t>
+                <w:t xml:space="preserve">Former en ligne au recrutement de patients partenaires : l’apport des formations par concordance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathieu M.J Jackson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Descoteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Luigi Flora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pédagogie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (2), pp.101-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/pmed/2020035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03140028v1</w:t>
+                <w:t xml:space="preserve">hal-02959475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impliquer des patients dans la révision du curriculum en médecine : une étude mixte sur l’intégration d’une perspective d’éthique clinique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Patient partenaire : de la pratique à la recherche.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Flora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dumais-Lévesque</w:t>
+                <w:t xml:space="preserve">Benoit Pétré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Voz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pédagogie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, santé publique, 32 (4), pp.371-374</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03002221v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Former en ligne au recrutement de patients partenaires : l’apport des formations par concordance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annie Descoteaux</w:t>
+                <w:t xml:space="preserve">Impliquer des patients dans la révision du curriculum en médecine : une étude mixte sur l’intégration d’une perspective d’éthique clinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Flora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Nicaise</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luigi Flora</w:t>
+                <w:t xml:space="preserve">Philippe Karazivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dumais-Lévesque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pédagogie médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 21 (2), pp.101-106. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959475v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patient partenaire : de la pratique à la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pétré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Voz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berkesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Flora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 32 (4), pp.371-374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2498,51 +2498,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le déploiement du partenariat avec les patients dans la formation initiale des professionnels de la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Karazivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2848,51 +2848,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’application d’un modèle intégré de partenariat patient dans la formation des professionnels de la santé : vers un nouveau paradigme humaniste et éthique de co-construction des savoirs en santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Flora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2900,51 +2900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Payot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Karazivan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal international de bioéthique et d'éthique des sciences </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3255,51 +3255,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le patient formateur, ses savoirs et ses savoirs expérientiels : à l’origine de deux catégories de compétences pour le patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Gino Flora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Karazivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4748,51 +4748,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-construire la santé en partenariat avec les patients et le public : historique, approche et impacts du « modèle de Montréal »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine P Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Flora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5096,51 +5096,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D14049A1"/>
+    <w:nsid w:val="1304E90C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5327,51 +5327,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-berkesse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9082-7201" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/219804362" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/171151050135533411862" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502636v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berkesse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05158492v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Carroll" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mcgillion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Abelson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Healey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pecinn.2025.100417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04997814v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444829v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04846150v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Atfeh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guerre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Thual" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Pozzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.70119" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04958477v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lardoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tourniaire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2024.10.011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04114805v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Huteau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cardoso-Fortes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jackson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Pomey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2023.01.014" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411498v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Larget" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ragain-Gire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#8217;esperance" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allory" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2023.05.009" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04958497v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04958443v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dadon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Thual" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baumlin-Leyi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Volta-Paulet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25329/rq_xix_4_michel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Boukhetaia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Simon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aidsoi.2022.10.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boivin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Castonguay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.13571" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04999489v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629603v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Maury" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lucas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mouriaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.214.0559" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04999393v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Massot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie Simonet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jarno" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Besnier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2020.12.011" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03701694v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gross" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2020.12.004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140028v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Flora" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Louis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Voz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002221v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Karazivan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumais-L&#233;vesque" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959475v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M.J Jackson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Descoteaux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Nicaise" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2020035" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04818365v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.204.0371" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139071v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255276v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Parent" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Aiguier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mano&#233; Reynaerts" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rolland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2019020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668989v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554480v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Payot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351650v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sikora" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourgeois" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garden" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Piecourt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-008-4893-4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-33P8KJ40-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554790v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Gino Flora" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554814v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351277v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sikora" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473535v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356328v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473812v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Donnet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Loir" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356331v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05045266v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Gu&#233;vel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Migeot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferron" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvette Balcou-Debussche" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/glossaire-de-promotion-de-sante/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325808v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Drag&#233;e" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nyadanu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duclos" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Garnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-strategie_de_conception_d_experience_patient_la_recherche_terrain_marion_dragee-9782140347221-76961.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554737v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Dumez Vincent. Vanier Marie-Claude." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bonin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouffard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337494v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04997807v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04827739v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Girault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bataillon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.louaz.2024.01.0239" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04114634v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554655v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P Boivin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#8217;esp&#233;rance" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04997799v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Denormandie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Henry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Belkhir" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-berkesse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9082-7201" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/219804362" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/171151050135533411862" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502636v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berkesse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05158492v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Carroll" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mcgillion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Abelson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Healey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pecinn.2025.100417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04997814v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444829v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04846150v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Atfeh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guerre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Thual" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Pozzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.70119" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04958477v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lardoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tourniaire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2024.10.011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04114805v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Huteau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cardoso-Fortes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jackson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Pomey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2023.01.014" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411498v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Larget" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ragain-Gire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#8217;esperance" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allory" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2023.05.009" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04958497v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04958443v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dadon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Thual" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baumlin-Leyi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Volta-Paulet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25329/rq_xix_4_michel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Boukhetaia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Simon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aidsoi.2022.10.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boivin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Castonguay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.13571" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629603v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Maury" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lucas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mouriaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.214.0559" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04999489v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03701694v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gross" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2020.12.004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04999393v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Massot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie Simonet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jarno" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Besnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2020.12.011" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959475v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M.J Jackson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Descoteaux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Nicaise" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Flora" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2020035" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140028v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Louis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Voz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002221v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Karazivan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumais-L&#233;vesque" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04818365v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t P&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.204.0371" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139071v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255276v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Parent" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Aiguier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mano&#233; Reynaerts" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rolland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2019020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668989v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554480v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Payot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351650v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sikora" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourgeois" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garden" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Piecourt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-008-4893-4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-33P8KJ40-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554790v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Gino Flora" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554814v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351277v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sikora" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473535v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356328v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473812v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Donnet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Loir" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356331v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05045266v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Gu&#233;vel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Migeot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferron" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvette Balcou-Debussche" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/glossaire-de-promotion-de-sante/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325808v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Drag&#233;e" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nyadanu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duclos" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Garnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-strategie_de_conception_d_experience_patient_la_recherche_terrain_marion_dragee-9782140347221-76961.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554737v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Dumez Vincent. Vanier Marie-Claude." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bonin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouffard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337494v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04997807v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04827739v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Girault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bataillon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.louaz.2024.01.0239" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04114634v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554655v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P Boivin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#8217;esp&#233;rance" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04997799v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Denormandie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Henry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Belkhir" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>