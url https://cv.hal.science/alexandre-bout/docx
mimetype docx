--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -627,515 +627,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Release strategies of Trissolcus basalis (Scelionidae) in protected crops against Nezara viridula (Pentatomidae): Less is more</w:t>
+                <w:t xml:space="preserve">Biocontrôle et macro-organismes : panorama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Gard</w:t>
+                <w:t xml:space="preserve">N. Ris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Borowiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan Debelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fellous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Protection</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 756, pp.14-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292556v1</w:t>
+                <w:t xml:space="preserve">hal-03884638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biocontrôle et macro-organismes : panorama</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Le biocontrôle grâce aux macro-organismes : enjeux et réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Borowiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan Debelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Borowiec</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Simon Fellous</w:t>
+                <w:t xml:space="preserve">Xavier Fauvergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 756, pp.14-18</w:t>
+              <w:t xml:space="preserve">, 2022, Dossier : Macro-organismes Auxilliaires, 756, pp.19-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03884638v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03884650v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le biocontrôle grâce aux macro-organismes : enjeux et réalité</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Borowiec</w:t>
+                <w:t xml:space="preserve">IMPULsE - développement et Intégration de Méthodes innovantes pour la maîtrise des PUnaises en cultures LEgumières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamine Gard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Allan Debelle</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chaillout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Fauvergue</w:t>
+                <w:t xml:space="preserve">Laurent Camoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Canal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 85, pp.199-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03884650v2</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03764384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMPULsE - développement et Intégration de Méthodes innovantes pour la maîtrise des PUnaises en cultures LEgumières</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamine Gard</w:t>
+                <w:t xml:space="preserve">Release strategies of Trissolcus basalis (Scelionidae) in protected crops against Nezara viridula (Pentatomidae): Less is more</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Canal</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prisca Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 85, pp.199-212. </w:t>
+              <w:t xml:space="preserve">Crop Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 161, pp.106069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cropro.2022.106069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03764384v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gryon aetherium Talamas (Hymenoptera, Scelionidae): Parasitoid of Bagrada hilaris (Burmeister) (Hemiptera, Pentatomidae) Adventive in Chile</w:t>
               </w:r>
@@ -1383,168 +1383,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04810411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. pygmaeus, une punaise auxiliaire pleine de ressources</w:t>
+                <w:t xml:space="preserve">Solutions de lutte biologique pour maîtriser les punaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Lambion</w:t>
+                <w:t xml:space="preserve">Isabelle Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Quaglietti</w:t>
+                <w:t xml:space="preserve">Lily Cesari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michela Ion Scotta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ignacio Ruiz</w:t>
+                <w:t xml:space="preserve">Guénaëlle Genson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 724, pp.41-44</w:t>
+              <w:t xml:space="preserve">, 2019, 723, pp.22-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02618027v1</w:t>
+                <w:t xml:space="preserve">hal-02618667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Punaises phytophages : quelle diversité sur nos cultures ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐Claude Streito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1560,264 +1560,264 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 722, pp.53-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solutions de lutte biologique pour maîtriser les punaises</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oh punaise ! Vous avez dit punaises ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐Claude Streito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 723, pp.22-27</w:t>
+              <w:t xml:space="preserve">, 2019, 722, pp.49-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618667v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oh punaise ! Vous avez dit punaises ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. pygmaeus, une punaise auxiliaire pleine de ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lambion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Quaglietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Ion Scotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 722, pp.49-52</w:t>
+              <w:t xml:space="preserve">, 2019, 724, pp.41-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624163v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des outils moléculaires pour caractériser la diversité réelle des thysanoptères en cultures ornementales et faciliter le diagnostic</w:t>
               </w:r>
@@ -3175,77 +3175,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Punaises phytophages des cultures légumières. Méthodes de protection alternatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Camoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3417,51 +3417,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ginez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Delamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3571,51 +3571,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3773,51 +3773,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macrolophus melanotoma (Heteroptera Miridae): New aspects to understand this little-known species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gaumatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4429,445 +4429,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00853202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ecological approach of greenhouse agro-ecosystem: practical interest for IPM</w:t>
+                <w:t xml:space="preserve">The Ecological Approach of Greenhouse Agro-Ecosystem: Practical Interest for IPM.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Mailleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Desneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Madeleine Muller</w:t>
+                <w:t xml:space="preserve">Marie-Madeleine Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28. International Horticultural Congress on Science and Horticulture for People (IHC2010): International Symposium on Greenhouse 2010 and Soilless Cultivation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Acta Horticulturae, Proceedings of the XXVIII International Horticultural Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Lisbon, Portugal. pp.173-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749690v1</w:t>
+                <w:t xml:space="preserve">hal-00853203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing banker plants for predator installation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Bresch</w:t>
+                <w:t xml:space="preserve">The ecological approach of greenhouse agro-ecosystem: practical interest for IPM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Mailleret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Madeleine Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. International Horticultural Congress on Science and Horticulture for People (IHC2010): International Symposium on Greenhouse 2010 and Soilless Cultivation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02745504v1</w:t>
+                <w:t xml:space="preserve">hal-02749690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ecological Approach of Greenhouse Agro-Ecosystem: Practical Interest for IPM.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Testing banker plants for predator installation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pia Parolin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bresch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Poncet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae, Proceedings of the XXVIII International Horticultural Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Lisbon, Portugal. pp.173-185</w:t>
+              <w:t xml:space="preserve">28. International Horticultural Congress on Science and Horticulture for People (IHC2010): International Symposium on Greenhouse 2010 and Soilless Cultivation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00853203v1</w:t>
+                <w:t xml:space="preserve">hal-02745504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial and Temporal Associations of Powdery Mildew and Two-Spotted Spider-Mite in Greenhouses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Mailleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4948,51 +4948,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial and temporal associations of powdery mildew and two-spotted spider-mite in greenhouses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Madeleine Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Mailleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5979,51 +5979,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797628v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bout" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Tortorici" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hamidi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Tavella" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jhr.97.132433" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797196v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Orr&#249;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V Timokhov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jhr.97.127112" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04946788v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Iacovonec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Toillon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Alison" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923816v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Driss" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Magro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292556v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Pierre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2022.106069" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884638v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ris" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borowiec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Debelle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fellous" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884650v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fauvergue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764384v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Gard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chaillout" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Camoin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Canal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art15" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797854v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Roc&#237;o Rojas-G&#225;lvez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Talamas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta V Albornoz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fernanda Flores" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson Barros-Parada" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jhr.87.75363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Warot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12090761" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618027v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lambion" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Quaglietti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Ion Scotta" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Ruiz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619921v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618667v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Cesari" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Genson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624163v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623097v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Marchand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Robert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Silvy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Crochard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191199117687397E12" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604311v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Paris" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Doise" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Boll" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137793352797976E12" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638009v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decognet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fermaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Confais" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629877v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Blanquart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Parolin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poncet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648620v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bresch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Brun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670874.2012.659229" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655601v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mailleret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/EC10115" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660359v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lemesle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-9563.2010.00483.x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QZNGSLF0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655664v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Pizzol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doummar Nammour" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hervouet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-010-0286-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B0388NCZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695787v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ris" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Multeau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-94-024-2150-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-2150-7_4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145545v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023335v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Clerc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chailloux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830784v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841245v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ginez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Delamarre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Clerc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611132v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Favery" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786287v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bout" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Coussy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Streito" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785228v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaumatou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ignacio Sandoval Briones" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186819v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Holst" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Messean" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hennen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langrel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101302v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Fatnassi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1107.5" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741845v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ziegler" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Disdier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reynaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1104.58" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853202v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749690v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Madeleine Muller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745504v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ruiz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853203v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine M&#252;ller" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853198v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746619v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755519v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabi&#225;n Mart&#237;nez" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753395v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821032v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757549v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757498v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Leroux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bill" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756534v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797628v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bout" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Tortorici" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hamidi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Tavella" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jhr.97.132433" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797196v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Orr&#249;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander V Timokhov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jhr.97.127112" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04946788v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Iacovonec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Toillon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Alison" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923816v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Driss" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Magro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884638v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ris" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borowiec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Debelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fellous" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884650v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fauvergue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764384v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Gard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chaillout" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Camoin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Canal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292556v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Pierre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2022.106069" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797854v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Roc&#237;o Rojas-G&#225;lvez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Talamas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta V Albornoz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fernanda Flores" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson Barros-Parada" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jhr.87.75363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Warot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12090761" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618667v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Cesari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Genson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619921v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624163v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618027v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lambion" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Quaglietti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Ion Scotta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Ruiz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623097v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Marchand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Robert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Silvy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Crochard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191199117687397E12" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604311v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Paris" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Doise" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Boll" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137793352797976E12" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638009v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decognet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fermaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Confais" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629877v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Blanquart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Parolin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poncet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648620v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bresch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Brun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670874.2012.659229" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655601v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mailleret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/EC10115" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660359v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lemesle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-9563.2010.00483.x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QZNGSLF0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655664v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Pizzol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doummar Nammour" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hervouet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-010-0286-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B0388NCZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695787v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ris" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Multeau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-94-024-2150-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-2150-7_4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145545v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023335v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Clerc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chailloux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830784v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841245v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ginez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Delamarre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Clerc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611132v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Favery" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786287v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bout" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Coussy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Streito" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785228v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaumatou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ignacio Sandoval Briones" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186819v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Holst" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Messean" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hennen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langrel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101302v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Fatnassi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1107.5" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741845v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ziegler" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Disdier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reynaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1104.58" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853202v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853203v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine M&#252;ller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749690v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Madeleine Muller" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745504v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ruiz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00853198v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746619v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755519v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabi&#225;n Mart&#237;nez" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753395v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821032v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757549v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757498v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Leroux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bill" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756534v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>