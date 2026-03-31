--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -550,434 +550,434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic behavior of nonautonomous monotone and subgradient evolution equations</w:t>
+                <w:t xml:space="preserve">Convergence Rates of Inertial Forward-Backward Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedy Attouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc-Olivier Czarnecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1090/tran/6965⟩</w:t>
+              <w:t xml:space="preserve">SIAM Journal on Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (1), pp.849-874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/17M1114739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01660954v1</w:t>
+                <w:t xml:space="preserve">hal-03552951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rate of convergence of inertial gradient dynamics with time-dependent viscous damping coefficient</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hedy Attouch</w:t>
+                <w:t xml:space="preserve">Envelopes for sets and functions II: generalized polarity and conjugacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Cabot</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahim Jourani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hassan Riahi</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution Equations and Control Theory</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Nonlinear and Convex Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (8), pp.1297-1318</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02072543v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Envelopes for sets and functions II: generalized polarity and conjugacy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Asymptotic behavior of nonautonomous monotone and subgradient evolution equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedy Attouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lionel Thibault</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Olivier Czarnecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nonlinear and Convex Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 370 (2), pp.755-790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/tran/6965⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01997447v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01660954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence Rates of Inertial Forward-Backward Algorithms</w:t>
+                <w:t xml:space="preserve">Rate of convergence of inertial gradient dynamics with time-dependent viscous damping coefficient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedy Attouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaki Chbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Riahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 28 (1), pp.849-874. </w:t>
+              <w:t xml:space="preserve">Evolution Equations and Control Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (3), pp.353-371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1137/17M1114739⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/eect.2018018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552951v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02072543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inertial forward-backward algorithms with perturbations : application to Tikhonov regularization</w:t>
               </w:r>
@@ -989,64 +989,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedy Attouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaki Chbani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Riahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 179 (1), pp.1-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1802,315 +1802,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivalued Exponentiation Analysis. Part II: Recursive exponentials</w:t>
+                <w:t xml:space="preserve">Multivalued Exponentiation Analysis. Part I: Maclaurin Exponentials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Seeger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Set-Valued Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 14 (4), pp.381-411. </w:t>
+              <w:t xml:space="preserve">, 2006, 14 (4), pp.347-379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11228-006-0020-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11228-006-0019-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02179206v1</w:t>
+                <w:t xml:space="preserve">hal-02179200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivalued Exponentiation Analysis. Part I: Maclaurin Exponentials</w:t>
+                <w:t xml:space="preserve">An inertial proximal algorithm with dry friction: finite convergence results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alberto Seeger</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Baji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Set-Valued Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Set Valued Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14, pp.1-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02179200v1</w:t>
+                <w:t xml:space="preserve">hal-00068884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An inertial proximal algorithm with dry friction: finite convergence results</w:t>
+                <w:t xml:space="preserve">Multivalued Exponentiation Analysis. Part II: Recursive exponentials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Baji</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Seeger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Set Valued Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Set-Valued Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14 (4), pp.381-411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11228-006-0020-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00068884v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic selection of viscosity equilibria of semilinear evolution equations by the introduction of a slowly vanishing term.</w:t>
               </w:r>
@@ -2241,325 +2241,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00068882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The steepest descent dynamical system with control. Applications to constrained minimization</w:t>
+                <w:t xml:space="preserve">Inertial gradient-like dynamical system controlled by a stabilizing term</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control, Optimisation and Calculus of Variations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 120 (2), pp.275-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/B:JOTA.0000015685.21638.8d⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00068880v1</w:t>
+                <w:t xml:space="preserve">hal-00068878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounce law at the corners of convex billiards</w:t>
+                <w:t xml:space="preserve">The steepest descent dynamical system with control. Applications to constrained minimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 57, pp.597-614</w:t>
+              <w:t xml:space="preserve">Control, Optimisation and Calculus of Variations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 10, pp.243-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00068881v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00068880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steepest descent with curvature dynamical system</w:t>
+                <w:t xml:space="preserve">Bounce law at the corners of convex billiards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Felipe Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 120, pp.247-273</w:t>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 57, pp.597-614</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00068879v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00068881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inertial gradient-like dynamical system controlled by a stabilizing term</w:t>
+                <w:t xml:space="preserve">Steepest descent with curvature dynamical system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 120 (2), pp.275-303. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 120, pp.247-273</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1023/B:JOTA.0000015685.21638.8d⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00068878v1</w:t>
+                <w:t xml:space="preserve">hal-00068879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incomplete sensitivities and cost function reformulation leading to multi-criteria investigation of inverse problems</w:t>
               </w:r>
@@ -2640,51 +2640,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic control of pairs of oscillators coupled by a repulsion, with non isolated equilibria I : the regular case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Olivier Czarnecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 41, pp.1254-1280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3255,51 +3255,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C812AEB3"/>
+    <w:nsid w:val="2F00B7FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3486,51 +3486,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-cabot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069352100" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036039v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedy Attouch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cabot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-019-01412-0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02415789v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331934.2019.1696337" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173692v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-019-09584-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666630v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Jourani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thibault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Zagrodny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7146/math.scand.a-110766" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660954v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Czarnecki" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/6965" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072543v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Chbani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Riahi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/eect.2018018" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997447v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1114739" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996816v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-018-1369-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648383v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2018.02.017" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01514170v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0025579316000309" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659446v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2017.06.024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187251v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Seeger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11228-014-0273-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072992v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9947-2014-06151-5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522943v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frankel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2011.09.012" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333170v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-09-09910-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paoli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2007.01.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179206v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11228-006-0020-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4F96795DE0F1BD432A7392538B57D5C82CBBD3C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179200v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11228-006-0019-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/235C7C597B27C3918C485F7B50AF96E29B1E65C5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068884v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baji" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Alvarez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068882v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068880v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068881v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068879v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068878v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JOTA.0000015685.21638.8d" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068531v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bijan Mohammadi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068877v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807041v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628516v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Engler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gadat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068883v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068295v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Adly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-29195-4_24" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-cabot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069352100" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036039v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedy Attouch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cabot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-019-01412-0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02415789v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331934.2019.1696337" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173692v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-019-09584-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666630v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Jourani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thibault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Zagrodny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7146/math.scand.a-110766" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552951v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1114739" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997447v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660954v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Czarnecki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/6965" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072543v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Chbani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Riahi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/eect.2018018" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996816v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-018-1369-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648383v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2018.02.017" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01514170v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/S0025579316000309" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659446v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2017.06.024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187251v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Seeger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11228-014-0273-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072992v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9947-2014-06151-5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522943v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frankel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2011.09.012" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333170v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-09-09910-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paoli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2007.01.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179200v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11228-006-0019-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/235C7C597B27C3918C485F7B50AF96E29B1E65C5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068884v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baji" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179206v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11228-006-0020-x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4F96795DE0F1BD432A7392538B57D5C82CBBD3C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Alvarez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068882v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068878v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JOTA.0000015685.21638.8d" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068880v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068881v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068879v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068531v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bijan Mohammadi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068877v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807041v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628516v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Engler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gadat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068883v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068295v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Adly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-29195-4_24" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>