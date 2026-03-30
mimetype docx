--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -600,234 +600,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04508200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relire le Plan de l’aire métropolitaine de Marseille au fil du GR 2013. Séminaire Plan-Paysage 5 - OREAM de Marseille</w:t>
+                <w:t xml:space="preserve">L’OREALM et la Métropole-Jardin. Séminaire Plan-Paysage 6 - OREALM Loire-Moyenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Callens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hervé Davodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Denis Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Hattet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffroy Mathieu</w:t>
+                <w:t xml:space="preserve">David Montembault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Plan-Paysage 5 - OREAM de Marseille</w:t>
+              <w:t xml:space="preserve">Séminaire Plan-Paysage 6 - OREALM Loire-Moyenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03088030v1</w:t>
+                <w:t xml:space="preserve">hal-03088032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage vecteur d'une nouvelle identité post-industrielle. Séminaire Plan-Paysage 7 - OREAM Lorraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Callens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Hattet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Sgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Plan-Paysage 7 - OREAM Lorraine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
@@ -842,160 +842,160 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03088018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’OREALM et la Métropole-Jardin. Séminaire Plan-Paysage 6 - OREALM Loire-Moyenne</w:t>
+                <w:t xml:space="preserve">Relire le Plan de l’aire métropolitaine de Marseille au fil du GR 2013. Séminaire Plan-Paysage 5 - OREAM de Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Callens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Hattet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Montembault</w:t>
+                <w:t xml:space="preserve">Geoffroy Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Plan-Paysage 6 - OREALM Loire-Moyenne</w:t>
+              <w:t xml:space="preserve">Séminaire Plan-Paysage 5 - OREAM de Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088032v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vol au dessus de la plaine agricole de la métropole lyonnaise. Séminaire Plan-Paysage 4 - OREAM Lyon Saint-Etienne</w:t>
               </w:r>
@@ -1007,77 +1007,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassi Giulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Callens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Hattet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Plan-Paysage 4 - OREAM Lyon Saint-Etienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
@@ -1119,90 +1119,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D'estuaire en vallée : Le paysage en préalable. Séminaire Plan-Paysage 8 - OREAM Nantes-Saint-Nazaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Callens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Hattet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Laledj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Plan-Paysage 8 - OREAM Nantes-Saint-Nazaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
@@ -1859,51 +1859,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487464v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Callens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508270v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/IGP.2021.0019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487458v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/up.v5i2.2795" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04457270v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023PESC2013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508200v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vadelorge" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Blanchon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fromentin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088030v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delbaere" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Hattet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Mathieu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088018v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sgard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088032v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Davodeau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093847v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassi Giulia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088014v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Laledj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508279v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508278v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508280v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508294v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508291v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508295v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487464v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Callens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508270v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/IGP.2021.0019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487458v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/up.v5i2.2795" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04457270v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023PESC2013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508200v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vadelorge" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Blanchon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fromentin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088032v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Davodeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delbaere" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Hattet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088018v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sgard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Mathieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093847v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassi Giulia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088014v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Laledj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508279v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508278v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508280v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508294v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508291v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508295v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>