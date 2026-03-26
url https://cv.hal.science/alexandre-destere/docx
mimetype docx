--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,3023 +100,3027 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial intelligence to guide rituximab therapy in patients with phospholipase A2 receptor–associated membranous nephropathy</w:t>
+                <w:t xml:space="preserve">Safety profile of belatacept in a real-life setting: disproportionality analysis of the WHO pharmacovigilance database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Teisseyre</w:t>
+                <w:t xml:space="preserve">Alexandre Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Diane Merino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouha Ben Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Karamé</w:t>
+                <w:t xml:space="preserve">Delphine Viard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Kidney Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18 (5), </w:t>
+              <w:t xml:space="preserve">BMC Pharmacology and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ckj/sfaf113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40360-025-00972-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05155985v1</w:t>
+                <w:t xml:space="preserve">hal-05251433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial intelligence-based personalised rituximab treatment protocol in membranous nephropathy (iRITUX): protocol for a multicentre randomised control trial</w:t>
+                <w:t xml:space="preserve">Evaluating and leveraging large language models in clinical pharmacology and therapeutics assessment: From exam takers to exam shapers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Teisseyre</w:t>
+                <w:t xml:space="preserve">Alexandre Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Destere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Cremoni</w:t>
+                <w:t xml:space="preserve">Diane Merino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Zorzi</w:t>
+                <w:t xml:space="preserve">Marc Labriffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vesna Brglez</w:t>
+                <w:t xml:space="preserve">Fanny Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Viard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (4), pp.e093920. </w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-093920⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/bcp.70137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05155978v1</w:t>
+                <w:t xml:space="preserve">hal-05155988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic Drug Monitoring of Long-Acting Cabotegravir and Rilpivirine in a National Cohort of People With Human Immunodeficiency Virus Type 1: First Results From the ANRS-MIE CARLAPOP Study</w:t>
+                <w:t xml:space="preserve">A new chapter in pharmacology: Artificial intelligence's expanding role in pharmacokinetics, pharmacodynamics, and pharmacovigilance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Néant</w:t>
+                <w:t xml:space="preserve">Alexandre O Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh Lê</w:t>
+                <w:t xml:space="preserve">Romain Lombardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Merino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Bouchet</w:t>
+                <w:t xml:space="preserve">Charles Bouveyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Lagoutte-Renosi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Grégoire</w:t>
+                <w:t xml:space="preserve">Jean Dellamonica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cid/ciaf385⟩</w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2025.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05240572v1</w:t>
+                <w:t xml:space="preserve">hal-05397772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new chapter in pharmacology: Artificial intelligence's expanding role in pharmacokinetics, pharmacodynamics, and pharmacovigilance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Therapeutic Drug Monitoring of Long-Acting Cabotegravir and Rilpivirine in a National Cohort of People With Human Immunodeficiency Virus Type 1: First Results From the ANRS-MIE CARLAPOP Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Néant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre O Gérard</w:t>
+                <w:t xml:space="preserve">Minh Lê</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Lombardi</w:t>
+                <w:t xml:space="preserve">Stéphane Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Merino</w:t>
+                <w:t xml:space="preserve">Jennifer Lagoutte-Renosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Bouveyron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Dellamonica</w:t>
+                <w:t xml:space="preserve">Matthieu Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2025.09.002⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.ciaf385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciaf385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05397772v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximum cold ischemia duration for a kidney allograft: a prediction model for allograft failure at the time of organ allocation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Artificial intelligence-based personalised rituximab treatment protocol in membranous nephropathy (iRITUX): protocol for a multicentre randomised control trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Teisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Gosset</w:t>
+                <w:t xml:space="preserve">Marion Cremoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susana Barbosa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Destere</w:t>
+                <w:t xml:space="preserve">Kévin Zorzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Cuozzo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Albano</w:t>
+                <w:t xml:space="preserve">Vesna Brglez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EClinicalMedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2025.103322⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (4), pp.e093920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-093920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251430v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05155978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of epinephrine on ropivacaine pharmacokinetics in TAP blocks: a randomized controlled trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Artificial intelligence to guide rituximab therapy in patients with phospholipase A2 receptor–associated membranous nephropathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Teisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cremoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Boyer-Suavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Rozier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Juliette Balbo</w:t>
+                <w:t xml:space="preserve">Alexandre Karamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Anesthesia and Pain Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/rapm-2025-106500⟩</w:t>
+              <w:t xml:space="preserve">Clinical Kidney Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ckj/sfaf113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05155972v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05155985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyintoxication with cenobamate, perampanel, and carbamazepine: A complex case report</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Destere</w:t>
+                <w:t xml:space="preserve">Impact of epinephrine on ropivacaine pharmacokinetics in TAP blocks: a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Guennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Le Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Gérard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fanny Rocher</w:t>
+                <w:t xml:space="preserve">Juliette Balbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2024.12.001⟩</w:t>
+              <w:t xml:space="preserve">Regional Anesthesia and Pain Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (3), rapm-2025-106500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/rapm-2025-106500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981201v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05155972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-Scale Real-World Monitoring of Mycophenolic Acid Exposure in Liver Transplantation: Impact of Bayesian Dose Adjustment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maximum cold ischemia duration for a kidney allograft: a prediction model for allograft failure at the time of organ allocation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Labriffe</w:t>
+                <w:t xml:space="preserve">Sebastien Cuozzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamza Sayadi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Franck Saint-Marcoux</w:t>
+                <w:t xml:space="preserve">Laetitia Albano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapeutic Drug Monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/FTD.0000000000001377⟩</w:t>
+              <w:t xml:space="preserve">EClinicalMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 85, pp.103322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2025.103322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251447v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety profile of belatacept in a real-life setting: disproportionality analysis of the WHO pharmacovigilance database</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Polyintoxication with cenobamate, perampanel, and carbamazepine: A complex case report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Merino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Delphine Viard</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliot Ewig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Pharmacology and Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40360-025-00972-6⟩</w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 80 (3), pp.351-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2024.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251433v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating and leveraging large language models in clinical pharmacology and therapeutics assessment: From exam takers to exam shapers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Large-Scale Real-World Monitoring of Mycophenolic Acid Exposure in Liver Transplantation: Impact of Bayesian Dose Adjustment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labriffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Rocher</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Sayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Viard</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Woillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Micallef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Saint-Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+              <w:t xml:space="preserve">Therapeutic Drug Monitoring</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/bcp.70137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/FTD.0000000000001377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05155988v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of lenacapavir use for preventing mother-to-child HIV transmission</w:t>
+                <w:t xml:space="preserve">A machine learning approach to predict daptomycin exposure from two concentrations based on Monte Carlo simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Hémar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bouchet</w:t>
+                <w:t xml:space="preserve">Cyrielle Codde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Ribeiro</w:t>
+                <w:t xml:space="preserve">Florence Rivals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perrine Prier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Elleau</w:t>
+                <w:t xml:space="preserve">Yeleen Fromage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Labriffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkae348⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/aac.01415-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753282v1</w:t>
+                <w:t xml:space="preserve">hal-04660675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An artificial intelligence algorithm for co‐clustering to help in pharmacovigilance before and during the COVID‐19 pandemic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Destere</w:t>
+                <w:t xml:space="preserve">A case of lenacapavir use for preventing mother-to-child HIV transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Hémar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Marchello</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Gérard</w:t>
+                <w:t xml:space="preserve">Emmanuel Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Prier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Elleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bcp.16012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkae348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660639v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Machine Learning Algorithm to Predict the Starting Dose of Daptomycin</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Plasma Pyrophosphate Cutoff Value for Diagnosing Pseudoxanthoma Elasticum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Codde</w:t>
+                <w:t xml:space="preserve">Isabelle Rubera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Garreau</w:t>
+                <w:t xml:space="preserve">Laetitia Clotaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Ponthier</w:t>
+                <w:t xml:space="preserve">Audrey Laurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Pharmacokinetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40262-024-01405-z⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (12), pp.6502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms25126502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666577v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Plasma Pyrophosphate Cutoff Value for Diagnosing Pseudoxanthoma Elasticum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Rubera</w:t>
+                <w:t xml:space="preserve">Cardiac and metabolic safety profile of antipsychotics in youths: A WHO safety database analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Merino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Clotaire</w:t>
+                <w:t xml:space="preserve">Haitam Saidessalam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Laurain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Martin</w:t>
+                <w:t xml:space="preserve">Florence Askenazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms25126502⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 334, pp.115786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2024.115786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660679v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiac and metabolic safety profile of antipsychotics in youths: A WHO safety database analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Deep dynamic co-clustering of count data streams: application to pharmacovigilance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Marchello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haitam Saidessalam</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marco Corneli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bouveyron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2024.115786⟩</w:t>
+              <w:t xml:space="preserve">Journal of Data Science, Statistics, and Visualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52933/jdssv.v4i4.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660641v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep dynamic co-clustering of count data streams: application to pharmacovigilance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Destere</w:t>
+                <w:t xml:space="preserve">A Machine Learning Algorithm to Predict the Starting Dose of Daptomycin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rivals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Goutelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Codde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Corneli</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Ponthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Data Science, Statistics, and Visualisation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.52933/jdssv.v4i4.106⟩</w:t>
+              <w:t xml:space="preserve">Clinical Pharmacokinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40262-024-01405-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04395096v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To be or not to be, when synthetic data meet clinical pharmacology: A focused study on pharmacogenetics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clément Benoist</w:t>
+                <w:t xml:space="preserve">An artificial intelligence algorithm for co‐clustering to help in pharmacovigilance before and during the COVID‐19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Marchello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Destere</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Giulia Marchello</w:t>
+                <w:t xml:space="preserve">Diane Merino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouha Ben Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CPT: Pharmacometrics and Systems Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/psp4.13240⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 90 (5), pp.1258-1267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bcp.16012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04747078v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A machine learning approach to predict daptomycin exposure from two concentrations based on Monte Carlo simulations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">To be or not to be, when synthetic data meet clinical pharmacology: A focused study on pharmacogenetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Woillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Benoist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labriffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Marchello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 68 (5), </w:t>
+              <w:t xml:space="preserve">CPT: Pharmacometrics and Systems Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/aac.01415-23⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/psp4.13240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660675v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tacrolimus population pharmacokinetics in adult heart transplant patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Drug-induced cardiac toxicity and adverse drug reactions, a narrative review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Merino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Paschier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Pierre Marquet</w:t>
+                <w:t xml:space="preserve">Thibaud Lavrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Viard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bcp.15857⟩</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04189142v1</w:t>
+                <w:t xml:space="preserve">hal-04321284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iatrogenic triggers for anorexia nervosa and bulimia nervosa: A WHO safety database disproportionality analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Merino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Olivier Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Askenazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 327, pp.115415. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psychres.2023.115415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of Rituximab Therapy in Adult Patients With PLA2R1-Associated Membranous Nephropathy With Artificial Intelligence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Tacrolimus population pharmacokinetics in adult heart transplant patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Paschier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Gérard</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Monchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Labriffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.10.023⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bcp.15857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04321277v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Hybrid Algorithm Combining Population Pharmacokinetic and Machine Learning for Isavuconazole Exposure Prediction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimization of Rituximab Therapy in Adult Patients With PLA2R1-Associated Membranous Nephropathy With Artificial Intelligence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Destere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Teisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Destere</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diane Merino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cremoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 40 (4), pp.951-959. </w:t>
+              <w:t xml:space="preserve">Kidney International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11095-023-03507-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04414322v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04321277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Neuropsychiatric Safety Profile of Lasmiditan: A Comparative Disproportionality Analysis with Triptans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Merino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise van Obberghen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lanteri-Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3161,243 +3165,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drug-induced cardiac toxicity and adverse drug reactions, a narrative review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Hybrid Algorithm Combining Population Pharmacokinetic and Machine Learning for Isavuconazole Exposure Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Diane Merino</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Marquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Labriffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaud Lavrut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Rocher</w:t>
+                <w:t xml:space="preserve">Milou-Daniel Drici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Viard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Baptiste Woillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Pharmaceutical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (4), pp.951-959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11095-023-03507-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04321284v1</w:t>
+                <w:t xml:space="preserve">hal-04414322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of Vancomycin Initial Dose in Term and Preterm Neonates by Machine Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ponthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ensuque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labriffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 39 (10), pp.2497-2506. </w:t>
@@ -3435,64 +3435,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hybrid Model Associating Population Pharmacokinetics with Machine Learning: A Case Study with Iohexol Clearance Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Salmon Gandonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3569,77 +3569,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Machine Learning Approach to Estimate the Glomerular Filtration Rate in Intensive Care Unit Patients Based on Plasma Iohexol Concentrations and Covariates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Woillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Salmon Gandonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Ehrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3697,429 +3697,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04414374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New 8-Nitroquinolinone Derivative Displaying Submicromolar in Vitro Activities against Both Trypanosoma brucei and cruzi</w:t>
+                <w:t xml:space="preserve">Antikinetoplastid SAR study in 3-nitroimidazopyridine series: Identification of a novel non-genotoxic and potent anti-T. b. brucei hit-compound with improved pharmacokinetic properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pedron</w:t>
+                <w:t xml:space="preserve">Cyril Fersing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Brossas</w:t>
+                <w:t xml:space="preserve">Romain Paoli-Lombardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Primas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Emilie Pinault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandra Bourgeade-Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Medicinal Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (4), pp.464-472. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 206, pp.112668. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsmedchemlett.9b00566⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2020.112668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02476867v1</w:t>
+                <w:t xml:space="preserve">hal-02920293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">8-Alkynyl-3-nitroimidazopyridines display potent antitrypanosomal activity against both T. b. brucei and cruzi</w:t>
+                <w:t xml:space="preserve">New 8-Nitroquinolinone Derivative Displaying Submicromolar in Vitro Activities against Both Trypanosoma brucei and cruzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Fersing</w:t>
+                <w:t xml:space="preserve">Julien Pedron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Castera-Ducros</w:t>
+                <w:t xml:space="preserve">Jean-Yves Brossas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Pinault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Hutter</w:t>
+                <w:t xml:space="preserve">Sandra Bourgeade-Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2020.112558⟩</w:t>
+              <w:t xml:space="preserve">ACS Medicinal Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (4), pp.464-472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsmedchemlett.9b00566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02899751v1</w:t>
+                <w:t xml:space="preserve">hal-02476867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antikinetoplastid SAR study in 3-nitroimidazopyridine series: Identification of a novel non-genotoxic and potent anti-T. b. brucei hit-compound with improved pharmacokinetic properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+                <w:t xml:space="preserve">8-Alkynyl-3-nitroimidazopyridines display potent antitrypanosomal activity against both T. b. brucei and cruzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Fersing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Castera-Ducros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Paoli-Lombardo</w:t>
+                <w:t xml:space="preserve">Émilie Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Primas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Pinault</w:t>
+                <w:t xml:space="preserve">Sébastien Hutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 206, pp.112668. </w:t>
+              <w:t xml:space="preserve">, 2020, 202, pp.112558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2020.112668⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2020.112558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02920293v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4137,51 +4137,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi du patient transplanté rénal traité par tacrolimus par pharmacocinétique de population et machine learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Destere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université de Limoges, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022LIMO0109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4377,51 +4377,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155985v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Teisseyre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Destere" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cremoni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Boyer-Suavet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karam&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf113" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Zorzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Brglez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-093920" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05240572v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge N&#233;ant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh L&#234;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bouchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lagoutte-Renosi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gr&#233;goire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaf385" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397772v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre O G&#233;rard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lombardi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Merino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bouveyron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dellamonica" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2025.09.002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251430v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Gosset" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barbosa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cuozzo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Albano" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2025.103322" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155972v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rozier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Guennec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capdevila" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Louarn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Balbo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/rapm-2025-106500" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981201v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre G&#233;rard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Ewig" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rocher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2024.12.001" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251447v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labriffe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Sayadi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Woillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Micallef" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Saint-Marcoux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000001377" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251433v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Ben Othman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Viard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40360-025-00972-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155988v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bcp.70137" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753282v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H&#233;mar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ribeiro" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Prier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Elleau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae348" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660639v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Marchello" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.16012" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666577v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rivals" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Goutelle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Codde" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garreau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ponthier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-024-01405-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660679v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rubera" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Clotaire" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Laurain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25126502" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660641v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitam Saidessalam" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Askenazy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2024.115786" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395096v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52933/jdssv.v4i4.106" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747078v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Woillard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Benoist" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp4.13240" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660675v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeleen Fromage" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01415-23" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189142v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paschier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monchaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.15857" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189150v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Olivier G&#233;rard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dor" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2023.115415" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321277v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.10.023" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414322v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milou-Daniel Drici" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-023-03507-y" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189133v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise van Obberghen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lanteri-Minet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13311-023-01404-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321284v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lavrut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414340v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ensuque" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-022-03351-6" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414345v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Salmon Gandonni&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders &#197;sberg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Loustaud-Ratti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-022-01138-x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414374v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ehrmann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Merdji" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-020-00927-6" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02476867v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pedron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boudot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Brossas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pinault" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bourgeade-Delmas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmedchemlett.9b00566" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899751v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Fersing" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Castera-Ducros" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Pinault" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hutter" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.112558" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920293v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Paoli-Lombardo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Primas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.112668" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04402665v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LIMO0109" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251433v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre G&#233;rard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Merino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Ben Othman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Destere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Viard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40360-025-00972-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155988v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labriffe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rocher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bcp.70137" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397772v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre O G&#233;rard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lombardi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bouveyron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dellamonica" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2025.09.002" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05240572v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge N&#233;ant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh L&#234;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bouchet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lagoutte-Renosi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gr&#233;goire" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaf385" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155978v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Teisseyre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cremoni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Zorzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Brglez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-093920" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155985v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Boyer-Suavet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karam&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf113" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155972v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rozier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Guennec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capdevila" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Louarn" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Balbo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/rapm-2025-106500" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251430v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Gosset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barbosa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cuozzo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Albano" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2025.103322" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981201v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Ewig" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2024.12.001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251447v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Sayadi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Woillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Micallef" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Saint-Marcoux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000001377" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660675v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Codde" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rivals" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeleen Fromage" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.01415-23" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753282v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H&#233;mar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ribeiro" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Prier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Elleau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae348" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660679v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rubera" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Clotaire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Laurain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25126502" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660641v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitam Saidessalam" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Askenazy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2024.115786" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395096v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Marchello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52933/jdssv.v4i4.106" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666577v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Goutelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garreau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ponthier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-024-01405-z" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660639v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.16012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747078v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Woillard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Benoist" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp4.13240" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321284v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lavrut" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.008" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189150v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Olivier G&#233;rard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dor" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2023.115415" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189142v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paschier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monchaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.15857" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321277v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.10.023" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189133v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise van Obberghen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lanteri-Minet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13311-023-01404-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414322v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milou-Daniel Drici" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-023-03507-y" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414340v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ensuque" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-022-03351-6" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414345v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Salmon Gandonni&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders &#197;sberg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Loustaud-Ratti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-022-01138-x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04414374v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ehrmann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Merdji" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-020-00927-6" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920293v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Fersing" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boudot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Paoli-Lombardo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Primas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pinault" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.112668" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02476867v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pedron" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Brossas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bourgeade-Delmas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmedchemlett.9b00566" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899751v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Castera-Ducros" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Pinault" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hutter" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.112558" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04402665v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LIMO0109" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>