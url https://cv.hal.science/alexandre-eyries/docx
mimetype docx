--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -171,160 +171,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04099522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lectures critiques en communication 2. Politique, médiations, culture, mai 2022, 160 pages.</w:t>
+                <w:t xml:space="preserve">La communication politique en débat : conflictualité, stigmatisation, légitimation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Eyries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Libertés Numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vie sociale et politique, 978-2-924932-57-5 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03813798v1</w:t>
+                <w:t xml:space="preserve">hal-04099516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication politique en débat : conflictualité, stigmatisation, légitimation ?</w:t>
+                <w:t xml:space="preserve">Lectures critiques en communication 2. Politique, médiations, culture, mai 2022, 160 pages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Eyries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditions Libertés Numériques</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04099516v1</w:t>
+                <w:t xml:space="preserve">hal-03813798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthropolitweet. Les révolutions technologiques du pouvoir, Londres, Editions ISTE : collection Gouvernance et Sacré, mai 2021, 166 pages.</w:t>
               </w:r>
@@ -1725,359 +1725,359 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04905763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le développement des compétences narratives : un nouveau défi pour la formation au journalisme,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pélissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Eyries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions L'Harmattan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kiyindou, Alain, Barbey, Frédéric, Corroye, Laurence, De l’éducation aux médias à l’éducation par les médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.232-245, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03573982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu : &amp;quot;Bernard Miège, Contribution aux avancées de la connaissance en information-communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Eyries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, pp.454-455</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01579782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECOFAMILIES project - Summary and main outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Decorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Barneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Debos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masoni Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Decorme</w:t>
-[...67 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-00796128v1</w:t>
-              </w:r>
-[...116 lines deleted...]
-                <w:t xml:space="preserve">hal-03573982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2095,103 +2095,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D5. Rapport Final du projet Ecofamilies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Decorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Barneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Debos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masoni Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] Livrables D4.1, Région PACA. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2386,51 +2386,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099522v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Eyries" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eyrolles.com/Loisirs/Livre/narrations-ceremonielles--9782924932605/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813798v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099516v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairie-sciencespo.fr/ebook/9782924932582-la-communication-politique-en-debat-alexandre-eyries/#targetDetail" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813823v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813841v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813854v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813966v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moatti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471645v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813862v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813872v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813878v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275391v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275393v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275396v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813953v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Albertini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02959902v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Poulain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110557v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.3424" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612619v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horea Mihai Badau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474269v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569438v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554798v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905763v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u99a" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01579782v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00796128v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thibault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Decorme" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Barneau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Debos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masoni Lacroix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573982v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;lissier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00796127v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099522v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Eyries" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eyrolles.com/Loisirs/Livre/narrations-ceremonielles--9782924932605/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099516v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairie-sciencespo.fr/ebook/9782924932582-la-communication-politique-en-debat-alexandre-eyries/#targetDetail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813798v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813823v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813841v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813854v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813966v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moatti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471645v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813862v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813872v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813878v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275391v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275393v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275396v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813953v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Albertini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02959902v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Poulain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110557v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.3424" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612619v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horea Mihai Badau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474269v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569438v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554798v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905763v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u99a" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573982v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;lissier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01579782v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00796128v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Thibault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Decorme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Barneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Debos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masoni Lacroix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00796127v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>