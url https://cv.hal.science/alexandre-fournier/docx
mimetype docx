--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -819,1694 +819,1694 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A secular variation candidate model for IGRF-13 based on Swarm data and ensemble inverse geodynamo modelling</w:t>
+                <w:t xml:space="preserve">Physics-based secular variation candidate models for the IGRF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Ropp</w:t>
+                <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Planets and Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 73 (1), pp.43. </w:t>
+              <w:t xml:space="preserve">, 2021, 73 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40623-020-01309-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40623-021-01507-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03142036v1</w:t>
+                <w:t xml:space="preserve">hal-03385990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing the geomagnetic field intensity variations in Upper Mesopotamia during the Pottery Neolithic to improve ceramic-based chronologies</w:t>
+                <w:t xml:space="preserve">Archeomagnetic intensity investigations of French medieval ceramic workshops: Contribution to regional field modeling and archeointensity-based dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Gallet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Fournier</w:t>
+                <w:t xml:space="preserve">Agnès Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.W. W Livermore</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip W. Livermore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jas.2021.105430⟩</w:t>
+              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 318, pp.106750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2021.106750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437412v1</w:t>
+                <w:t xml:space="preserve">hal-03284542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing the geomagnetic axial dipole field moment over the historical period from new archeointensity results at Bukhara (Uzbekistan, Central Asia)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Archeomagnetic intensity variations during the era of geomagnetic spikes in the Levant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip W Livermore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 310, pp.106633. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pepi.2020.106633⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 312, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2021.106657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03454154v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of candidate models for the 13th generation International Geomagnetic Reference Field</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A secular variation candidate model for IGRF-13 based on Swarm data and ensemble inverse geodynamo modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ropp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Planets and Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 73, pp.1281-1293. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40623-020-01281-4⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 73 (1), pp.43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40623-020-01309-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04033776v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03142036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International geomagnetic reference field: the thirteenth generation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P Alken</w:t>
+                <w:t xml:space="preserve">Tracing the geomagnetic field intensity variations in Upper Mesopotamia during the Pottery Neolithic to improve ceramic-based chronologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Thébault</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P.W. W Livermore</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Planets and Space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40623-020-01288-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 132, pp.105430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2021.105430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03141089v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can one use Earth's magnetic axial dipole field intensity to predict reversals?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analyzing the geomagnetic axial dipole field moment over the historical period from new archeointensity results at Bukhara (Uzbekistan, Central Asia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Troyano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Genevey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Pavlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggaa542⟩</w:t>
+              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 310, pp.106633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2020.106633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03590073v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03454154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geomagnetic semblance and dipolar–multipolar transition in top-heavy double-diffusive geodynamo models</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation of candidate models for the 13th generation International Geomagnetic Reference Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Alken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. D. Beggan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baerenzung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggab161⟩</w:t>
+              <w:t xml:space="preserve">Earth Planets and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 73, pp.1281-1293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40623-020-01281-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424106v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04033776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archeomagnetic intensity variations during the era of geomagnetic spikes in the Levant</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+                <w:t xml:space="preserve">Can one use Earth's magnetic axial dipole field intensity to predict reversals?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Gwirtz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Morzfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pepi.2021.106657⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 225, pp.277-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaa542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03444542v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03590073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics-based secular variation candidate models for the IGRF</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">International geomagnetic reference field: the thirteenth generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Alken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C D Beggan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hagay Amit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Planets and Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 73 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40623-021-01507-z⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 73, pp.49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40623-020-01288-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03385990v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03141089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archeomagnetic intensity investigations of French medieval ceramic workshops: Contribution to regional field modeling and archeointensity-based dating</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philip W. Livermore</w:t>
+                <w:t xml:space="preserve">Geomagnetic semblance and dipolar–multipolar transition in top-heavy double-diffusive geodynamo models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gastine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 318, pp.106750. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 226 (3), pp.1897-1919. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pepi.2021.106750⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggab161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284542v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamo-based limit to the extent of a stable layer atop Earth's core</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+                <w:t xml:space="preserve">Seismic Wave-Based Constraints on Geodynamical Processes: An Application to Partial Melting Beneath the Réunion Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Franken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. J. Armitage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fuji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggaa250⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019GC008815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02878730v1</w:t>
+                <w:t xml:space="preserve">insu-03748813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imprint of magnetic flux expulsion at the core-mantle boundary on geomagnetic field intensity variations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Finlay</w:t>
+                <w:t xml:space="preserve">Dynamo-based limit to the extent of a stable layer atop Earth's core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gastine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 221 (3), pp.1984-2009. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 222 (2), pp.1433 - 1448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaa250⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggaa126⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-02878663v1</w:t>
+                <w:t xml:space="preserve">insu-02878730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of geomagnetic field intensity variations in Mesopotamia during the third millennium BC with archeological implications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Imprint of magnetic flux expulsion at the core-mantle boundary on geomagnetic field intensity variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Le Goff</w:t>
+                <w:t xml:space="preserve">M Troyano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Livermore</w:t>
+                <w:t xml:space="preserve">C. Finlay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 537, pp.116183. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 221 (3), pp.1984-2009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2020.116183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaa126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028425v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02878663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic Wave-Based Constraints on Geodynamical Processes: An Application to Partial Melting Beneath the Réunion Island</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of geomagnetic field intensity variations in Mesopotamia during the third millennium BC with archeological implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Franken</w:t>
+                <w:t xml:space="preserve">Michel Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. J. Armitage</w:t>
+                <w:t xml:space="preserve">Maxime Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Fuji</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Fournier</w:t>
+                <w:t xml:space="preserve">Philip Livermore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21, </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 537, pp.116183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2019GC008815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2020.116183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03748813v1</w:t>
+                <w:t xml:space="preserve">hal-03028425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the Earth’s magnetic field secular drift on the low altitude proton radiation belt from years 1900 to 2050</w:t>
               </w:r>
@@ -2531,51 +2531,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2652,77 +2652,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Principe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 497 (1), pp.73-88. </w:t>
@@ -2754,841 +2754,841 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03028885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensemble Kalman filter for the reconstruction of the Earth's mantle circulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transdimensional inference of archeomagnetic intensity change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip W Livermore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bocher</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Coltice</w:t>
+                <w:t xml:space="preserve">Thomas Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Processes in Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/npg-25-99-2018⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 215 (3), pp.2008-2034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggy383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02358980v1</w:t>
+                <w:t xml:space="preserve">insu-02303785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transdimensional inference of archeomagnetic intensity change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philip W Livermore</w:t>
+                <w:t xml:space="preserve">Ensemble Kalman filter for the reconstruction of the Earth's mantle circulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bodin</w:t>
+                <w:t xml:space="preserve">Nicolas Coltice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 215 (3), pp.2008-2034. </w:t>
+              <w:t xml:space="preserve">Nonlinear Processes in Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (1), pp.99--123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggy383⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/npg-25-99-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02303785v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02358980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coarse predictions of dipole reversals by low-dimensional modeling and data assimilation</w:t>
+                <w:t xml:space="preserve">Variational Estimation of the Large-scale Time-dependent Meridional Circulation in the Sun: Proofs of Concept with a Solar Mean Field Dynamo Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Morzfeld</w:t>
+                <w:t xml:space="preserve">Ching Pui Hung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan Sacha Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Talagrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pepi.2016.10.007⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 849 (2), pp.160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa91d1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03748879v1</w:t>
+                <w:t xml:space="preserve">cea-02127665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spherical convective dynamos in the rapidly rotating asymptotic regime</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gastine</w:t>
+                <w:t xml:space="preserve">Turbulent geodynamo simulations: a leap towards Earth's core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Jault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-Claude Nataf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jfm.2016.789⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggx265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02918361v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01422187v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A particle-in-cell method for studying double-diffusive convection in the liquid layers of planetary interiors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gael Choblet</w:t>
+                <w:t xml:space="preserve">Coarse predictions of dipole reversals by low-dimensional modeling and data assimilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Morzfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2017.06.028⟩</w:t>
+              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 262, pp.8-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2016.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02329268v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03748879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational Estimation of the Large-scale Time-dependent Meridional Circulation in the Sun: Proofs of Concept with a Solar Mean Field Dynamo Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Allan Sacha Brun</w:t>
+                <w:t xml:space="preserve">Spherical convective dynamos in the rapidly rotating asymptotic regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gastine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa91d1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 813, pp.558-593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2016.789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02127665v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02918361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulent geodynamo simulations: a leap towards Earth's core</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathanaël Schaeffer</w:t>
+                <w:t xml:space="preserve">A particle-in-cell method for studying double-diffusive convection in the liquid layers of planetary interiors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bouffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Labrosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Jault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Henri-Claude Nataf</w:t>
+                <w:t xml:space="preserve">Gael Choblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 346, pp.552-571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggx265⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2017.06.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01422187v3</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02329268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frequency spectrum of the geomagnetic field harmonic coefficients from dynamo simulations</w:t>
               </w:r>
@@ -3600,51 +3600,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bouligand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3734,77 +3734,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Cosme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 207 (2), pp.983-1002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3832,837 +3832,837 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01864279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled dynamics of Earth's geomagnetic westward drift and inner core super-rotation</w:t>
+                <w:t xml:space="preserve">Deciphering records of geomagnetic reversals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Pichon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Aubert</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Valet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 437, pp.114-126. </w:t>
+              <w:t xml:space="preserve">Reviews of Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2016.01.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2015RG000506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03581676v1</w:t>
+                <w:t xml:space="preserve">insu-02400962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering records of geomagnetic reversals</w:t>
+                <w:t xml:space="preserve">Coupled dynamics of Earth's geomagnetic westward drift and inner core super-rotation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Valet</w:t>
+                <w:t xml:space="preserve">Guillaume Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews of Geophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 437, pp.114-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015RG000506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2016.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02400962v1</w:t>
+                <w:t xml:space="preserve">insu-03581676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of geomagnetic spikes on the production rates of cosmogenic 14 C and 10 Be in the Earth's atmosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A sequential data assimilation approach for the joint reconstruction of mantle convection and surface tectonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Bocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Coltice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gennady A Kovaltsov</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J. Tackley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015GL063461⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 204 (1), pp.200-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggv427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01862970v1</w:t>
+                <w:t xml:space="preserve">hal-01355793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating the Deep Solar Meridional Circulation Using Magnetic Observations and a Dynamo Model: A Variational Approach</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The impact of geomagnetic spikes on the production rates of cosmogenic 14 C and 10 Be in the Earth's atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Talagrand</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Usoskin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip W Livermore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gennady A Kovaltsov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42 (8), pp.2759-2766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015GL063461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/814/2/151⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03634043v1</w:t>
+                <w:t xml:space="preserve">insu-01862970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A candidate secular variation model for IGRF-12 based on Swarm data and inverse geodynamo modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimating the Deep Solar Meridional Circulation Using Magnetic Observations and a Dynamo Model: A Variational Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ching Pui Hung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan Sacha Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Erwan Thébault</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Talagrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Planets and Space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40623-015-0245-8⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 814, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/814/2/151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02134305v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03634043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International Geomagnetic Reference Field: the 12th generation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">A candidate secular variation model for IGRF-12 based on Swarm data and inverse geodynamo modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Planets and Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 67, pp.79. </w:t>
+              <w:t xml:space="preserve">, 2015, 67, pp.81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40623-015-0228-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40623-015-0245-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01412375v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02134305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sequential data assimilation approach for the joint reconstruction of mantle convection and surface tectonics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">International Geomagnetic Reference Field: the 12th generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher C Finlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Bocher</w:t>
+                <w:t xml:space="preserve">Ciarán D Beggan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Coltice</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+                <w:t xml:space="preserve">Patrick Alken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul J. Tackley</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien J Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 204 (1), pp.200-214. </w:t>
+              <w:t xml:space="preserve">Earth Planets and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 67, pp.79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggv427⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40623-015-0228-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01355793v1</w:t>
+                <w:t xml:space="preserve">insu-01412375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum to “Hydromagnetic quasi-geostrophic modes in rapidly rotating planetary cores” [Phys. Earth Planet. Inter. 229 (2014) 1-15]</w:t>
               </w:r>
@@ -4752,77 +4752,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Core-flow constraints on extreme archeomagnetic intensity changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip W. Livermore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 387, pp.145-156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4954,468 +4954,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03581131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ensemble Kalman filter for the time-dependent analysis of the geomagnetic field</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bottom-up control of geomagnetic secular variation by the Earth’s inner core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher C Finlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ggge.20252⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 502 (7470), pp.219-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature12574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02919123v1</w:t>
+                <w:t xml:space="preserve">insu-02918976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mean-field Babcock-Leighton solar dynamo model with long-term variability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">THE PREDICTABILITY OF ADVECTION-DOMINATED FLUX-TRANSPORT SOLAR DYNAMO MODELS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katia J Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1590/0001-37652014111212⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 781 (1), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/781/1/8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02134326v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01411576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bottom-up control of geomagnetic secular variation by the Earth’s inner core</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An ensemble Kalman filter for the time-dependent analysis of the geomagnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Nerger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature12574⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (10), pp.4035-4043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ggge.20252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02918976v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02919123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE PREDICTABILITY OF ADVECTION-DOMINATED FLUX-TRANSPORT SOLAR DYNAMO MODELS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">A mean-field Babcock-Leighton solar dynamo model with long-term variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia J Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 781 (1), pp.8. </w:t>
+              <w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 86 (1), pp.11-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/781/1/8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1590/0001-37652014111212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01411576v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02134326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of a sloping bottom endwall on the linear stability in the thermally driven baroclinic annulus with a free surface</w:t>
               </w:r>
@@ -5543,51 +5543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5634,51 +5634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring internal properties of Earth's core dynamics and their evolution from surface observations and a numerical geodynamo model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5751,51 +5751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5823,358 +5823,358 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01308359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast torsional waves and strong magnetic field within the Earth's core</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">An Introduction to Data Assimilation and Predictability in Geomagnetism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Canet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Weijia Kuang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Tangborn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/NATURE09010⟩</w:t>
+              <w:t xml:space="preserve">Space Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 155 (1-4), pp.247-291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S11214-010-9669-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00545040v1</w:t>
+                <w:t xml:space="preserve">insu-00565056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Introduction to Data Assimilation and Predictability in Geomagnetism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast torsional waves and strong magnetic field within the Earth's core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Jault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Canet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Space Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 155 (1-4), pp.247-291. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 465, pp.74-77. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/S11214-010-9669-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/NATURE09010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00565056v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00545040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forward and adjoint quasi-geostrophic models of the geomagnetic secular variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Canet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 114, pp.B11101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6318,633 +6318,633 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00354179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy distribution in nonaxisymmetric magnetic Taylor-Couette flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A case for variational geomagnetic data assimilation: insights from a one-dimensional, nonlinear, and sparsely observed MHD system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gellert</w:t>
+                <w:t xml:space="preserve">Céline Eymin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Rudiger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+                <w:t xml:space="preserve">Thierry Alboussière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomical Notes / Astronomische Nachrichten</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nonlinear Processes in Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 14, pp.163-180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00346071v1</w:t>
+                <w:t xml:space="preserve">hal-00145920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case for variational geomagnetic data assimilation: insights from a one-dimensional, nonlinear, and sparsely observed MHD system</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">T. Alboussière</w:t>
+                <w:t xml:space="preserve">Spherical-earth Fréchet sensitivity kernels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarje Nissen-Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. A. Dahlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Processes in Geophysics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 168 (3), pp.1051 à 1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2006.03123.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331098v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00347499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A two-dimensional spectral-element method for computing spherical-earth seismograms – I. Moment-tensor source</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tarje Nissen-Meyer</w:t>
+                <w:t xml:space="preserve">Energy distribution in nonaxisymmetric magnetic Taylor-Couette flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gellert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rudiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F.A. Dahlen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2006.03121.x⟩</w:t>
+              <w:t xml:space="preserve">Astronomical Notes / Astronomische Nachrichten</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 328 (10), pp.1162 à 1165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/asna.200710862⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00199693v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00346071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spherical Couette flow in a dipolar magnetic field</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Canet</w:t>
+                <w:t xml:space="preserve">A two-dimensional spectral-element method for computing spherical-earth seismograms – I. Moment-tensor source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarje Nissen-Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.A. Dahlen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechflu.2007.02.002⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 168 (3), pp.1067-1092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2006.03121.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00346226v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00199693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A case for variational geomagnetic data assimilation: insights from a one-dimensional, nonlinear, and sparsely observed MHD system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Eymin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Eymin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Alboussière</w:t>
+                <w:t xml:space="preserve">T. Alboussière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Processes in Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 14, pp.163-180</w:t>
+              <w:t xml:space="preserve">, 2007, 14 (2), pp.163-180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00145920v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spherical-earth Fréchet sensitivity kernels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. A. Dahlen</w:t>
+                <w:t xml:space="preserve">Spherical Couette flow in a dipolar magnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hollerbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Canet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 168 (3), pp.1051 à 1066. </w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (6), pp.729 à 737. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2006.03123.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechflu.2007.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00347499v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00346226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Fourier-spectral element algorithm for thermal convection in rotating axisymmetric containers.</w:t>
               </w:r>
@@ -6956,51 +6956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.P. Bunge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hollerbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Vilotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7085,51 +7085,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. -P. Bunge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hollerbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -P. Vilotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7208,77 +7208,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications archéologiques des recherches en archéomagnétisme menées à l'institut de Physique du Globe de Paris (IPGP) et au Laboratoire d'Archéologie Moléculaire et Structurale (LAMS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Warmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7329,77 +7329,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archeointensity-based dating method: Examples from France and the Near-East</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phil Livermore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7450,77 +7450,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geomagnetic intensity variations in Western Europe over the past 1700 years: Contributions and limitations of intensity dating of archeological ceramics (Invited)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip W Livermore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7575,103 +7575,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A solar cycle 25 prediction based on 4D-var data assimilation approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Sacha Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ching Pui Hung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Talagrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar and Stellar Magnetic Fields: Origins and Manifestations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, à renseigner, Unknown Region. pp.138-146, </w:t>
@@ -7748,51 +7748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélica Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7834,103 +7834,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Estimating the Solar Meridional Flow and Predicting the 11-yr Cycle Using Advanced Variational Data Assimilation Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ching Pui Hung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Sacha Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Talagrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Space Weather of the Heliosphere: Processes and Forecasts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, à renseigner, Unknown Region. pp.183-186, </w:t>
@@ -8121,64 +8121,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archeointensity-based dating method: Examples from France and the Near-East</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip W Livermore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8702,51 +8702,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060600v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Landeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gastine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107365" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727530v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tassin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.422" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673292v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkatesh Gopinath" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.110965" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623383v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C&#233;bron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Schaeffer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-022-00264-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748536v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gwirtz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Davis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morzfeld" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constable" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fournier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac195" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03719369v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip W Livermore" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Finlay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac212" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142036v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ropp" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01309-9" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437412v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. W Livermore" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2021.105430" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454154v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Troyano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Genevey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pavlov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2020.106633" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04033776v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alken" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Th&#233;bault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Beggan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baerenzung" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01281-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141089v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Alken" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D Beggan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagay Amit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Aubert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01288-x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590073v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa542" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424106v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab161" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444542v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2021.106657" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385990v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-021-01507-z" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284542v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip W. Livermore" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2021.106750" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02878730v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa250" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02878663v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Troyano" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Finlay" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa126" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028425v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fortin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Le Goff" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Livermore" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116183" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748813v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Franken" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Armitage" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fuji" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GC008815" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129936v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdarie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sicard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2019.2897378" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028885v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Genevey" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Principe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Clemente" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP497-2019-74" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02358980v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bocher" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/npg-25-99-2018" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02303785v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bodin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy383" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748879v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Morzfeld" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hulot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2016.10.007" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918361v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.789" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329268v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labrosse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Choblet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.06.028" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02127665v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching Pui Hung" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Sacha Brun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Jouve" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Talagrand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa91d1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01422187v3" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx265" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451189v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouligand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw326" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01864279v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sanchez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cosme" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw316" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581676v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pichon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.01.004" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02400962v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015RG000506" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01862970v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Usoskin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennady A Kovaltsov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063461" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03634043v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/814/2/151" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134305v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0245-8" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01412375v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciar&#225;n D Beggan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alken" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J Aubert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0228-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355793v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bocher" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Coltice" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Tackley" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv427" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581096v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Canet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Finlay" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2014.05.003" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581150v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.11.020" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581131v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2013.12.006" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919123v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Nerger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20252" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F0F4WL5Z-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134326v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sanchez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia J Pinheiro" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-37652014111212" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918976v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12574" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01411576v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/781/1/8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581783v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas von Larcher" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Hollerbach" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-012-0289-3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DPWTFLMH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01410184v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lhuillier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047356" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606442v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/npg-18-657-2011" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308359v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05037.x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00545040v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Canet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NATURE09010" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-02266QC8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565056v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijia Kuang" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Tangborn" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11214-010-9669-4" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0P9DKFFP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455441v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JB006189" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00354179v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarje Nissen-Meyer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. A. Dahlen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2008.03813.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9A086EAE4ECA31EF291A2AECAC247889EE66ED8A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00346071v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gellert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rudiger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asna.200710862" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331098v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eymin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alboussi&#232;re" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00199693v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Dahlen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03121.x" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00346226v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hollerbach" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2007.02.002" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145920v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Eymin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alboussi&#232;re" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00347499v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03123.x" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109462v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Bunge" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Vilotte" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2004.10.020" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJ1M158Z-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03600288v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. -P. Bunge" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Vilotte" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02149.x" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587745v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Warm&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587757v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Livermore" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962382v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03584813v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921320003993" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982982v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourdarie" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Sicard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03589340v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921317010754" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588840v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Capdeville" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nissen-Meyer" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962428v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Genevey" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815740v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Liang" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Porder" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sainton" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04795791v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scaillet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Humler" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guillot" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Lagroix" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060600v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Landeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gastine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107365" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727530v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tassin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.422" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673292v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkatesh Gopinath" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.110965" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623383v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C&#233;bron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Schaeffer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-022-00264-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748536v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gwirtz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Davis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morzfeld" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Constable" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fournier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac195" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03719369v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip W Livermore" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Finlay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac212" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385990v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Th&#233;bault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-021-01507-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284542v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Genevey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip W. Livermore" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2021.106750" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2021.106657" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142036v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ropp" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01309-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437412v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. W Livermore" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2021.105430" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454154v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Troyano" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pavlov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2020.106633" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04033776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alken" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Beggan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baerenzung" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01281-4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590073v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa542" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141089v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Alken" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D Beggan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagay Amit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Aubert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01288-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424106v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab161" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748813v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Franken" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Armitage" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fuji" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GC008815" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02878730v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa250" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02878663v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Troyano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Finlay" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa126" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028425v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fortin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Le Goff" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Livermore" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116183" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129936v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdarie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sicard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2019.2897378" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028885v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Genevey" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Principe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Clemente" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP497-2019-74" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02303785v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bodin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy383" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02358980v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bocher" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/npg-25-99-2018" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02127665v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching Pui Hung" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Sacha Brun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Jouve" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Talagrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa91d1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01422187v3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jault" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx265" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748879v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Morzfeld" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hulot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2016.10.007" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918361v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.789" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329268v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labrosse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Choblet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.06.028" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451189v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouligand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw326" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01864279v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sanchez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cosme" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw316" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02400962v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015RG000506" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581676v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pichon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.01.004" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355793v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bocher" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Coltice" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Tackley" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv427" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01862970v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Usoskin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennady A Kovaltsov" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063461" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03634043v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/814/2/151" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0245-8" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01412375v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciar&#225;n D Beggan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alken" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J Aubert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0228-9" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581096v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Canet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Finlay" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2014.05.003" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581150v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.11.020" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581131v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2013.12.006" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918976v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12574" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01411576v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sanchez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/781/1/8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919123v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Nerger" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20252" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F0F4WL5Z-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134326v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia J Pinheiro" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-37652014111212" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581783v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas von Larcher" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Hollerbach" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-012-0289-3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DPWTFLMH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01410184v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lhuillier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047356" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606442v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/npg-18-657-2011" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308359v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05037.x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565056v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijia Kuang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Tangborn" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11214-010-9669-4" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0P9DKFFP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00545040v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Canet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NATURE09010" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-02266QC8-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455441v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JB006189" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00354179v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarje Nissen-Meyer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. A. Dahlen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2008.03813.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9A086EAE4ECA31EF291A2AECAC247889EE66ED8A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145920v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Eymin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Alboussi&#232;re" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00347499v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03123.x" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00346071v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gellert" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rudiger" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asna.200710862" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00199693v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Dahlen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03121.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331098v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eymin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alboussi&#232;re" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00346226v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hollerbach" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2007.02.002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109462v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Bunge" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Vilotte" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2004.10.020" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJ1M158Z-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03600288v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. -P. Bunge" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Vilotte" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2004.02149.x" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587745v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Warm&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587757v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Livermore" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962382v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03584813v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921320003993" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982982v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourdarie" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Sicard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03589340v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921317010754" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588840v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Capdeville" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nissen-Meyer" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962428v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Genevey" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815740v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Liang" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Porder" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sainton" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04795791v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scaillet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Humler" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guillot" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Lagroix" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>