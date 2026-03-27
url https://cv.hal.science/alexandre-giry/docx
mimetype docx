--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:112.28070175439px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alexandre Giry </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur Chercheur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alexandre-giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0140-3288</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexandre Giry (CEA) received the Ph.D. degree (cum Laude) in Electrical Engineering from Université Grenoble Alpes (UGA), France. He is currently with CEA-Leti as a research scientist and principal investigator, leading research activities on RF Power IC/MMIC design in Silicon and GaN technologies. He has 20+ years of hands-on experience in RF PA/FEM architecture and design and he has supervised several PhD students and researchers. He has participated in multiple research programs and industrial transfers at national and international levels. His current research interests include RF PA/FEM design and integration in CMOS/BiCMOS/GaN/InP technologies, high-efficiency multimode multiband PA architectures, reconfigurable and mismatch-resilient RF Front-Ends architectures, power management design for high-efficiency PA, advanced packaging and heterogeneous integration solutions for high performance RF/mmW modules. A. Giry is a Technical Program Committee Member of the IEEE Radio Frequency Integrated Circuits (RFIC) Conference. He was co-recipient of the Best Industry Paper Award - Second Place of the 2020 IEEE RFIC Symposium and the Best Industry Paper Award Finalist of the 2021 and 2022 IEEE RFIC Symposium.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Methodology for Wideband Class-E Sequential Load Modulated Balanced Amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Otmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">newcas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France. pp.401-404, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NewCAS64648.2025.11106994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05215309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth and efficiency improvement in sequential load modulated balanced amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Morche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuMC 2024 - 54th European Microwave Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France. pp.35-38, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuMC61614.2024.10732338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04828972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension of Quasi-Load Insensitive Class-E Doherty Operation with Complex Load Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Otmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Conference on Ph.D Research in Microelectronics and Electronics (PRIME 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Larnaca, Cyprus. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PRIME61930.2024.10559702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Progress on SOI CMOS Power Amplifiers for Mobile and WiFi Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Alshakoush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSCIRC-ESSDERC'23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbonne, Portugal. pp.103-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04303336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-6GHz SOI-CMOS High-Efficiency Linear PA Architectures: Challenges, Technics and Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04806088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and design of wideband sequential load modulated balanced amplifier for 5G applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Morche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWSCAS 2023 - 66th IEEE International Midwest Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04260821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6.6W/mm 200mm CMOS compatible AlN/GaN/Si MIS-HEMT with in-situ SiN gate dielectric and low temperature ohmic contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yveline Gobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Morisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Biscarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEDM 2023 - IEEE International Electron Devices Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEDM45741.2023.10413676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04539880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cost effective RF-SOI Drain Extended MOS transistor featuring PSAT=19dBm @28GHz & VDD=3V for 5G Power Amplifier application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Garros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Divay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Lacord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEDM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, SAN FRANCISCO, United States. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEDM45741.2023.10413696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04524927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A high-power SOI-CMOS PA module with Fan-Out Wafer-Level Packaging for 2.4 GHz Wi-Fi 6 applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIC 2021 - IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Atlanta, United States. pp.59-62, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC51843.2021.9490483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2.5GHz LTE Doherty Power Amplifier in SOI-CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 17th IEEE International New Circuits and Systems Conference (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NEWCAS44328.2019.8961306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04779509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reconfigurable SOI CMOS Doherty Power Amplifier Module for Broadband LTE High-Power User Equipment Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pezzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Radio Frequency Integrated Circuits Symposium (RFIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Los Angeles, France. pp.79-82, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC49505.2020.9218305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Very Robust and Reliable 2.7GHz +31dBm Si RFSOI Transistor for Power Amplifier Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Garros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cacho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Electron Devices Meeting (IEDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States. pp.25.5.1-25.5.4, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEDM19573.2019.8993649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04778207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Analytical Boundary Condition for Optimized Outphasing PA Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Desgreys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NEWCAS44328.2019.8961239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude et Dimensionnement d’un Amplificateur de Puissance de Type Outphasing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Desgreys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Broadband High-Efficiency SOI-CMOS PA Module for LTE/LTE-A Handset Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Berro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Radio Frequency Integrated Circuits Symposium (RFIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Boston, United States. pp.299-302, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC.2019.8701727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04794036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Compact RF Transceiver Module Using High Resistive Silicon Interposer with Embedded Inductors and Heterogeneous Dies Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jean-Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deschaseaux Edouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferris Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serhan Ayssar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE 69th Electronic Components and Technology Conference (ECTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Las Vegas, United States. pp.1279-1286, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECTC.2019.00198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04785806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3.2–3.6GHz SOI-LDMOS Dual-Input Doherty Power Amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saad Boutayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Divay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SOI-3D-Subthreshold Microelectronics Technology Unified Conference (S3S 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, San Jose (CA), United States. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/S3S46989.2019.9320747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency Reconfigurable Dual Narrow Band Antenna matched on the Low Band LTE FDD Physical Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Antennas and Propagation (EuCAP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2018.0891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output matching network design for broadband class B/J power amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saad Boutayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 13th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Giardini Naxos - Taormina, Italy. pp.41-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau d'adaptation pour amplificateur de puissance large bande en classe B/J continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saad Boutayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR ONDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02021513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 130-nm SOI CMOS reconfigurable multimode multiband power amplifier for 2G/3G/4G handset applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Radio Frequency Integrated Circuits Symposium (RFIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, San Francisco, United States. pp.254-257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Amplificateur de Puissance Multimode Multibande reconfigurable en technologie CMOS SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02021516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SOI CMOS reconfigurable output matching network for multimode multiband power amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE MTT-S International Microwave Symposium (IMS2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Phoenix, United States. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau d'adaptation reconfigurable en technologie CMOS SOI pour amplificateur de puissance multimode multi-bandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02022292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amplificateur de puissance à réseau de charge accordable en technologie SOI CMOS pour station de base Femtocell 4G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes journées nationales micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.JNM'13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2.14GHz Watt-level Power Amplifier with Passive Load Modulation in a SOI CMOS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Solid-State Circuits Conference (ESSCIRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bucarest, Romania. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00997120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced-efficiency front-end module with multi-standard impedance-tunable antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constant Niamien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dussopt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A.C. Niamien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chebihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 IEEE 17th International Workshop on Computer Aided Modeling and Design of Communication Links and Networks (CAMAD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Barcelona, Spain. pp.328-332, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMAD.2012.6335361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear behavior of CRF device at high power level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Topical Meeting on Silicon Monolithic Integrated Circuits in RF Systems 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, San Diego, United States. pp.978-1-4244-2831-1, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMIC.2009.4770504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The locus of points of constant output VSWR around the load optimal impedance: evaluation of power transistors robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Yaagoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference on Ph. D Research in MicroElectronics and Electronics (PRIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Otranto, Italy. pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00660601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linearity measurements of Si/SiGe HBT using a large signal network analyzer and an harmonic load-pull setup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Yaagoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Nebus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Microwave Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Manchester, United Kingdom. pp. 259-262, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EUMC.2006.281287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00660614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LDMOSFET and SiGeC HBT integrated in a 0.25um BiCMOS technology for RF-PA applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Arricastres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Sommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCTM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Unknown, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Linear High-Power Reconfigurable SOI-CMOS Front-End Module for WI-FI 6/6E Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RFIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022 (June), pp.39-42. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC54546.2022.9863085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04176696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Approach for Doherty PA Design using a Compact L-C Combiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang-Kien Germain Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.5. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2022.3185174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 433-MHz SOI CMOS Automatic Impedance Matching Circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Foucauld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Severino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Delaveaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 66 (6), pp.958-962. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2018.2834158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04800081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance 15-V Novel LDMOS Transistor Architecture in a 0.25µm BiCMOS Process for RF Power Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Judong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rossato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54, pp.861 - 868</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00198576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId143"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:112.28070175439px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alexandre Giry </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur Chercheur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">alexandre-giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0140-3288</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexandre Giry (CEA) received the Ph.D. degree (cum Laude) in Electrical Engineering from Université Grenoble Alpes (UGA), France. He is currently with CEA-Leti as a research scientist and principal investigator, leading research activities on RF Power IC/MMIC design in Silicon and GaN technologies. He has 20+ years of hands-on experience in RF PA/FEM architecture and design and he has supervised several PhD students and researchers. He has participated in multiple research programs and industrial transfers at national and international levels. His current research interests include RF PA/FEM design and integration in CMOS/BiCMOS/GaN/InP technologies, high-efficiency multimode multiband PA architectures, reconfigurable and mismatch-resilient RF Front-Ends architectures, power management design for high-efficiency PA, advanced packaging and heterogeneous integration solutions for high performance RF/mmW modules. A. Giry is a Technical Program Committee Member of the IEEE Radio Frequency Integrated Circuits (RFIC) Conference. He was co-recipient of the Best Industry Paper Award - Second Place of the 2020 IEEE RFIC Symposium and the Best Industry Paper Award Finalist of the 2021 and 2022 IEEE RFIC Symposium.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Methodology for Wideband Class-E Sequential Load Modulated Balanced Amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Otmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">newcas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France. pp.401-404, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NewCAS64648.2025.11106994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05215309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth and efficiency improvement in sequential load modulated balanced amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Morche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuMC 2024 - 54th European Microwave Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Paris, France. pp.35-38, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuMC61614.2024.10732338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04828972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension of Quasi-Load Insensitive Class-E Doherty Operation with Complex Load Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Otmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Conference on Ph.D Research in Microelectronics and Electronics (PRIME 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Larnaca, Cyprus. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PRIME61930.2024.10559702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Progress on SOI CMOS Power Amplifiers for Mobile and WiFi Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Alshakoush</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSCIRC-ESSDERC'23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbonne, Portugal. pp.103-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04303336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-6GHz SOI-CMOS High-Efficiency Linear PA Architectures: Challenges, Technics and Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04806088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and design of wideband sequential load modulated balanced amplifier for 5G applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Moussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Morche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWSCAS 2023 - 66th IEEE International Midwest Symposium on Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04260821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6.6W/mm 200mm CMOS compatible AlN/GaN/Si MIS-HEMT with in-situ SiN gate dielectric and low temperature ohmic contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yveline Gobil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Morisot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Biscarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEDM 2023 - IEEE International Electron Devices Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEDM45741.2023.10413676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04539880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cost effective RF-SOI Drain Extended MOS transistor featuring PSAT=19dBm @28GHz & VDD=3V for 5G Power Amplifier application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Garros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Divay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Lacord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEDM 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, SAN FRANCISCO, United States. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEDM45741.2023.10413696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04524927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A high-power SOI-CMOS PA module with Fan-Out Wafer-Level Packaging for 2.4 GHz Wi-Fi 6 applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIC 2021 - IEEE Radio Frequency Integrated Circuits Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Atlanta, United States. pp.59-62, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC51843.2021.9490483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reconfigurable SOI CMOS Doherty Power Amplifier Module for Broadband LTE High-Power User Equipment Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pezzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE Radio Frequency Integrated Circuits Symposium (RFIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Los Angeles, France. pp.79-82, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC49505.2020.9218305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Very Robust and Reliable 2.7GHz +31dBm Si RFSOI Transistor for Power Amplifier Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Garros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cacho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Electron Devices Meeting (IEDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States. pp.25.5.1-25.5.4, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEDM19573.2019.8993649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04778207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2.5GHz LTE Doherty Power Amplifier in SOI-CMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 17th IEEE International New Circuits and Systems Conference (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NEWCAS44328.2019.8961306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04779509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Compact RF Transceiver Module Using High Resistive Silicon Interposer with Embedded Inductors and Heterogeneous Dies Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jean-Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deschaseaux Edouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferris Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serhan Ayssar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE 69th Electronic Components and Technology Conference (ECTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Las Vegas, United States. pp.1279-1286, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECTC.2019.00198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04785806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Analytical Boundary Condition for Optimized Outphasing PA Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Desgreys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International New Circuits and Systems Conference (NEWCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NEWCAS44328.2019.8961239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Broadband High-Efficiency SOI-CMOS PA Module for LTE/LTE-A Handset Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Berro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE Radio Frequency Integrated Circuits Symposium (RFIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Boston, United States. pp.299-302, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC.2019.8701727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04794036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude et Dimensionnement d’un Amplificateur de Puissance de Type Outphasing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang-Kièn Germain Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Desgreys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes (JNM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3.2–3.6GHz SOI-LDMOS Dual-Input Doherty Power Amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saad Boutayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Divay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE SOI-3D-Subthreshold Microelectronics Technology Unified Conference (S3S 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, San Jose (CA), United States. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/S3S46989.2019.9320747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency Reconfigurable Dual Narrow Band Antenna matched on the Low Band LTE FDD Physical Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Antennas and Propagation (EuCAP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2018.0891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Output matching network design for broadband class B/J power amplifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saad Boutayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 13th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Giardini Naxos - Taormina, Italy. pp.41-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau d'adaptation pour amplificateur de puissance large bande en classe B/J continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saad Boutayeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Lauga-Larroze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR ONDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02021513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 130-nm SOI CMOS reconfigurable multimode multiband power amplifier for 2G/3G/4G handset applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Radio Frequency Integrated Circuits Symposium (RFIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, San Francisco, United States. pp.254-257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Amplificateur de Puissance Multimode Multibande reconfigurable en technologie CMOS SOI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02021516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SOI CMOS reconfigurable output matching network for multimode multiband power amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE MTT-S International Microwave Symposium (IMS2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Phoenix, United States. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau d'adaptation reconfigurable en technologie CMOS SOI pour amplificateur de puissance multimode multi-bandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ferris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02022292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amplificateur de puissance à réseau de charge accordable en technologie SOI CMOS pour station de base Femtocell 4G</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes journées nationales micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.JNM'13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2.14GHz Watt-level Power Amplifier with Passive Load Modulation in a SOI CMOS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Solid-State Circuits Conference (ESSCIRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bucarest, Romania. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00997120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced-efficiency front-end module with multi-standard impedance-tunable antenna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constant Niamien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dussopt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A.C. Niamien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chebihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 IEEE 17th International Workshop on Computer Aided Modeling and Design of Communication Links and Networks (CAMAD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Barcelona, Spain. pp.328-332, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMAD.2012.6335361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear behavior of CRF device at high power level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Topical Meeting on Silicon Monolithic Integrated Circuits in RF Systems 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, San Diego, United States. pp.978-1-4244-2831-1, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMIC.2009.4770504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The locus of points of constant output VSWR around the load optimal impedance: evaluation of power transistors robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Yaagoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference on Ph. D Research in MicroElectronics and Electronics (PRIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Otranto, Italy. pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00660601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linearity measurements of Si/SiGe HBT using a large signal network analyzer and an harmonic load-pull setup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Yaagoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Nebus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Pache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Microwave Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Manchester, United Kingdom. pp. 259-262, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EUMC.2006.281287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00660614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LDMOSFET and SiGeC HBT integrated in a 0.25um BiCMOS technology for RF-PA applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Arricastres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Sommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCTM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Unknown, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Linear High-Power Reconfigurable SOI-CMOS Front-End Module for WI-FI 6/6E Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Giry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RFIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022 (June), pp.39-42. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RFIC54546.2022.9863085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04176696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Approach for Doherty PA Design using a Compact L-C Combiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayssar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang-Kien Germain Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Parat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.5. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2022.3185174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 433-MHz SOI CMOS Automatic Impedance Matching Circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Foucauld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Severino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Delaveaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems II: Express Briefs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 66 (6), pp.958-962. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSII.2018.2834158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04800081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance 15-V Novel LDMOS Transistor Architecture in a 0.25µm BiCMOS Process for RF Power Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Giry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Judong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rossato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54, pp.861 - 868</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00198576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId143"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="526EC53E"/>
+    <w:nsid w:val="2E41C4FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-giry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0140-3288" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05215309v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Otmani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayssar Serhan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lauga-Larroze" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11106994" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828972v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Moussa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732338" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634025v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME61930.2024.10559702" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04303336v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alshakoush" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04806088v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04260821v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04539880v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morvan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yveline Gobil" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Morisot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Biscarrat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Charles" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM45741.2023.10413676" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04524927v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garros" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Divay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Lacord" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Fache" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM45741.2023.10413696" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827475v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reynier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serhan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mourot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaye" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC51843.2021.9490483" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04779509v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mercier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961306" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412828v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pezzin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC49505.2020.9218305" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04778207v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garros" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cacho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vincent" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Granger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaillard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19573.2019.8993649" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02296297v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Bachi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Ki&#232;n Germain Pham" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961239" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02296308v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04794036v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Berro" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC.2019.8701727" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04785806v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pares" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jean-Philippe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deschaseaux Edouard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferris Pierre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serhan Ayssar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2019.00198" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911387v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Boutayeb" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Parat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/S3S46989.2019.9320747" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979434v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bories" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sarrazin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2018.0891" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012859v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021513v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012869v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferris" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Tant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Fournier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021516v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015026v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022292v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020778v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997120v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02428451v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constant Niamien" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dussopt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A.C. Niamien" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chebihi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMAD.2012.6335361" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00437388v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Mourot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bila" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMIC.2009.4770504" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660601v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blanchet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pache" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Yaagoubi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barataud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660614v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nebus" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pache" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2006.281287" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279420v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Muller" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arnaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arricastres" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Sommet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04176696v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mourot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC54546.2022.9863085" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03765642v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Kien Germain Pham" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2022.3185174" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04800081v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Foucauld" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Severino" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nicolas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delaveaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2018.2834158" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198576v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muller" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Judong" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rossato" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-giry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0140-3288" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05215309v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Otmani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayssar Serhan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lauga-Larroze" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11106994" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828972v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Moussa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732338" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634025v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME61930.2024.10559702" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04303336v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alshakoush" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04806088v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04260821v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04539880v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morvan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yveline Gobil" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Morisot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Biscarrat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Charles" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM45741.2023.10413676" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04524927v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garros" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Divay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Lacord" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Fache" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM45741.2023.10413696" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827475v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reynier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serhan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mourot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaye" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC51843.2021.9490483" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412828v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pezzin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC49505.2020.9218305" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04778207v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garros" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cacho" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vincent" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Granger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaillard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19573.2019.8993649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04779509v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mercier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961306" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04785806v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pares" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jean-Philippe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deschaseaux Edouard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferris Pierre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serhan Ayssar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2019.00198" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02296297v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Bachi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Ki&#232;n Germain Pham" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961239" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04794036v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Berro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC.2019.8701727" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02296308v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911387v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Boutayeb" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Parat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/S3S46989.2019.9320747" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979434v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bories" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sarrazin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2018.0891" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012859v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021513v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012869v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ferris" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Tant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Fournier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021516v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015026v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022292v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020778v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997120v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02428451v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constant Niamien" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dussopt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A.C. Niamien" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chebihi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMAD.2012.6335361" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00437388v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Mourot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bila" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMIC.2009.4770504" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660601v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blanchet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pache" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Yaagoubi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barataud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660614v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nebus" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pache" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUMC.2006.281287" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279420v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Muller" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arnaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arricastres" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Sommet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04176696v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mourot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFIC54546.2022.9863085" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03765642v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Kien Germain Pham" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2022.3185174" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04800081v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Foucauld" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Severino" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nicolas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delaveaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2018.2834158" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198576v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muller" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Judong" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rossato" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>