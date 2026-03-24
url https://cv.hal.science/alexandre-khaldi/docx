--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1150,359 +1150,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01825530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergetic PEDOT degradation during a reactive ion etching process</w:t>
+                <w:t xml:space="preserve">Bottom-up microfabrication process for individually controlled conjugated polymer actuators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Plesse</w:t>
+                <w:t xml:space="preserve">Gursel Alici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Soyer</w:t>
+                <w:t xml:space="preserve">Geoffrey Spinks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Vidal</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Edwin W.H. Jager</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 229, pp.635 - 645. </w:t>
+              <w:t xml:space="preserve">, 2016, 230, pp.818 - 824. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.02.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.02.140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01828954v1</w:t>
+                <w:t xml:space="preserve">hal-01828980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bottom-up microfabrication process for individually controlled conjugated polymer actuators</w:t>
+                <w:t xml:space="preserve">Synergetic PEDOT degradation during a reactive ion etching process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Plesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gursel Alici</w:t>
+                <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Spinks</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frederic Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 230, pp.818 - 824. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 229, pp.635 - 645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.02.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.02.140⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01828980v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smarter Actuator Design with Complementary and Synergetic Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stoyan Smoukov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1665,77 +1665,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PEDOT Based Conducting IPN Actuators: Effects of Electrolyte on Actuation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1793,733 +1793,733 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting interpenetrating polymer network sized to fabricate microactuators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flexible Solid Polymer Electrolytes Based on Nitrile Butadiene Rubber/Poly(ethylene oxide) Interpenetrating Polymer Networks Containing Either LiTFSI or EMITFSI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Maziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frederic Vidal</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giao Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3581893⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (24), pp.9683 - 9691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma201662h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03286836v1</w:t>
+                <w:t xml:space="preserve">hal-01829121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-supported semi-interpenetrating polymer networks as reactive ambient sensors</w:t>
+                <w:t xml:space="preserve">Conducting interpenetrating polymer network sized to fabricate microactuators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Chevrot</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Soyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jelechem.2010.12.002⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 98 (16), pp.164101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3581893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01825923v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyethylene oxide–polytetrahydrofurane–PEDOT conducting interpenetrating polymer networks for high speed actuators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Self-supported semi-interpenetrating polymer networks as reactive ambient sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Arias-Pardilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Electroanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 652 (1-2), pp.37 - 43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jelechem.2010.12.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0964-1726/20/12/124002⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03286837v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01825923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyethylene oxide-polytetrahydrofurane-PEDOT conducting interpenetrating polymer networks for high speed actuators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Polyethylene oxide–polytetrahydrofurane–PEDOT conducting interpenetrating polymer networks for high speed actuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Khaldi</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiang Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Teyssie</w:t>
+                <w:t xml:space="preserve">D. Teyssié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 20, pp.124002-1-8. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+              <w:t xml:space="preserve">, 2011, 20 (12), pp.124002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0964-1726/20/12/124002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00795912v1</w:t>
+                <w:t xml:space="preserve">hal-03286837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Solid Polymer Electrolytes Based on Nitrile Butadiene Rubber/Poly(ethylene oxide) Interpenetrating Polymer Networks Containing Either LiTFSI or EMITFSI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Goujon</w:t>
+                <w:t xml:space="preserve">Polyethylene oxide-polytetrahydrofurane-PEDOT conducting interpenetrating polymer networks for high speed actuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giao Nguyen</w:t>
+                <w:t xml:space="preserve">Qiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Teyssie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma201662h⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20, pp.124002-1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0964-1726/20/12/124002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01829121v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00795912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2978,51 +2978,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Vancaeyzeele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS spring meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Virtual conference, France</w:t>
@@ -3293,51 +3293,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication and adhesion of conjugated polymer trilayer structures for soft, flexible micromanipulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Falk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3404,399 +3404,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft, flexible micromanipulators comprising polypyrrole trilayer microactuators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soft linear electroactive polymer actuators based on polypyrrole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Maziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Geoffrey Spinks</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils-Krister Persson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Jager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Smart Structures and Materials + Nondestructive Evaluation and Health Monitoring</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, San Diego, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2084176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2081821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01829110v1</w:t>
+                <w:t xml:space="preserve">hal-01829107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstrating kHz electromechanical response of ionic microactuators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soft, flexible micromanipulators comprising polypyrrole trilayer microactuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Maziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Plesse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Khaldi</w:t>
+                <w:t xml:space="preserve">Gursel Alici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Soyer</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geoffrey Spinks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Jager</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Electromechanically Active Polymer Transducers &amp; Artificial Muscles, EuroEAP 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Smart Structures and Materials + Nondestructive Evaluation and Health Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, San Diego, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2084176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563919v1</w:t>
+                <w:t xml:space="preserve">hal-01829110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft linear electroactive polymer actuators based on polypyrrole</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Demonstrating kHz electromechanical response of ionic microactuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Plesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Soyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Smart Structures and Materials + Nondestructive Evaluation and Health Monitoring</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th International Conference on Electromechanically Active Polymer Transducers &amp; Artificial Muscles, EuroEAP 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Tallinn, Estonia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2081821⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01829107v1</w:t>
+                <w:t xml:space="preserve">hal-03563919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterning innovative conducting interpenetrating polymer network by dry etching</w:t>
               </w:r>
@@ -3808,64 +3808,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Teyssié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3916,64 +3916,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conducting IPNs: a versatile concept for the design of macro/micro-actuators or optical electroactive devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4035,333 +4035,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01829114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of electronic conducting polymer based microactuators by microsystem process</w:t>
+                <w:t xml:space="preserve">Conducting interpenetrating polymer network based microactuators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du GDR Micro Nano Systèmes-Micro Nano Fluidique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Electromechanically Active Polymer Transducers and Artificial Muscles, EuroEAP 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Potsdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00798850v1</w:t>
+                <w:t xml:space="preserve">hal-00798849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting interpenetrating polymer network based microactuators</w:t>
+                <w:t xml:space="preserve">Design of electronic conducting polymer based microactuators by microsystem process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Electromechanically Active Polymer Transducers and Artificial Muscles, EuroEAP 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Potsdam, Germany</w:t>
+              <w:t xml:space="preserve">Journées Nationales du GDR Micro Nano Systèmes-Micro Nano Fluidique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00798849v1</w:t>
+                <w:t xml:space="preserve">hal-00798850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterning process and actuation in open air of micro-beam actuator based on conducting IPNs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4438,90 +4438,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conducting IPN actuator for micro-aerial vehicle and microsystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th World Congress on Biomimetics, Artificial Muscles and Nano-Bio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Cergy-Pontoise, France</w:t>
@@ -4544,359 +4544,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00807660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dry etching process on a conducting interpenetrating polymer network actuator for a flapping fly micro robot</w:t>
+                <w:t xml:space="preserve">Fabrication of conducting IPN actuators for microsystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Soyer</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Teyssie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cattan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2011 International Mechanical Engineering Congress &amp; Exposition, IMECE 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Denver, CO, United States. pp.IMECE2011-63505-1-3</w:t>
+              <w:t xml:space="preserve">Stuttgart Nanodays International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00800389v1</w:t>
+                <w:t xml:space="preserve">hal-00807653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of conducting IPN actuators for microsystems</w:t>
+                <w:t xml:space="preserve">Dry etching process on a conducting interpenetrating polymer network actuator for a flapping fly micro robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Chevrot</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stuttgart Nanodays International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Stuttgart, Germany</w:t>
+              <w:t xml:space="preserve">ASME 2011 International Mechanical Engineering Congress &amp; Exposition, IMECE 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Denver, CO, United States. pp.IMECE2011-63505-1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00807653v1</w:t>
+                <w:t xml:space="preserve">hal-00800389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of electronic conducting polymer based microactuators by microsystem process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th World Congress on Biomimetics, Artificial Muscles and Nano-Bio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Cergy-Pontoise, France</w:t>
@@ -4938,90 +4938,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-beam actuator based on conducting interpenetrating polymer networks : from patterning process to actuation in open air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Troadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Solid-State Sensors, Actuators and Microsystems, TRANSDUCERS'11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Beijing, China. pp.462-465, </w:t>
@@ -5053,609 +5053,609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00800438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited] Interpenetrating polymer network based actuators : from polymer chemistry to devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">Conducting IPNs based electrochemical actuators : from polymer chemistry to biomimetic integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Festin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Pirim</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Kargin All-Russian Conference Polymers 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Moscow, Russia</w:t>
+              <w:t xml:space="preserve">12th International Conference on New Actuators, ACTUATORS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Germany. pp.444-447</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00909176v1</w:t>
+                <w:t xml:space="preserve">hal-00568972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégation d'actionneur à base de polymère conducteur aux microsystèmes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[Invited] Interpenetrating polymer network based actuators : from polymer chemistry to devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Plesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">F. Vidal</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Festin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Journée POL IdF du Groupe Français d'Etudes et d'Applications des Polymères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Cergy Pontoise, France</w:t>
+              <w:t xml:space="preserve">5th Kargin All-Russian Conference Polymers 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Moscow, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00574489v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited] Conducting IPNs based electrochemical actuators : from polymer chemistry to biomimetic integration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">Intégation d'actionneur à base de polymère conducteur aux microsystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Plesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Teyssie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vidal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stuttgart NanoDays 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Stuttgart, Germany</w:t>
+              <w:t xml:space="preserve">3ème Journée POL IdF du Groupe Français d'Etudes et d'Applications des Polymères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Cergy Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00909175v1</w:t>
+                <w:t xml:space="preserve">hal-00574489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting IPNs based electrochemical actuators : from polymer chemistry to biomimetic integration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">[Invited] Conducting IPNs based electrochemical actuators : from polymer chemistry to biomimetic integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Festin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Cattan</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on New Actuators, ACTUATORS 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Germany. pp.444-447</w:t>
+              <w:t xml:space="preserve">Stuttgart NanoDays 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00568972v1</w:t>
+                <w:t xml:space="preserve">hal-00909175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of the electromechanical behavior of solid state actuators based on PEDOT/PEO/elastomer IPN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Juger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Teyssié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Conference on Artificial Muscles, CAM4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Osaka, Japan</w:t>
@@ -5684,90 +5684,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actionneurs à base de polymères conducteurs électroniques : de la synthèse à l'intégration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Festin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pirim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5822,90 +5822,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of conducting IPN based actuators for microsystems devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Teyssié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Conference on Artificial Muscles, CAM4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Osaka, Japan</w:t>
@@ -6106,64 +6106,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actuators: Smarter Actuator Design with Complementary and Synergetic Functions (Adv. Mater. 30/2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Plesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stoyan Smoukov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6305,51 +6305,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1686868A"/>
+    <w:nsid w:val="AFFF7EB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6536,51 +6536,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-khaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3540-8925" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162059787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-4170-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04622089v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Khaldi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Menez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Murat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sallenave" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Vidal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0201708" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04253877v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hankai Wu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Seguin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladan Koncar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cochrane" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2023.114755" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590641v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arnoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis P&#233;rez-Covarrubias" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Carlier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baldeck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2021.102491" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02565207v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Turani-I-Belloto" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12051008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02946988v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Daniel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Massin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla K&#228;rnfelt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferranti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-71233-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01825918v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Falk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Bengtsson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Maziz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Filippini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b01059" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825530v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Concas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas St&#229;lhand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Krister Persson" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1600327" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828954v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Plesse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Vidal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.02.009" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCH5M9NV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828980v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gursel Alici" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Spinks" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin W.H. Jager" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.02.140" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829103v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoyan Smoukov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201500209" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/351022A745424C600026F8AA7C0AEBCB668E0C34/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01757182v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Elliott" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TC00904E" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286846v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cattan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Teyssi&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.79.53" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286836v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3581893" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01825923v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arias-Pardilla" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vidal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevrot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2010.12.002" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7P28LK7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286837v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Wang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Teyssi&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/20/12/124002" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-4VH3S29N-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795912v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Teyssie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829121v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Goujon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giao Nguyen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma201662h" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098309v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Peralta" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3050440" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04946774v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joubert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Theron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Bouhanguel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04253896v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lahuec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS52175.2022.9967155" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410671v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chrun" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Vancaeyzeele" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Aubert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03104071v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Adrian P&#233;rez Covarrubias" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2555377" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02453986v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Heggarty" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Adrian Perez Covarrubias" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Jager" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2218860" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829110v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2084176" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03563919v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829107v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2081821" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058046v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878282" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829114v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Beouch" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giao T M Nguyen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798850v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798849v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829117v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevrot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Teyssie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.915086" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807660v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800389v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807653v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807674v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800438v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2011.5969605" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909176v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Festin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pirim" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574489v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909175v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568972v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Juger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575737v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575747v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829000v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jager E.W.H." TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829100v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201570199" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ED0B299ED5CB096BB93427DDF7F75E18373AFBCA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-khaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3540-8925" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162059787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-4170-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04622089v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Khaldi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Menez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Murat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sallenave" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Vidal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0201708" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04253877v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hankai Wu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Seguin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladan Koncar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cochrane" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2023.114755" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590641v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Arnoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis P&#233;rez-Covarrubias" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Carlier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baldeck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2021.102491" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02565207v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Turani-I-Belloto" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12051008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02946988v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Daniel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Massin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla K&#228;rnfelt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferranti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-71233-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01825918v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Falk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Bengtsson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Maziz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Filippini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b01059" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825530v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Concas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas St&#229;lhand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Krister Persson" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1600327" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828980v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gursel Alici" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Spinks" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin W.H. Jager" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.02.140" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828954v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Plesse" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soyer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Vidal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.02.009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCH5M9NV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829103v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoyan Smoukov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201500209" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/351022A745424C600026F8AA7C0AEBCB668E0C34/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01757182v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Elliott" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TC00904E" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286846v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cattan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Teyssi&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.79.53" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829121v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Goujon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giao Nguyen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma201662h" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286836v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3581893" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01825923v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arias-Pardilla" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vidal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevrot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2010.12.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7P28LK7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286837v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Wang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Teyssi&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/20/12/124002" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-4VH3S29N-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Teyssie" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098309v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Peralta" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3050440" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04946774v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joubert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Theron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Bouhanguel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04253896v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lahuec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS52175.2022.9967155" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410671v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chrun" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Vancaeyzeele" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Aubert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03104071v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Adrian P&#233;rez Covarrubias" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2555377" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02453986v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Heggarty" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Adrian Perez Covarrubias" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Jager" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2218860" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829107v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2081821" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829110v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2084176" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03563919v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058046v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878282" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829114v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Beouch" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giao T M Nguyen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798849v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798850v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829117v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevrot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Teyssie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.915086" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807660v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807653v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800389v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807674v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800438v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2011.5969605" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568972v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Festin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909176v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pirim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574489v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909175v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Juger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575737v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575747v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829000v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jager E.W.H." TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829100v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201570199" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ED0B299ED5CB096BB93427DDF7F75E18373AFBCA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>