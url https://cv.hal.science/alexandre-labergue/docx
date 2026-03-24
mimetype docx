--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1030,291 +1030,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03162585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Velocity field and flow redistribution in a ballooned 7x7 fuel bundle measured by magnetic resonance velocimetry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental study of dispersed flow film boiling at sub-channel scale in LOCA conditions: Influence of the steam flow rate and residual power</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V.S. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Oliveira</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Tony Glantz</w:t>
+                <w:t xml:space="preserve">J.D. Peña Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Glantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2020.110828⟩</w:t>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 172, pp.115143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2020.115143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02940079v1</w:t>
+                <w:t xml:space="preserve">hal-02866663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of dispersed flow film boiling at sub-channel scale in LOCA conditions: Influence of the steam flow rate and residual power</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.V.S. Oliveira</w:t>
+                <w:t xml:space="preserve">Velocity field and flow redistribution in a ballooned 7x7 fuel bundle measured by magnetic resonance velocimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Stemmelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.D. Peña Carrillo</w:t>
+                <w:t xml:space="preserve">Sebastien Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 172, pp.115143. </w:t>
+              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 369, pp.110828. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2020.115143⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2020.110828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866663v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02940079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Icing of a droplet deposited onto a subcooled surface</w:t>
               </w:r>
@@ -1430,51 +1430,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanistic modeling of the thermal-hydraulics in polydispersed flow film boiling in LOCA conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V.S. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.D. Peña Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1586,51 +1586,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stemmelen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2242,278 +2242,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01431049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the droplet size effect coupled with the laser light scattering in sprays for two-color LIF thermometry measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental study on air cooling by spray in the upstream flow of a heat exchanger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Trinquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experiments in Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00348-011-1242-8⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60, pp.23 - 31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2012.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01570440v1</w:t>
+                <w:t xml:space="preserve">hal-01570476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study on air cooling by spray in the upstream flow of a heat exchanger</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of the droplet size effect coupled with the laser light scattering in sprays for two-color LIF thermometry measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Delconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 60, pp.23 - 31. </w:t>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52 (5), pp.1121 - 1132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2012.06.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00348-011-1242-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570476v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal temperature distributions of interacting and vaporizing droplets</w:t>
               </w:r>
@@ -3122,165 +3122,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental study of parallelized two-phase heat exchangers for high performance computing processors</w:t>
+                <w:t xml:space="preserve">Influence d'une source interne sur la température de Leidenfrost – application à un écoulement de type DFFB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Amate--Vignon</w:t>
+                <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Raeth</w:t>
+                <w:t xml:space="preserve">Arthur V.S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics, 22-26 August 2024, Rhodes Island, Greece</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">32ème Congrès Français de Thermique : Thermique et Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICUBE, Jun 2024, Strasboug, France. pp.421 - 428, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2024-029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820195v1</w:t>
+                <w:t xml:space="preserve">hal-04820055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Various Correlations for Direct-Contact Heat Transfer in Dispersed Flow Film Boiling Using the DRACCAR Code</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3321,913 +3343,891 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NUTHOS14 - The 14th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, Operation and Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Vancouver (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04820316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence d'une source interne sur la température de Leidenfrost – application à un écoulement de type DFFB</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical and experimental study of parallelized two-phase heat exchangers for high performance computing processors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur V.S Oliveira</w:t>
+                <w:t xml:space="preserve">Matthieu Amate--Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Raeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème Congrès Français de Thermique : Thermique et Architecture</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics, 22-26 August 2024, Rhodes Island, Greece</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Rhodes (Grèce), Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820055v1</w:t>
+                <w:t xml:space="preserve">hal-04820195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical thermal-hydraulics study of a steam-droplets flow in a venturi-type vertical tube with flow deviation -application to LOCA in PWR reactor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Simulation d'un écoulement dispersé vapeur/gouttes dans un tube vertical, comparaison de différents modèles de transfert goutte/paroi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur V.S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t>
+              <w:t xml:space="preserve">31e Congrès de la société française de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, iTheMM - Institut de Thermique, Mécanique et Matériaux, May 2023, Reims, France. pp.337-344</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04415711v1</w:t>
+                <w:t xml:space="preserve">hal-04415459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation d'un écoulement dispersé vapeur/gouttes dans un tube vertical, comparaison de différents modèles de transfert goutte/paroi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical thermal-hydraulics study of a steam-droplets flow in a venturi-type vertical tube with flow deviation -application to LOCA in PWR reactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arthur V.S Oliveira</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31e Congrès de la société française de thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, iTheMM - Institut de Thermique, Mécanique et Matériaux, May 2023, Reims, France. pp.337-344</w:t>
+              <w:t xml:space="preserve">11th International Conference on Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04415459v1</w:t>
+                <w:t xml:space="preserve">hal-04415711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scale effects methodology applied to uprising jets in astrid</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N Seiler</w:t>
+                <w:t xml:space="preserve">Simulation of dispersed flow film boiling in LOCA conditions considering different fuel rod blockage ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2022, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">, ANS, Mar 2022, Virtual Meeting, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03727184v1</w:t>
+                <w:t xml:space="preserve">hal-03727179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of dispersed flow film boiling in LOCA conditions considering different fuel rod blockage ratios</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Simulation du refroidissement d'un sous-canal combustible de REP lors d'un APRP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ANS, Mar 2022, Virtual Meeting, Belgium</w:t>
+              <w:t xml:space="preserve">Congrès français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03727179v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03728116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation du refroidissement d'un sous-canal combustible de REP lors d'un APRP</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Gradeck</w:t>
+                <w:t xml:space="preserve">SCALE EFFECTS METHODOLOGY APPLIED TO UPRISING JETS IN ASTRID</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guenadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Seiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès français de thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Virtual conference, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03728116v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SCALE EFFECTS METHODOLOGY APPLIED TO UPRISING JETS IN ASTRID</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scale effects methodology applied to uprising jets in astrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Guenadou</w:t>
+                <w:t xml:space="preserve">B Jourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Seiler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Labergue</w:t>
+                <w:t xml:space="preserve">D Guenadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gradeck</w:t>
+                <w:t xml:space="preserve">N Seiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Virtual conference, Belgium</w:t>
+              <w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05448681v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03727184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scale effects methodology for buoyant impinging jets in sodium fast reactors</w:t>
               </w:r>
@@ -4334,51 +4334,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation de l'écoulement dispersé vapeur/gouttes dans des conditions d'APRP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4834,273 +4834,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02444727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
+                <w:t xml:space="preserve">Experimental thermal-hydraulic study of a steam-droplets flow inside a vertical pipe during the cooling phase in LOCA conditions -effect of the steam flow rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
+                <w:t xml:space="preserve">J David Peña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e Congrès français de thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">10th International Conference on Multiphase Flow, ICMF 2019,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03529839v1</w:t>
+                <w:t xml:space="preserve">hal-02433931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental thermal-hydraulic study of a steam-droplets flow inside a vertical pipe during the cooling phase in LOCA conditions -effect of the steam flow rate</w:t>
+                <w:t xml:space="preserve">Analyse des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J David Peña</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arthur Oliveira</w:t>
+                <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Multiphase Flow, ICMF 2019,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">27e Congrès français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02433931v1</w:t>
+                <w:t xml:space="preserve">hal-03529839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of supercooled water droplet chain evolving in a cold environment: Experimental and modelling study</w:t>
               </w:r>
@@ -5188,364 +5188,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02388413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application de la Fluorescence Induite par Laser pour la caractérisation de gouttes surfondues – mesure de la température et de la fraction de glace</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of supercooled droplet by Laser-Induced Fluorescence: Temperature and ice fraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Stiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Stemmelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
+              <w:t xml:space="preserve">19th International Symposium on the Application of Laser and Imaging Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02097814v1</w:t>
+                <w:t xml:space="preserve">hal-01857473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of supercooled droplet by Laser-Induced Fluorescence: Temperature and ice fraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Stiti</w:t>
+                <w:t xml:space="preserve">Identification des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Leclerc</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Symposium on the Application of Laser and Imaging Techniques to Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Congrès français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01857473v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03529820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Application de la Fluorescence Induite par Laser pour la caractérisation de gouttes surfondues – mesure de la température et de la fraction de glace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Gradeck</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Stiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès français de thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Pau, France</w:t>
+              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03529820v1</w:t>
+                <w:t xml:space="preserve">hal-02097814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined three-color LIF-PDA measurements and infrared thermography applied to the study of the spray impingement on a heated surface above the Leidenfrost regime</w:t>
               </w:r>
@@ -5648,51 +5648,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transfer inside a blocked region of a rod bundle during a LOCA-simulations and experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6106,51 +6106,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study on heat transfer inside a blocked region of a rod bundle during a LOCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6221,261 +6221,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of the cooling of a hot temperature surface using sprays and liquid jets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the Vapor Flow on the Drop Spreading in the Leidenfrost Regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Castanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Caballina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHTC-15 : 15th International Heat Transfer Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. pp.889 - 900, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2014.11.018⟩</w:t>
+              <w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/IHTC15.min.009574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01417339v1</w:t>
+                <w:t xml:space="preserve">hal-01444401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the Vapor Flow on the Drop Spreading in the Leidenfrost Regime</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative study of the cooling of a hot temperature surface using sprays and liquid jets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHTC-15 : 15th International Heat Transfer Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. pp.889 - 900, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2014.11.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/IHTC15.min.009574⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01444401v1</w:t>
+                <w:t xml:space="preserve">hal-01417339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures couplées d’analyse phase Doppler et de thermographies infra-rouge pour l’étude du refroidissement de surfaces chaudes par sprays</w:t>
               </w:r>
@@ -6762,338 +6762,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01579529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refroidissement par spray - expériences et modèles</w:t>
+                <w:t xml:space="preserve">Pourquoi l’utilisation des sprays en sidérurgie est-elle encore limitée?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Clément Baillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Maigrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michel Lebouché</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03439940v1</w:t>
+                <w:t xml:space="preserve">hal-01446913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi l’utilisation des sprays en sidérurgie est-elle encore limitée?</w:t>
+                <w:t xml:space="preserve">Refroidissement par spray-expériences et modèles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lebouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Lebouché</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t>
+              <w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Mécanique et d'Ingénierie de Bordeaux; Association française de mécanique, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01446913v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refroidissement par spray-expériences et modèles</w:t>
+                <w:t xml:space="preserve">Refroidissement par spray - expériences et modèles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lebouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de Mécanique et d'Ingénierie de Bordeaux; Association française de mécanique, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01446538v1</w:t>
+                <w:t xml:space="preserve">hal-03439940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du transfert de chaleur entre deux sprays anisothermes par mesures couplées de LIF et phase Doppler</w:t>
               </w:r>
@@ -7474,51 +7474,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRI as a tool for nuclear safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A V S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7599,51 +7599,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic Resonance Imaging of Convection in Phase Changing Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7996,51 +7996,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267375v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jourdy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guenadou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Seiler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.114352" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05016402v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Luna Valencia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V.S. Oliveira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Glantz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labergue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126955" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04410599v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chateau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112563" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04151013v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj-Achour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Ji" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagan Kewalramani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104518" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03921718v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leclerc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111888" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410412v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stiti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hervy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Castanet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Becker" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03210-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162585v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stemmelen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glantz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110383" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940079v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Oliveira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110828" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866663v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2020.115143" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032678v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemoine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120116" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433846v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2019.110388" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02082159v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Stiti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2672-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02152231v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pe&#241;a-Carrillo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oliveira" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Glantz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.06.012" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579535v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D Pena-Carillo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.07.029" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580485v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.01.041" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578971v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2014.11.018" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431049v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delconte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1527-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/14AFD3155906BD56FD302DB5D6F999578F15AFC3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570440v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1242-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570476v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tissot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Trinquet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2012.06.005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570436v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2011.02.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570426v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Depr&#233;durand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0828-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570410v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre Miron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wolff" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/19/10/105403" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05460701v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V S Oliveira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312926v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navdeep Singh" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820195v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amate--Vignon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raeth" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820316v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esteban Luna Valencia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V.S Oliveira" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-029" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415711v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415459v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727184v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Jourdy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Guenadou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Seiler" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727179v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03728116v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448681v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jourdy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guenadou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gradeck" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448628v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529904v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Repetto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-037" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530289v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luna" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5934" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433923v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pena Carrillo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. S. Oliveira" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02444727v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meignen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529839v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433931v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J David Pe&#241;a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388413v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097814v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01857473v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529820v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445616v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pena-Carillo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530191v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530147v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449540v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578987v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J D Pena-Carillo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530213v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417339v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444401v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Caballina" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.min.009574" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447127v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447030v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579529v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aiguier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.evp.009287" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439940v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lebouch&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446913v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Baillard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maigrat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446538v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446744v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794711v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Popinet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Itina" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cinquin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cordier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467196v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03798574v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V S Oliveira" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02404297v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Noel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012120v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267375v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jourdy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guenadou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Seiler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.114352" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05016402v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Luna Valencia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V.S. Oliveira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Glantz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labergue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126955" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04410599v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chateau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112563" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04151013v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj-Achour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Ji" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagan Kewalramani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104518" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03921718v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leclerc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111888" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410412v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stiti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hervy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Castanet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Becker" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03210-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162585v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stemmelen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glantz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110383" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866663v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2020.115143" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940079v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Oliveira" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110828" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032678v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemoine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120116" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433846v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2019.110388" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02082159v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Stiti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2672-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02152231v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pe&#241;a-Carrillo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oliveira" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Glantz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.06.012" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579535v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D Pena-Carillo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.07.029" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580485v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.01.041" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578971v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2014.11.018" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431049v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delconte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1527-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/14AFD3155906BD56FD302DB5D6F999578F15AFC3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570476v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tissot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Trinquet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2012.06.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570440v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1242-8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570436v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2011.02.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570426v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Depr&#233;durand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0828-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01570410v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petre Miron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wolff" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/19/10/105403" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05460701v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V S Oliveira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312926v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navdeep Singh" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820055v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esteban Luna Valencia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V.S Oliveira" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-029" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820316v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820195v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amate--Vignon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raeth" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415459v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415711v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727179v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03728116v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448681v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jourdy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guenadou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gradeck" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727184v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Jourdy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Guenadou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Seiler" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448628v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529904v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Repetto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-037" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530289v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luna" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5934" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433923v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pena Carrillo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. S. Oliveira" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02444727v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meignen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433931v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J David Pe&#241;a" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529839v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388413v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01857473v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529820v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097814v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445616v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pena-Carillo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530191v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530147v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449540v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578987v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J D Pena-Carillo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530213v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444401v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Caballina" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.min.009574" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417339v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447127v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447030v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579529v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aiguier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.evp.009287" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446913v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Baillard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maigrat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lebouch&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446538v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439940v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446744v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794711v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Popinet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Itina" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cinquin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Colin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cordier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467196v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03798574v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V S Oliveira" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02404297v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Noel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012120v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>