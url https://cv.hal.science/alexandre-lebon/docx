--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -744,287 +744,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04537220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why are Zn-rich Zn–Mg nanoalloys optimal protective coatings against corrosion? A first-principles study of the initial stages of the oxidation process</w:t>
+                <w:t xml:space="preserve">Ab initio study of lithium decoration of popgraphene and hydrogen storage capacity of the hybrid nanostructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Álvarez-Zapatero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Herrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Aguado</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.J. Gallego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1CP03447B⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (29), pp.15724-15737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.ijhydene.2021.02.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537495v1</w:t>
+                <w:t xml:space="preserve">hal-04537265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio study of lithium decoration of popgraphene and hydrogen storage capacity of the hybrid nanostructure</w:t>
+                <w:t xml:space="preserve">Why are Zn-rich Zn–Mg nanoalloys optimal protective coatings against corrosion? A first-principles study of the initial stages of the oxidation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Álvarez-Zapatero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Aguilera del Toro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Herrero</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">L.J. Gallego</w:t>
+                <w:t xml:space="preserve">A. Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 46 (29), pp.15724-15737. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (43), pp.24685-24698. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.ijhydene.2021.02.058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D1CP03447B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04537265v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen storage capacity of Li-decorated borophene and pristine graphene slit pores: A combined ab initio and quantum-thermodynamic study</w:t>
               </w:r>
@@ -1374,51 +1374,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are zinc clusters really amorphous? A detailed protocol for locating global minimum structures of clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1621,51 +1621,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale reactivity of Zn x Mg 20−x investigated by structural and electronic indicators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1841,51 +1841,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale reactivity of ZnxMg20−x investigated by structural and electronic indicators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2410,57 +2410,57 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ti-decorated zigzag graphene nanoribbons for hydrogen storage. A van der Waals-corrected density-functional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Lebon</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carrete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2478,125 +2478,125 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 40 (14), pp.4960-4968. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2014.12.134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/J.ijhydene.2014.12.134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03198955v1</w:t>
+                <w:t xml:space="preserve">hal-04537282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new magnetic superatom: Cr@Zn17</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2643,57 +2643,57 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ti-decorated zigzag graphene nanoribbons for hydrogen storage. A van der Waals-corrected density-functional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Lebon</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carrete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2711,125 +2711,125 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 40 (14), pp.4960-4968. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.ijhydene.2014.12.134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2014.12.134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537282v1</w:t>
+                <w:t xml:space="preserve">hal-03198955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zn17 Superatom Cage Doped with 3d Transition-Metal (TM) Impurities (TM = Sc, Ti, V, Cr, Mn, Fe, Co, Ni, and Cu)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2876,51 +2876,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insulating or metallic: Coexistence of different electronic phases in zinc clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3516,446 +3516,446 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04536874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic structure and transport properties of monatomic Fe chains in a vacuum and anchored to a graphene nanoribbon</w:t>
+                <w:t xml:space="preserve">Improvement of hydrogen uptake in iron and vanadium matrices by doping with 3d atomic impurities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Nguyen</w:t>
+                <w:t xml:space="preserve">N.B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A García-Fuente</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A Vega</w:t>
+                <w:t xml:space="preserve">A. Mokrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/24/45/455304⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 545, pp.19-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.07.100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537572v1</w:t>
+                <w:t xml:space="preserve">hal-03198957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen interaction in Pd-Pt alloy nanoparticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Lebon</w:t>
+                <w:t xml:space="preserve">Electronic structure and transport properties of monatomic Fe chains in a vacuum and anchored to a graphene nanoribbon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. García-Fuente</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Vega</w:t>
+                <w:t xml:space="preserve">A García-Fuente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Aguilera-Granja</w:t>
+                <w:t xml:space="preserve">L Gallego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp207329q⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (45), pp.455304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/24/45/455304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03198959v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of hydrogen uptake in iron and vanadium matrices by doping with 3d atomic impurities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrogen interaction in Pd-Pt alloy nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. García-Fuente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Mokrani</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aguilera-Granja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.07.100⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 116 (1), pp.126-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp207329q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03198957v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03198959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic structure and transport properties of monatomic Fe chains in a vacuum and anchored to a graphene nanoribbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. García-Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3973,51 +3973,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24 (45), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0953-8984/24/45/455304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03198958v1</w:t>
@@ -4028,132 +4028,132 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of hydrogen uptake in iron and vanadium matrices by doping with 3d atomic impurities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mokrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 545, pp.19-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/J.jallcom.2012.07.100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04537582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -4170,77 +4170,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen insertion in Pd core/Pt shell cubo-octahedral nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. García-Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aguilera-Granja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4268,261 +4268,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03198960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Interaction in Pd–Pt Alloy Nanoparticles</w:t>
+                <w:t xml:space="preserve">Hydrogen insertion in Pd core/Pt shell cubo-octahedral nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. García-Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aguilera-Granja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp207329q⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83 (12), pp.125427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.83.125427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537315v1</w:t>
+                <w:t xml:space="preserve">hal-04537543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen insertion in Pd core/Pt shell cubo-octahedral nanoparticles</w:t>
+                <w:t xml:space="preserve">Hydrogen Interaction in Pd–Pt Alloy Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. García-Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aguilera-Granja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.83.125427⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 116 (1), pp.126-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp207329q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537543v1</w:t>
+                <w:t xml:space="preserve">hal-04537315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab initio study of hydrogen insertion in ultrathin transition metal doped V films: Structural and electronic properties</w:t>
               </w:r>
@@ -4534,51 +4534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mokrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 81 (9), pp.094110-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4896,51 +4896,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between structure and magnetism in hydride iron-vanadium systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mokrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5000,51 +5000,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between structure and magnetism in hydride iron-vanadium systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mokrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7080,51 +7080,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexandre.lebon@univ-brest.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05086790v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Bego&#241;a Torres" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Enrique Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Javier Gallego" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Vega" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15090700" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586465v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Calvez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Torres" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Gallego" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vega" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.112172" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537220v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cabria" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2023.12.217" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537495v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. &#193;lvarez-Zapatero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguilera del Toro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguado" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP03447B" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537265v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Herrero" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2021.02.058" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214883v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Cabria" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.150019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537274v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. Aguilera-Del-Toro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2018.10.241" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.10.241" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198948v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. von Issendorff" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr05517c" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537442v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Aguado" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd von Issendorff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR05517C" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537481v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.corsci.2017.04.022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-784QXSX1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537500v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Orain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Memboeuf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b05399" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198949v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2017.04.022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01770456v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Orain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537472v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Iacobucci" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Angelis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201603518" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FLF6M5VQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01539212v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537454v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CP03753G" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198955v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carrete" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2014.12.134" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7P8TS0P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198954v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp03753g" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537282v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2014.12.134" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198952v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b08837" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198953v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201409835" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QHHD7GBQ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537491v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537308v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198956v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Longo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.05.018" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RHF0V74T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536874v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2013.05.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537572v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Garc&#237;a-Fuente" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gallego" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/24/45/455304" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198959v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garc&#237;a-Fuente" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aguilera-Granja" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp207329q" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198957v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.B. Nguyen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mokrani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.07.100" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7HQHV8Q-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198958v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537582v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.jallcom.2012.07.100" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198960v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.125427" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537315v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537543v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477326v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.094110" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537295v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lescop" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rioual" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.susc.2008.07.012" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-41QSCZVP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946229v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lescop" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537562v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.184401" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198961v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537552v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maljuk" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Damljanovi&#263;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulrich" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. Lin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.jcrysgro.2006.03.047" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZRG1G2H9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201582v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Adler" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Damljanovi&#252;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ulrich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bernhard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.094451" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114038v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dammak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Calvarin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/17/41/009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537508v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Dammak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Calvarin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201569v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Boris" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Pimenov" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.92.037202" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270842v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Dammak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/19/309" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537465v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Strempfer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-0248(03)01474-X" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HPW91G72-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537520v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270832v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ould Ahmedou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/14/29/305" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537514v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Ould Ahmedou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270840v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun El Marssi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Farhi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1329663" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537305v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Marssi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537590v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199908214875" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270831v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537536v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sacuto" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Colson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bertinotti" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Marucco" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4534(96)00091-3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGLQT33Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexandre.lebon@univ-brest.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05086790v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Bego&#241;a Torres" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Enrique Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Javier Gallego" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Vega" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15090700" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586465v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Calvez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Torres" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Gallego" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vega" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.112172" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537220v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cabria" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2023.12.217" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537265v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. &#193;lvarez-Zapatero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Herrero" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2021.02.058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537495v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguilera del Toro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguado" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP03447B" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214883v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Cabria" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.150019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537274v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. Aguilera-Del-Toro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2018.10.241" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.10.241" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198948v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. von Issendorff" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr05517c" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537442v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Aguado" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd von Issendorff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR05517C" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537481v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.corsci.2017.04.022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-784QXSX1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537500v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Orain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Memboeuf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b05399" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198949v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2017.04.022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01770456v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Orain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537472v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Iacobucci" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Angelis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201603518" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FLF6M5VQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01539212v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537454v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CP03753G" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537282v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carrete" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2014.12.134" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7P8TS0P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198954v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp03753g" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198955v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2014.12.134" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198952v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b08837" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198953v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201409835" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QHHD7GBQ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537491v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537308v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198956v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Longo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.05.018" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RHF0V74T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536874v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ijhydene.2013.05.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198957v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.B. Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mokrani" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.07.100" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7HQHV8Q-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537572v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Nguyen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Garc&#237;a-Fuente" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gallego" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vega" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/24/45/455304" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198959v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garc&#237;a-Fuente" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aguilera-Granja" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp207329q" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198958v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537582v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.jallcom.2012.07.100" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198960v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.125427" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537543v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537315v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477326v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.094110" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537295v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Salou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lescop" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rioual" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.susc.2008.07.012" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-41QSCZVP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946229v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lescop" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537562v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.184401" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03198961v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537552v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maljuk" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Damljanovi&#263;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulrich" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. Lin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.jcrysgro.2006.03.047" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZRG1G2H9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201582v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Adler" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Damljanovi&#252;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ulrich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bernhard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.094451" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114038v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dammak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Calvarin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/17/41/009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537508v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Dammak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Calvarin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201569v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Boris" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Pimenov" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.92.037202" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270842v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Dammak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/19/309" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537465v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Strempfer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-0248(03)01474-X" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HPW91G72-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537520v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270832v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ould Ahmedou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/14/29/305" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537514v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Ould Ahmedou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270840v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun El Marssi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Farhi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1329663" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537305v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Marssi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537590v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199908214875" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270831v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537536v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sacuto" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Colson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bertinotti" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Marucco" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4534(96)00091-3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LGLQT33Z-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>