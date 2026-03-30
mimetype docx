--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -100,563 +100,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering pro‐arrhythmogenic mechanisms of EPAC in human atrial cardiomyocytes</w:t>
+                <w:t xml:space="preserve">Evaluation of precalculated attenuation correction map for preclinical cardiac PET/MR using a 1H/23Na surface coil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Boileve</w:t>
+                <w:t xml:space="preserve">Hanan Rida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Aize</w:t>
+                <w:t xml:space="preserve">Mona Guetlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximin Détrait</w:t>
+                <w:t xml:space="preserve">Mikael Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Brard</w:t>
+                <w:t xml:space="preserve">Martin Haas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Leboyer</w:t>
+                <w:t xml:space="preserve">Alexandre Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, Online ahead of print. </w:t>
+              <w:t xml:space="preserve">EJNMMI Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1113/JP288835⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40658-025-00832-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05308199v1</w:t>
+                <w:t xml:space="preserve">hal-05500965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of precalculated attenuation correction map for preclinical cardiac PET/MR using a 1H/23Na surface coil</w:t>
+                <w:t xml:space="preserve">Deciphering pro‐arrhythmogenic mechanisms of EPAC in human atrial cardiomyocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanan Rida</w:t>
+                <w:t xml:space="preserve">Arthur Boileve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mona Guetlin</w:t>
+                <w:t xml:space="preserve">Margaux Aize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Naveau</w:t>
+                <w:t xml:space="preserve">Maximin Détrait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Haas</w:t>
+                <w:t xml:space="preserve">Laura Brard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Lebrun</w:t>
+                <w:t xml:space="preserve">Adrien Leboyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJNMMI Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40658-025-00832-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1113/JP288835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05500965v1</w:t>
+                <w:t xml:space="preserve">hal-05308199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of the TRPM4 Channel to Osteogenic Differentiation of Human Aortic Valve Interstitial Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Protection of the human aortic valve interstitial cells against radiation-induced remodeling by repression of the TRPM4 channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Aize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Brard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corentin Kerevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Arthur Boilève</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Brard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harlyne Mpweme Bangando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Heart Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14 (8), </w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 329 (5), pp.C1487-C1497. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/JAHA.124.038542⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/ajpcell.00535.2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05149143v1</w:t>
+                <w:t xml:space="preserve">hal-05409779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection of the human aortic valve interstitial cells against radiation-induced remodeling by repression of the TRPM4 channel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Contribution of the TRPM4 Channel to Osteogenic Differentiation of Human Aortic Valve Interstitial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Aize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Boilève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Brard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arthur Boilève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harlyne Mpweme Bangando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 329 (5), pp.C1487-C1497. </w:t>
+              <w:t xml:space="preserve">Journal of the American Heart Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpcell.00535.2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/JAHA.124.038542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05409779v1</w:t>
+                <w:t xml:space="preserve">hal-05149143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of loading, heart rate, and short episodes of ischaemia on myocardial stiffness assessed using shear wave elastography in an open-chest animal model</w:t>
               </w:r>
@@ -802,64 +802,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harlyne Mpweme Bangando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Simard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Aize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Manrique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1079,51 +1079,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308199v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boileve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Aize" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin D&#233;trait" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leboyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP288835" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500965v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Rida" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Guetlin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Naveau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Haas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebrun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40658-025-00832-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149143v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boil&#232;ve" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roussel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harlyne Mpweme Bangando" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.124.038542" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409779v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Kerevel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00535.2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04981779v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saloux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Simard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ruello" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaitre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hodzic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjimp/qyaf015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153761v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Manrique" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14184477" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500965v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Rida" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Guetlin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Naveau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Haas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebrun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40658-025-00832-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308199v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boileve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Aize" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin D&#233;trait" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leboyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP288835" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409779v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Kerevel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boil&#232;ve" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harlyne Mpweme Bangando" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00535.2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149143v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roussel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.124.038542" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04981779v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saloux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Simard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ruello" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaitre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hodzic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjimp/qyaf015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153761v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Manrique" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14184477" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>