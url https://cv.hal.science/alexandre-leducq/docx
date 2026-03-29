--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -385,165 +385,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Louis, l'autre Thiers</w:t>
+                <w:t xml:space="preserve">Deux provinciaux à Montmartre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leducq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brasero: revue de contre-histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, p. 40-47</w:t>
+              <w:t xml:space="preserve">Le Pays Sedanais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43, p. 119 - 140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378745v1</w:t>
+                <w:t xml:space="preserve">hal-05321711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux provinciaux à Montmartre</w:t>
+                <w:t xml:space="preserve">Pierre-Louis, l'autre Thiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leducq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Pays Sedanais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 43, p. 119 - 140</w:t>
+              <w:t xml:space="preserve">Brasero: revue de contre-histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, p. 40-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321711v1</w:t>
+                <w:t xml:space="preserve">hal-05378745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lectures et influences littéraires chez Dorgelès</w:t>
               </w:r>
@@ -771,165 +771,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donner et léguer à l'Ecole des beaux-arts de Paris : &amp;quot;Fournir la documentation iconographique nécessaire à l'instruction des élèves</w:t>
+                <w:t xml:space="preserve">Le Tractatus de herbis, un magnifique herbier peint du XIVème siècle: histoire et dernières découvertes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leducq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimoine, philanthropie, mécénat, XIXe-XXe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chancellerie des universités de Paris, Dec 2019, Paris, France. pp.303-318</w:t>
+              <w:t xml:space="preserve">Quinzièmes rencontres internationales du salon du dessin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence d'Evénements Culturels, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04280722v1</w:t>
+                <w:t xml:space="preserve">hal-04075280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Tractatus de herbis, un magnifique herbier peint du XIVème siècle: histoire et dernières découvertes.</w:t>
+                <w:t xml:space="preserve">Donner et léguer à l'Ecole des beaux-arts de Paris : &amp;quot;Fournir la documentation iconographique nécessaire à l'instruction des élèves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leducq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quinzièmes rencontres internationales du salon du dessin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agence d'Evénements Culturels, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Patrimoine, philanthropie, mécénat, XIXe-XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chancellerie des universités de Paris, Dec 2019, Paris, France. pp.303-318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075280v1</w:t>
+                <w:t xml:space="preserve">hal-04280722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1694,51 +1694,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378745v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leducq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321711v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849911v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984216v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11036-1.p.0035" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906758v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280722v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075280v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298001v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675147v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raban Maur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Chassey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ploton-Nicollet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906751v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208892v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906756v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910173v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134721v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321711v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leducq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378745v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849911v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984216v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11036-1.p.0035" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906758v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075280v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280722v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298001v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675147v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raban Maur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Chassey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ploton-Nicollet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906751v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208892v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906756v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910173v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134721v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>