--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -147,4553 +147,4553 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Endocannabinoids as potential biomarkers of sarcopeniac obesity in patients with severe obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bacquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">47th ESPEN Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05235634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rôle des endocannabinoïdes comme marqueurs biologiques de l'obésité sarcopénique chez les patients en situation d'obésité sévère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bacquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lipidomic profile analysis reveals new links to sarcopenic obesity criteria in the obesar cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maharajah Ponnaiah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">47th ESPEN Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05235652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration des liens entre le profil lipidomique circulant et l'obésité sarcopénique dans la cohorte OBESAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maharajah Ponnaiah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05423172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'éducation par la recherche : une nouvelle forme d'apprentissage pour les scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duri Agnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gueugneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Feillet-Coudray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13. Colloque Sciences et Technologies des Poudres (STP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Thierry Ruiz, Jun 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarcopenic Obesity And All-Cause Mortality In Middle-Aged And Older People: A Population-Based Study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Benz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESPEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Vienne (AUT), France. pp.477-478, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clnesp.2022.09.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rôle des vésicules extracellulaires dans la transmission des perturbations métaboliques entre les cellules adipeuses et les cellules musculaires : approche in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Rencontres Clermontoises sur les Vésicules Extracellulaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurent-Emmanuel MONFOULET-INRAE-UNH (Organisateur), Feb 2022, Clermont-Ferrand, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ev22-co05⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muscle lipotoxicity on sarcopenia development in a model of collagen-induced arthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Béchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Wittrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congress of the European-League-Against-Rheumatism (EULAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Amsterdam, Netherlands. pp.259-259, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/annrheumdis-2018-eular.5978⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01916907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reversion of muscle lipotoxicity by LC n-3 PUFAs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assises du Département Alimh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Arêches, France. n.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ALA, EPA and DHA differentially Modulate Palmitate-induced Lipotoxicity through Alterations of its Metabolism and Storage in C12C12 Muscle Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Brugère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12. Euro Fed Lipid Congress on oils, Fats and Lipids: From Lipidomics to Industrial Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation for the Science and Technology of Lipids. Frankfurt, DEU., Sep 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les acides gras ω 3 a longue chaîne réduisent la lipotoxicité induite par le palmitate en modifiant son métabolisme et son stockage dans la cellule musculaire c2c12</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques de l’ Institut Multidisciplinaire de Biochimie des Lipides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Multidisciplinaire de Biochimie des Lipides (IMBL). Villeurbanne, FRA., Jun 2014, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oméga-3, Obésité et Syndrome Métabolique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Assises de Nutrition et Metabolisme Rhône-Alpes-Auvergne Lyon, Grenoble, Clermont - Ferrand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Saint Galmier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FLOT chemotherapy treatment affects adipocyte’s lipid metabolism: an in vitro study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruddy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Brac de la Perrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Bacoeur-Ouzillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Touron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adipocyte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 14 (1), pp.2518285. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/21623945.2025.2518285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondrial respiration in white adipose tissue is dependent on body mass index and tissue location in patients undergoing oncological or parietal digestive surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Bacoeur-Ouzillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Touron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Mezher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Cassagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FASEB Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 39 (2), pp.e70350. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1096/fj.202402243R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05446705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des acides gras polyinsaturés oméga-3 sur le tissu adipeux blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 59 (6), pp.379-385. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cnd.2024.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of factors associated with sarcopenic obesity development: Literature review and expert panel voting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Antonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 43 (6), pp.1414-1424. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.clnu.2024.04.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04631372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarcopenia and Sarcopenic Obesity and Mortality Among Older People</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Benz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JAMA Network Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 7 (3), pp.e243604. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2024.3604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04631374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des protéines et des acides aminés au cours de l’obésité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Boirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine des Maladies Métaboliques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 18 (8), pp.674-679. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mmm.2024.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05397763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the functional detection of sarcopenic obesity: prevalence and handgrip scoring in the OBESAR cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Miolanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Gentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 32 (12), pp.2237-2245. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/oby.24157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemotherapy effects on mitochondrial function in adipose tissue in oesophageal and gastroesophageal junction adenocarcinomas with or without associated cachexia: protocol for a prospective, comparative observational study (ChiFMeOE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Bacoeur-Ouzillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Touron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (10), pp.e086686. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-086686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeting the gut to prevent and counteract metabolic disorders and pathologies during aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Milenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 63 (32), pp.11185-11210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10408398.2022.2089870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03895796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarcopenic obesity: major steps and promising outlooks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Boirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Walrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 37 (2), pp.2S34-2S39. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0985-0562(24)00009-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein and amino acids in obesity: friends or foes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Boirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Clinical Nutrition and Metabolic Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 26 (6), pp.508-513. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/MCO.0000000000000978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04602279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational supplementation with eicosapentaenoic acid reduced the metabolic consequences on the whole body and skeletal muscle in mice receiving an obesogenic diet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Adipose Tissue Dysfunctions in Response to an Obesogenic Diet Are Reduced in Mice after Transgenerational Supplementation with Omega 3 Fatty Acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00394-021-02502-6⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (12), pp.838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo11120838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03180100v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adipose Tissue Dysfunctions in Response to an Obesogenic Diet Are Reduced in Mice after Transgenerational Supplementation with Omega 3 Fatty Acids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Transgenerational supplementation with eicosapentaenoic acid reduced the metabolic consequences on the whole body and skeletal muscle in mice receiving an obesogenic diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Rigaudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystèle Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Montaurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo11120838⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00394-021-02502-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03514305v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03180100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Integrated Analysis of miRNA and Gene Expression Changes in Response to an Obesogenic Diet to Explore the Impact of Transgenerational Supplementation with Omega 3 Fatty Acids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+                <w:t xml:space="preserve">Lipid accumulation and mitochondrial abnormalities are associated with fiber atrophy in skeletal muscle of rats with collagen-induced arthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu12123864⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1865 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2019.158574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03100700v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02394660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid accumulation and mitochondrial abnormalities are associated with fiber atrophy in skeletal muscle of rats with collagen-induced arthritis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Chevenet</w:t>
+                <w:t xml:space="preserve">An Integrated Analysis of miRNA and Gene Expression Changes in Response to an Obesogenic Diet to Explore the Impact of Transgenerational Supplementation with Omega 3 Fatty Acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karla Fabiola Corral-Jara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2019.158574⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (12), pp.3864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu12123864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02394660v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03100700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accumulation of intramuscular toxic lipids, a link between fat mass accumulation and sarcopenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Walrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 26, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/ocl/2019023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of Insulin Resistance and the Adipocyte-Skeletal Muscle Cell Cross-Talk by LCn-3PUFA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystele Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 19 (9), pp.2778. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+              <w:t xml:space="preserve">, 2018, 19 (9), pp.E2778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms19092778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182404v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of Insulin Resistance and the Adipocyte-Skeletal Muscle Cell Cross-Talk by LCn-3PUFA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystèle Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 19 (9), pp.E2778. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+              <w:t xml:space="preserve">, 2018, 19 (9), pp.2778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms19092778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621766v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N − 3PUFA differentially modulate palmitate-induced lipotoxicity through alterations of its metabolism in C2C12 muscle cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">EPA prevents fat mass expansion and metabolic disturbances in mice fed with a Western diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Corinne Malpuech-Brugère</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystele Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah de Saint Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - Molecular and Cell Biology of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2015.10.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57 (8), pp.1382-1397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.M065458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182434v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N−3PUFA differentially modulate palmitate-induced lipotoxicity through alterations of its metabolism in C2C12 muscle cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">N − 3PUFA differentially modulate palmitate-induced lipotoxicity through alterations of its metabolism in C2C12 muscle cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corinne Brugère</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Malpuech-Brugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - Molecular and Cell Biology of Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 1861 (1), pp.12-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bbalip.2015.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594463v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EPA prevents fat mass expansion and metabolic disturbances in mice fed with a Western diet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">N−3PUFA differentially modulate palmitate-induced lipotoxicity through alterations of its metabolism in C2C12 muscle cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sarah de Saint Vincent</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Brugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1194/jlr.M065458⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1861 (1), pp.12-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2015.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464071v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">n-3 polyunsaturated fatty acids modulate metabolism of insulin-sensitive tissues: implication for the prevention of type 2 diabetes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physiology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 70 (2), pp.647-658. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13105-013-0303-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01002235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Enriched Environment on COX-2, Leptin and Eicosanoids in a Mouse Model of Breast Cancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Effects of enriched environment on COX-2, leptin and eicosanoids in a mouse model of breast cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachida Nachat-Kappes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristell Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Chantal Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 7 (12), pp.e51525. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+              <w:t xml:space="preserve">, 2012, 7 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0051525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182399v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of enriched environment on COX-2, leptin and eicosanoids in a mouse model of breast cancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Effects of Enriched Environment on COX-2, Leptin and Eicosanoids in a Mouse Model of Breast Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachida Nachat-Kappes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristell Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Chantal Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 7 (12), </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+              <w:t xml:space="preserve">, 2012, 7 (12), pp.e51525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0051525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...1398 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...75 lines deleted...]
-                <w:t xml:space="preserve">hal-02746057v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4711,103 +4711,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevalence Of Sarcopenic Obesity According To The Definition And Diagnosis Criteria Of ESPEN/EASO Consensus Statement: The Rotterdam Study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Benz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESPEN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Vienne (AUT), France. 54, pp.658, 2023, </w:t>
@@ -4845,103 +4845,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification Of Factors Related With Sarcopenic Obesity Phenotype: An Extensive Literature-Based Analyses In The So-Nuts European Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Antonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESPEN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Vienne (AUT), France. 54, pp.653, 2023, </w:t>
@@ -4979,103 +4979,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplémentation en AGPI n-3 sur 3 génération, intérêt vis-à-vis du développement de l’obésité et des troubles métaboliques associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Huertas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34. Journées Scientifiques de l’AFERO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Lyon, France. 2018</w:t>
@@ -5104,90 +5104,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of p38MAPK in palmitate-induced inflammation in C2C12 muscle cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Congress on Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Vancouver, Canada. Obesity Reviews, 17 (suppl. S2), pp.1-215, 2016, Obesity Reviews. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5227,1145 +5227,1145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’EPA prévient l’insulino-résistance et l’intolérance au glucose chez la souris sous régime hyperlipidique et hypersucré</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Role of P38MAPK in palmitate-induced inflammation in C2C12 muscle cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journée Scientifique du CRNH Auvergne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Clermont-Ferrand, France. 2015, 8ème Journée Scientifique du CRNH Auvergne</w:t>
+              <w:t xml:space="preserve">12. European Nutrition Conference FENS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">KARGER</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annals of Nutrition and Metabolism, 67, 601.p, 2015, 12th European Nutrition Conference (FENS)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01260297v1</w:t>
+                <w:t xml:space="preserve">hal-02739094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EPA prevents adipose tissue expansion in mice fed a high fat-high sucrose diet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">EPA prevents insulin resistance and glucose intolerance in mice fed a high fat-high sucrose diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystele Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. European Nutrition Conference FENS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Berlin, Germany. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">KARGER</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annals of Nutrition and Metabolism, 67, 601 p., 2015, 12th European Nutrition Conference (FENS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KARGER</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01223535v1</w:t>
+                <w:t xml:space="preserve">hal-02739867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EPA prevents insulin resistance and glucose intolerance in mice fed a high fat-high sucrose diet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">L’EPA prévient l’insulino-résistance et l’intolérance au glucose chez la souris sous régime hyperlipidique et hypersucré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystele Jouve</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. European Nutrition Conference FENS 2015</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Annals of Nutrition and Metabolism, 67, 601 p., 2015, 12th European Nutrition Conference (FENS)</w:t>
+              <w:t xml:space="preserve">8. Journée Scientifique du CRNH Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Clermont-Ferrand, France. 2015, 8ème Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739867v1</w:t>
+                <w:t xml:space="preserve">hal-01260297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of P38MAPK in palmitate-induced inflammation in C2C12 muscle cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">EPA prevents adipose tissue expansion in mice fed a high fat-high sucrose diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystele Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. European Nutrition Conference FENS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Berlin, Germany. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">KARGER</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annals of Nutrition and Metabolism, 67, 601.p, 2015, Annals of Nutrition and Metabolism</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KARGER</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02739094v1</w:t>
+                <w:t xml:space="preserve">hal-01223535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les acides gras omega-3 à longue chaîne réduisent la lipotoxicité induite par le palmitate en modiﬁant son métabolisme et son stockage dans la cellule musculaire C2C12</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Le DHA restore la sensibilité musculaire à l’insuline en inhibant l’activation de la PKC-theta par les céramides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Acquaviva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Corinne Malpuech Brugere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Bruxelles, Belgique. , Nutrition Clinique et Métabolisme, 28 (suppl.1), 2014, 12es Journées francophones de nutrition. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0985-0562(14)70790-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0985-0562(14)70797-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742098v1</w:t>
+                <w:t xml:space="preserve">hal-02739984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact differentiel des acides gras N-3, ALA, EPA et DHA sur la lipotoxicité induite par le palmitate dans le muscle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Effets comparatifs des acides gras omega-3 (ALA, EPA, DHA) sur la sensibilité à l’insuline des cellules musculaires C2C12 dans un contexte lipotoxique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Rencontres Scientifiques CENS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Lyon, France. 2014, Premières Rencontres Scientifiques CENS</w:t>
+              <w:t xml:space="preserve">Journées de l'école doctorale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lyon, France. 2014, Journées de l'école doctorale - 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738673v1</w:t>
+                <w:t xml:space="preserve">hal-01190095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le DHA restore la sensibilité musculaire à l’insuline en inhibant l’activation de la PKC-theta par les céramides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Les acides gras omega-3 à longue chaîne réduisent la lipotoxicité induite par le palmitate en modiﬁant son métabolisme et son stockage dans la cellule musculaire C2C12</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Acquaviva</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+                <w:t xml:space="preserve">Corinne Malpuech Brugere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Bruxelles, Belgique. , Nutrition Clinique et Métabolisme, 28 (suppl.1), 2014, 12es Journées francophones de nutrition. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0985-0562(14)70797-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0985-0562(14)70790-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739984v1</w:t>
+                <w:t xml:space="preserve">hal-02742098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets comparatifs des acides gras omega-3 (ALA, EPA, DHA) sur la sensibilité à l’insuline des cellules musculaires C2C12 dans un contexte lipotoxique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Impact differentiel des acides gras N-3, ALA, EPA et DHA sur la lipotoxicité induite par le palmitate dans le muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Laillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Malpuech Brugere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'école doctorale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Lyon, France. 2014, Journées de l'école doctorale - 2014</w:t>
+              <w:t xml:space="preserve">1. Rencontres Scientifiques CENS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lyon, France. 2014, Premières Rencontres Scientifiques CENS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190095v1</w:t>
+                <w:t xml:space="preserve">hal-02738673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oméga-3, Obésité et Syndrome Métabolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Brugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Clermont - Ferrand, France. , 2013, 6ème Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6422,64 +6422,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THU0071 Muscle lipotoxicity on sarcopenia development in a model of collagen-induced arthritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6501,51 +6501,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Wittrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">/</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BMJ Publishing Group Ltd and European League Against Rheumatism, pp.259.2-259, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/annrheumdis-2018-eular.5978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04000340v1</w:t>
@@ -6588,51 +6588,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude comparative des effets biologiques des acides gras polyinsaturés n-3 (ALA, EPA, DUA) : importance dans la prévention de l'obésité et du syndrome métabolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alimentation et Nutrition. Université d'Auvergne - Clermont-Ferrand I, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6899,51 +6899,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F86DFC28"/>
+    <w:nsid w:val="945389C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7130,51 +7130,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-pinel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-2643-8644" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195460596" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05236092v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Guerrier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruddy Richard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Brac de la Perri&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Bacoeur-Ouzillou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Touron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21623945.2025.2518285" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05446705v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mezher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202402243R" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04730873v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pinel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2024.05.004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631372v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pinel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pouget" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Antonio" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2024.04.033" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631374v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Benz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2024.3604" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397763v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2024.10.004" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881443v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pouget" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Miolanne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gentes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Picard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.24157" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04871245v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-086686" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03895796v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2089870" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523561v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Walrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(24)00009-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04602279v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MCO.0000000000000978" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03180100v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-021-02502-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514305v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11120838" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03100700v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Fabiola Corral-Jara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cantini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Ye" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12123864" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394660v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vial" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wauquier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevenet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2019.158574" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154614v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2019023" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182404v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19092778" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621766v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystele Jouve" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182434v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pouyet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech-Brug&#232;re" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.10.003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594463v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brug&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464071v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pitois" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah de Saint Vincent" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M065458" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002235v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-013-0303-2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182399v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Nachat-Kappes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Combe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lamas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Farges" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051525" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651455v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05316462v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bacquer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423172v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharajah Ponnaiah" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05235652v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05235634v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877019v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duri Agn&#232;s" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Feillet-Coudray" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cassan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186911v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Benz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnesp.2022.09.066" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03561339v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ev22-co05" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916907v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wittrant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2018-eular.5978" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065489v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190094v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743753v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746057v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186923v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnesp.2022.09.585" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186898v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnesp.2022.09.571" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723927v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huertas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595375v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.12398" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-87LH20W0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260297v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223535v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karger.com/Book/Home/271181" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739867v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karger.com/Journal/Issue/271185" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739094v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742098v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech Brugere" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70790-3" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738673v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739984v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Acquaviva" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70797-6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190095v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748235v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000340v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bechet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wauquier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Wittrant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801592v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800578v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tankan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Braconnier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Darie" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Villot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gaudin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-pinel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-2643-8644" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195460596" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05235634v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bacquer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pinel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pouget" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05316462v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05235652v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharajah Ponnaiah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423172v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877019v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duri Agn&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Feillet-Coudray" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cassan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186911v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Benz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnesp.2022.09.066" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03561339v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ev22-co05" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916907v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vial" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wauquier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wittrant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2018-eular.5978" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065489v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pouyet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190094v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brug&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743753v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746057v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05236092v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Guerrier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruddy Richard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Brac de la Perri&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Bacoeur-Ouzillou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Touron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21623945.2025.2518285" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05446705v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Mezher" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202402243R" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04730873v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2024.05.004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pinel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pouget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Antonio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2024.04.033" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631374v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Benz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2024.3604" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397763v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2024.10.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881443v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Miolanne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gentes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Picard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.24157" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04871245v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-086686" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03895796v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2089870" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523561v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Walrand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(24)00009-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04602279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MCO.0000000000000978" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514305v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11120838" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03180100v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-021-02502-6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394660v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevenet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2019.158574" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03100700v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Fabiola Corral-Jara" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cantini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Ye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12123864" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154614v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2019023" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystele Jouve" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19092778" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182404v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464071v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pitois" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah de Saint Vincent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M065458" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182434v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech-Brug&#232;re" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.10.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594463v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002235v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-013-0303-2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651455v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Nachat-Kappes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Combe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lamas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Farges" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051525" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182399v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186923v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnesp.2022.09.585" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186898v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnesp.2022.09.571" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723927v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huertas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595375v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.12398" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-87LH20W0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739094v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karger.com/Journal/Issue/271185" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739867v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260297v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223535v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.karger.com/Book/Home/271181" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739984v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Acquaviva" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70797-6" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190095v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742098v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Malpuech Brugere" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70790-3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738673v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748235v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000340v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bechet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wauquier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Wittrant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801592v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800578v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tankan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Braconnier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Darie" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Villot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gaudin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>