--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alexandre Portron </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « fait de la création » en droit de la propriété littéraire et artistique : une proposition de lecture réaliste de l’article L. 111-2 du Code de la propriété intellectuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de Poitiers, Faculté de droit et de sciences sociales, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03371633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traité de droit conventionnel international concernant la propriété industrielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 444 p., 2025, Bibliothèque Dalloz, 978-2-247-23223-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création artistique & littéraire et le droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dalloz. 2022, Biblothèque Dalloz</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fait de la création en droit d'auteur français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ, un savoir-faire de Lextenso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, t. 606, 363 p., 2021, Bibliothèque de droit privé, 978-2-275-08825-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant ou la défense et illustration de la langue française… diplomatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adrien Lauba; Christine Baron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les diplomates littérateurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes sur une application de la distinction otium-negotium au droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux et Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, p. 7-13, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’objet codifié au prisme du plan du Code</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Codifier la propriété intellectuelle : réflexions à l’occasion des 30 ans du Code de la Propriété Intellectuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, p. 17-25, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’existence des droits de propriété intellectuelle : une épée de Damoclès juridique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les incertitudes de la propriété intellectuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, p. 141-148, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire (au juriste) ce que l’on a créé : une proposition d’approche des formes créatives par la sémiophysique de René Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue, langage et droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, p. 285-296, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que le droit d’auteur doit aux doctrines esthétiques de l’humanisme italien : à propos d’un « chaînon manquant » dans l’histoire des fondements de la propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanisme et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.77-97, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'article L. 111-2 du Code de la propriété intellectuelle ou la définition de la création en préalable à la propriété du créateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le code de la propriété intellectuelle en dix articles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le beau dans la protection du droit d’auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La beauté : aspects politiques et juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, pp.137-147, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vérité au fond du puits du droit (d'auteur) [Note sous : Cass. 2e civ., 28 mars 2024, n° 22-15.547, ECLI:FR:CCASS:2024:C200054, F-B]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'homme de loi soignant du corps social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers François Citoys : Études et recherches sanitaires et médico-sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Droit médical et cinéma, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;lt;i&amp;gt;kairos&amp;lt;/i&amp;gt; dans la création photographique « &amp;lt;i&amp;gt;sur le vif&amp;lt;/i&amp;gt; » [Note sous : TJ Paris, 3e ch., 1re sect., 11 mai 2023, n° 21/06001]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 37 (1261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Argumentations autour de l'originalité d'un ouvrage historique [Observations sous : CA Bordeaux, 2 mai 2023, n. 20/02868]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créativité mercatique et droit d’auteur [Note sous : TJ Paris, 3e ch., 2e sect., 1er décembre 2023, n° 21/10657]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 37 (1261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété litteraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanja Petelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Zollinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassili Bézier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 06 (1044)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit d’auteur sur les normes harmonisées [Note sous : Trib. UE, 14 juill. 2021, aff. T-185/19, Public.Resource.Org, Inc. et Right to Know CLG c/ Commission européenne, ECLI:EU:T:2021:445]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04002841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation d'une chanson populaire dans un film à succès [Observations sous : CA Paris, pôle 5, ch. 2, 11 mars 2022, n. 20/09922]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique [Chronique rédigée par : Centre d’études et de coopération juridique interdisciplinaire (UR 20418)]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaudrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanja Petelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cuillère de Socrate ou l'appréciation judiciaire du processus créatif en droit d'auteur [Note sous : CA Paris, pôle 5, ch. 2, 15 avr. 2022, n° 20/07813]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 37 (1300)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété intellectuelle - Propriété littéraire et artistique - Chronique rédigée par Centre d'études et de coopération juridique interdisciplinaire (UR 21665)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Amrane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Fourka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allegro ma non troppo ! [Observations sous : CA Paris, pôle 5, ch. 2, 3 déc. 2021, n° 20/04760]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduttore, traditore ! [Observations sous : CA Paris, pôle 5, ch. 1, 29 juin 2021, n° 18/21198]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inconfortable assise du design dans le droit d'auteur [Note sous : Cass. 1re civ., 7 oct. 2020, n. 18-19.441]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1440</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaise Tulip ou le langage des fleurs : perspectives transatlantiques sur les divergences de la notion d’œuvre entre droit d’auteur français et copyright américain [Note sous : Cass. 1re civ., 7 oct. 2020, n. 18-19.441]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1239</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique [chronique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Amrane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Binctin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Chérigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 40 (1440)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le centenaire d’un ouvrage oublié : La création artistique et littéraire et le droit de Marcel Plaisant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale du droit d'auteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.17-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du signifié véhiculé par le signe constitutif de la marque [Note sous : CJUE, 23 avr. 2020, aff. C-237/19, Gömböc Kutató, Szolgáltató és Kereskedelmi Kft. c. Szellemi Tulajdon Nemzeti Hivatala, ECLI:EU:C:2020:296]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 39 (1359)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant ou la nature et les Anciens comme sources des « droits de la pensée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers poitevins d'Histoire du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.263-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’unité de l’art permet la reconnaissance implicite de la nature intelligible de l’œuvre en droit d’auteur européen [Note sous : CJUE, 5e ch., 11 juin 2020, aff. C-833/18, Brompton Bicycle Ltd c. Chedech/Get2Get, ECLI:EU:C:2020:461]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 41 (1385)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le collier d’Harmonie : une brève contribution au dialogue des droits européen et français dans la construction de l’œuvre comme notion autonome de l’Union [Note sous : CJUE, 12 sept. 2019, aff. C-683/17, Cofemel – Sociedade de Vestuário SA c. G-Star Raw CV, ECLI:EU:C:2019:721]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n° 52 (1509)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indifférence de la réalisation sur la qualité de l’œuvre [Note sous : Cass. 1re civ., 11 mai 2017, n° 16-13.427, ECLI:FR:CCASS:2017:C100564]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rejet de la qualité d’œuvre pour des transcriptions de textes médiévaux [Note sous : CA Paris, pôle 5, 2e ch., 9 juin 2017, RG n° 16/00005]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaudrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Marchadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absence d’originalité d’un jardin [Note sous : TGI Paris, 3e ch., 1re sect., 10 nov. 2016, n° 15/17625]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, n° 35 (1457)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murat et le Code Napoléon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cavalier et roi : bulletin des Amis du musée Murat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48, pp.19-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique [chronique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Binctin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bossan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, n° 35 (1457)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vente de reproductions d’œuvres transférées sur toile [Note sous : CJUE, 22 janv. 2015, aff. C-419/13, Art & Allposters Internationnal BV c. Stichting Pictoright, ECLI:EU:C:2015:27]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n° 5 (1078)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Chérigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaudrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n° 5 (1078)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur le principe de spécialité des cessions [Note sous : Cass. 1re civ., 13 nov. 2014, n° 10-28.023, SPEDIDAM c. Idéale Audience International et a., ECLI:FR:CCASS:2014:C101334]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n° 31-35 (1389)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Délali Adjalle-Dadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n° 31-35 (1389)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03845271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Net Neutrality to Technological Neutrality: What Axiological Neutrality for the 21st Century Connected Scholar?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Access to knowledge: doing philosophy in the Age of Google and ChatGPT [‘Channels of Digital Scholarship’ Seminar]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison française d'Oxford, Feb 2025, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit d'auteur saisi par l'intelligence artificielle. Réflexions sur l'automaticité de la réalisation de la conception de l'auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Machinations : dispositifs, algorithmes et autres rouages en arts et médias ». Dans le cadre de la Semaine des arts et médias (SAM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFR Arts et médias. Université Sorbonne Nouvelle, Mar 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création au regard du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires contemporains de la création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’Études et de Recherches Interdisciplinaires en Lettres, Arts et Cinéma (CERILAC, URP 441), Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La main et la manière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La matière du corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Jean Carbonnier; Réseau des Diplômes de Droit et Philosophie (RDD-Phi); Centre d’études et de recherches en droit des procédures (CERDP) (Université Côte d’Azur), Feb 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photography and artificial intelligence as tools for authors: the same old legal questions all over again?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Press the shutter, type the prompt. Photography in times of artificial intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison française d'Oxford, May 2024, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syllogisme juridique ou épichérème juridique ? Sur la méthode du cas pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620404v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId78"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Alexandre Portron </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « fait de la création » en droit de la propriété littéraire et artistique : une proposition de lecture réaliste de l’article L. 111-2 du Code de la propriété intellectuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de Poitiers, Faculté de droit et de sciences sociales, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03371633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traité de droit conventionnel international concernant la propriété industrielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 444 p., 2025, Bibliothèque Dalloz, 978-2-247-23223-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création artistique & littéraire et le droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dalloz. 2022, Biblothèque Dalloz</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fait de la création en droit d'auteur français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ, un savoir-faire de Lextenso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, t. 606, 363 p., 2021, Bibliothèque de droit privé, 978-2-275-08825-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant ou la défense et illustration de la langue française… diplomatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adrien Lauba; Christine Baron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les diplomates littérateurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes sur une application de la distinction otium-negotium au droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux et Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, p. 7-13, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’objet codifié au prisme du plan du Code</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Codifier la propriété intellectuelle : réflexions à l’occasion des 30 ans du Code de la Propriété Intellectuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, p. 17-25, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’existence des droits de propriété intellectuelle : une épée de Damoclès juridique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les incertitudes de la propriété intellectuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, p. 141-148, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire (au juriste) ce que l’on a créé : une proposition d’approche des formes créatives par la sémiophysique de René Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue, langage et droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, p. 285-296, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que le droit d’auteur doit aux doctrines esthétiques de l’humanisme italien : à propos d’un « chaînon manquant » dans l’histoire des fondements de la propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanisme et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.77-97, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'article L. 111-2 du Code de la propriété intellectuelle ou la définition de la création en préalable à la propriété du créateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le code de la propriété intellectuelle en dix articles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le beau dans la protection du droit d’auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La beauté : aspects politiques et juridiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, pp.137-147, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vérité au fond du puits du droit (d'auteur) [Note sous : Cass. 2e civ., 28 mars 2024, n° 22-15.547, ECLI:FR:CCASS:2024:C200054, F-B]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'homme de loi soignant du corps social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers François Citoys : Études et recherches sanitaires et médico-sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Droit médical et cinéma, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;lt;i&amp;gt;kairos&amp;lt;/i&amp;gt; dans la création photographique « &amp;lt;i&amp;gt;sur le vif&amp;lt;/i&amp;gt; » [Note sous : TJ Paris, 3e ch., 1re sect., 11 mai 2023, n° 21/06001]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 37 (1261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Argumentations autour de l'originalité d'un ouvrage historique [Observations sous : CA Bordeaux, 2 mai 2023, n. 20/02868]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créativité mercatique et droit d’auteur [Note sous : TJ Paris, 3e ch., 2e sect., 1er décembre 2023, n° 21/10657]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 37 (1261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété litteraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanja Petelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Zollinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassili Bézier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 06 (1044)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit d’auteur sur les normes harmonisées [Note sous : Trib. UE, 14 juill. 2021, aff. T-185/19, Public.Resource.Org, Inc. et Right to Know CLG c/ Commission européenne, ECLI:EU:T:2021:445]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04002841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation d'une chanson populaire dans un film à succès [Observations sous : CA Paris, pôle 5, ch. 2, 11 mars 2022, n. 20/09922]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1260</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique [Chronique rédigée par : Centre d’études et de coopération juridique interdisciplinaire (UR 20418)]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaudrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanja Petelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 6 (1045)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cuillère de Socrate ou l'appréciation judiciaire du processus créatif en droit d'auteur [Note sous : CA Paris, pôle 5, ch. 2, 15 avr. 2022, n° 20/07813]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 37 (1300)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété intellectuelle - Propriété littéraire et artistique - Chronique rédigée par Centre d'études et de coopération juridique interdisciplinaire (UR 21665)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Amrane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Fourka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allegro ma non troppo ! [Observations sous : CA Paris, pôle 5, ch. 2, 3 déc. 2021, n° 20/04760]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduttore, traditore ! [Observations sous : CA Paris, pôle 5, ch. 1, 29 juin 2021, n° 18/21198]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 31-35 (1280)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inconfortable assise du design dans le droit d'auteur [Note sous : Cass. 1re civ., 7 oct. 2020, n. 18-19.441]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1440</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique [chronique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Amrane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Binctin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Chérigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 40 (1440)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaise Tulip ou le langage des fleurs : perspectives transatlantiques sur les divergences de la notion d’œuvre entre droit d’auteur français et copyright américain [Note sous : Cass. 1re civ., 7 oct. 2020, n. 18-19.441]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1239</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du signifié véhiculé par le signe constitutif de la marque [Note sous : CJUE, 23 avr. 2020, aff. C-237/19, Gömböc Kutató, Szolgáltató és Kereskedelmi Kft. c. Szellemi Tulajdon Nemzeti Hivatala, ECLI:EU:C:2020:296]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 39 (1359)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le centenaire d’un ouvrage oublié : La création artistique et littéraire et le droit de Marcel Plaisant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale du droit d'auteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.17-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Plaisant ou la nature et les Anciens comme sources des « droits de la pensée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers poitevins d'Histoire du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.263-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’unité de l’art permet la reconnaissance implicite de la nature intelligible de l’œuvre en droit d’auteur européen [Note sous : CJUE, 5e ch., 11 juin 2020, aff. C-833/18, Brompton Bicycle Ltd c. Chedech/Get2Get, ECLI:EU:C:2020:461]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 41 (1385)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le collier d’Harmonie : une brève contribution au dialogue des droits européen et français dans la construction de l’œuvre comme notion autonome de l’Union [Note sous : CJUE, 12 sept. 2019, aff. C-683/17, Cofemel – Sociedade de Vestuário SA c. G-Star Raw CV, ECLI:EU:C:2019:721]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n° 52 (1509)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indifférence de la réalisation sur la qualité de l’œuvre [Note sous : Cass. 1re civ., 11 mai 2017, n° 16-13.427, ECLI:FR:CCASS:2017:C100564]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rejet de la qualité d’œuvre pour des transcriptions de textes médiévaux [Note sous : CA Paris, pôle 5, 2e ch., 9 juin 2017, RG n° 16/00005]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaudrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Marchadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 29 (1406)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absence d’originalité d’un jardin [Note sous : TGI Paris, 3e ch., 1re sect., 10 nov. 2016, n° 15/17625]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, n° 35 (1457)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murat et le Code Napoléon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cavalier et roi : bulletin des Amis du musée Murat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48, pp.19-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique [chronique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Binctin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bossan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Delayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, n° 35 (1457)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vente de reproductions d’œuvres transférées sur toile [Note sous : CJUE, 22 janv. 2015, aff. C-419/13, Art & Allposters Internationnal BV c. Stichting Pictoright, ECLI:EU:C:2015:27]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n° 5 (1078)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Chérigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaudrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n° 5 (1078)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur le principe de spécialité des cessions [Note sous : Cass. 1re civ., 13 nov. 2014, n° 10-28.023, SPEDIDAM c. Idéale Audience International et a., ECLI:FR:CCASS:2014:C101334]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n° 31-35 (1389)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriété littéraire et artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Délali Adjalle-Dadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Guillemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eugénie Laporte-Legeais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n° 31-35 (1389)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03845271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Net Neutrality to Technological Neutrality: What Axiological Neutrality for the 21st Century Connected Scholar?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Access to knowledge: doing philosophy in the Age of Google and ChatGPT [‘Channels of Digital Scholarship’ Seminar]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison française d'Oxford, Feb 2025, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit d'auteur saisi par l'intelligence artificielle. Réflexions sur l'automaticité de la réalisation de la conception de l'auteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bougerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Machinations : dispositifs, algorithmes et autres rouages en arts et médias ». Dans le cadre de la Semaine des arts et médias (SAM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFR Arts et médias. Université Sorbonne Nouvelle, Mar 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création au regard du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires contemporains de la création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’Études et de Recherches Interdisciplinaires en Lettres, Arts et Cinéma (CERILAC, URP 441), Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La main et la manière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La matière du corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Jean Carbonnier; Réseau des Diplômes de Droit et Philosophie (RDD-Phi); Centre d’études et de recherches en droit des procédures (CERDP) (Université Côte d’Azur), Feb 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photography and artificial intelligence as tools for authors: the same old legal questions all over again?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Press the shutter, type the prompt. Photography in times of artificial intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison française d'Oxford, May 2024, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syllogisme juridique ou épichérème juridique ? Sur la méthode du cas pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Portron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620404v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId78"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03371633v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Portron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868984v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Plaisant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/traite-de-droit-conventionnel-international-concernant-la-propriete-industrielle-p.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897372v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371612v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/le-fait-de-la-creation-en-droit-d-auteur-francais-9782275088259.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949811v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628276v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219848v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219842v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219737v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371566v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596451v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371551v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949813v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648300v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Portron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628221v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453208v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628227v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573578v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Petelin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zollinger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili B&#233;zier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bougerol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delayen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002841v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453682v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudrat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Guillemain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eug&#233;nie Laporte-Legeais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739288v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886343v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Amrane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Fourka" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739281v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596490v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371533v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886112v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Binctin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ch&#233;rigny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371124v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371543v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371525v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371537v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371530v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371504v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371501v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877891v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Marchadier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371498v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371522v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877838v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bossan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371494v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877719v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845271v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao D&#233;lali Adjalle-Dadji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Biron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949809v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572596v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760569v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648233v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572591v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620404v4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03371633v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Portron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868984v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Plaisant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/traite-de-droit-conventionnel-international-concernant-la-propriete-industrielle-p.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897372v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371612v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/le-fait-de-la-creation-en-droit-d-auteur-francais-9782275088259.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949811v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628276v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219848v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219842v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219737v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371566v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596451v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371551v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949813v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648300v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Portron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628221v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453208v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628227v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573578v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Petelin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zollinger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili B&#233;zier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bougerol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delayen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002841v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453682v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudrat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Guillemain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eug&#233;nie Laporte-Legeais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739288v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886343v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Amrane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Fourka" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739281v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596490v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886112v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Binctin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ch&#233;rigny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371533v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371543v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371124v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371525v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371537v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371530v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371504v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371501v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877891v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Marchadier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371498v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371522v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877838v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bossan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371494v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877719v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371488v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845271v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao D&#233;lali Adjalle-Dadji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Biron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949809v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572596v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760569v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648233v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572591v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620404v4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>