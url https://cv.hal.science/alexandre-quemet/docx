--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -583,533 +583,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05022930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas-phase reactivity of actinides monocations with NH$_3$: ICP-MS Experiments Combined with a DFT Study</w:t>
+                <w:t xml:space="preserve">Microvolume analysis of 226Ra by inductively coupled plasma mass spectrometry: Environmental applications to high-resolution profile of wetland soil pore waters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Goujet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Quemet</w:t>
+                <w:t xml:space="preserve">Marine Boudias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne-Laure Nivesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Gorny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Quémet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c03363⟩</w:t>
+              <w:t xml:space="preserve">Microchemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 204, pp.110971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microc.2024.110971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04761936v1</w:t>
+                <w:t xml:space="preserve">hal-04656550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microvolume analysis of 226Ra by inductively coupled plasma mass spectrometry: Environmental applications to high-resolution profile of wetland soil pore waters</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Josselin Gorny</w:t>
+                <w:t xml:space="preserve">An isotope dilution mass spectrometry overview: tips and applications for the measurement of radionuclides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Quémet</w:t>
+                <w:t xml:space="preserve">Amélie Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Delaunay</w:t>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana María Sánchez Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microchemical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microc.2024.110971⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024 (39), pp.1665-1699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4JA00029C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04656550v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04595852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An isotope dilution mass spectrometry overview: tips and applications for the measurement of radionuclides</w:t>
+                <w:t xml:space="preserve">Reference value of the JNdi-1 isotopic material without normalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+                <w:t xml:space="preserve">Guillaume Lasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana María Sánchez Hernández</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marielle Crozet</w:t>
+                <w:t xml:space="preserve">Sébastien Mialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Boyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2024 (39), pp.1665-1699. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4JA00029C⟩</w:t>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4ja00140k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04595852v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04661983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference value of the JNdi-1 isotopic material without normalization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gas-phase reactivity of actinides monocations with NH$_3$: ICP-MS Experiments Combined with a DFT Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Goujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Boyet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d4ja00140k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c03363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04661983v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04761936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irradiated UAmO2 transmutation discs analyses: from dissolution to accurate isotopic analyses</w:t>
               </w:r>
@@ -2752,295 +2752,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00796104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of total evaporation method using Channeltron electron multipliers by thermal ionization mass spectrometry for europium isotope ratio measurements on picogram sample amounts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of twenty five impurities in uranium matrix by ICP-MS with iron measurement optimized by using reaction collision cell, cold plasma or medium resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Quemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mialle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Quemet</w:t>
+                <w:t xml:space="preserve">Rene Brennetot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ponvienne</w:t>
+                <w:t xml:space="preserve">Emilie Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gourgiotis</w:t>
+                <w:t xml:space="preserve">Edwina Prian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aubert</w:t>
+                <w:t xml:space="preserve">Anne-Laure Laridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 309, pp.141-147. </w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 99, pp.207 - 212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijms.2011.09.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2012.05.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03470721v1</w:t>
+                <w:t xml:space="preserve">cea-03470725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of twenty five impurities in uranium matrix by ICP-MS with iron measurement optimized by using reaction collision cell, cold plasma or medium resolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The use of total evaporation method using Channeltron electron multipliers by thermal ionization mass spectrometry for europium isotope ratio measurements on picogram sample amounts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Chevalier</w:t>
+                <w:t xml:space="preserve">A. Ponvienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwina Prian</w:t>
+                <w:t xml:space="preserve">A. Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Laridon</w:t>
+                <w:t xml:space="preserve">M. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 99, pp.207 - 212. </w:t>
+              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 309, pp.141-147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2012.05.041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijms.2011.09.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03470725v1</w:t>
+                <w:t xml:space="preserve">cea-03470721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How can f-block mono-cations behave as Mono-Cations of d-block transition metals ?</w:t>
               </w:r>
@@ -3218,51 +3218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Maria Sanchez Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3343,51 +3343,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Maria Sanchez Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3550,77 +3550,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity in the gas phase and analysis of actinides using ICP-MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Goujet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EWCPS 2025 - European Winter Conference on Plasma Spectrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3747,152 +3747,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05100134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of actinides mono-cations with NH3 in gas phase: A study using ICP-MS and quantum chemistry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D Guillaumont</w:t>
+                <w:t xml:space="preserve">Réactivité en phase gazeuse et analyse des actinides par ICP-MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Goujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Quemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Nuclear and Radiochemistry – NRC10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Brighton, United Kingdom</w:t>
+              <w:t xml:space="preserve">Spectr'Atom 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04698411v1</w:t>
+                <w:t xml:space="preserve">hal-04698416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new plutonium metal certified reference material at CETAMA: release of the MP4 standard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3937,182 +3937,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atalante 2024 - Sixth International ATALANTE Conference on Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04722324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactivité en phase gazeuse et analyse des actinides par ICP-MS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+                <w:t xml:space="preserve">Reactivity of actinides mono-cations with NH$_3$ in gas phase: A study using ICP-MS and quantum chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Goujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Quémet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectr'Atom 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Pau, France</w:t>
+              <w:t xml:space="preserve">ATALANTE 2024 - 6ème Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04698416v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miniaturized extraction device coupled to mass spectrometry for on-line purification and characterization of nuclear samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Boudias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4297,90 +4297,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles valeurs de référence du standard de néodyme JNdi-1 sans normalisation interne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Boyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectr'Atom 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Pau, France</w:t>
@@ -4403,247 +4403,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of actinides mono-cations with NH$_3$ in gas phase: A study using ICP-MS and quantum chemistry</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A New Plutonium Metal Certified Reference Material at CETAMA: the MP4 Standard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Crozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davrain Ygor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bertorello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Canciani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATALANTE 2024 - 6ème Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
+              <w:t xml:space="preserve">ATALANTE2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEA, Sep 2024, Avignon (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04698405v1</w:t>
+                <w:t xml:space="preserve">cea-04724391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Plutonium Metal Certified Reference Material at CETAMA: the MP4 Standard</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reactivity of actinides mono-cations with NH3 in gas phase: A study using ICP-MS and quantum chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Goujet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Quémet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATALANTE2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CEA, Sep 2024, Avignon (FR), France</w:t>
+              <w:t xml:space="preserve">10th International Conference on Nuclear and Radiochemistry – NRC10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04724391v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développements analytiques et applications à l'analyse de cibles de transmutation</w:t>
               </w:r>
@@ -4754,51 +4754,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irradiated UAmO2 transmutation discs analyses: from dissolution to high accuracy isotopic analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quémet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées francaise de la spectrométrie de masse 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4823,77 +4823,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un dispositif miniaturisé pour l'analyse d'échantillons nucléaires : maîtriser les contraintes opérationnelles pour répondre aux objectifs analytiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Boudias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4944,77 +4944,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity of actinides mono-cations with NH$_3$ in the gas phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Goujet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fuel Cycle: A Chemistry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, webinar conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5039,77 +5039,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring 226Ra concentration in soil pore waters by means of Diffusive Equilibrium in Thin-films: is it still an analytical challenge?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Boudias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Nivesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Gorny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Delauney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5246,51 +5246,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse isotopique du néodyme dans des échantillons irradiés après séparation simultanée des lanthanides, de l'américium et du curium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quémet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5335,312 +5335,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Americium isotope analysis by Thermal Ionization Mass Spectrometry using the total evaporation method: investigation of method accuracy using a new CETAMA/EC-JRC certified reference material</w:t>
+                <w:t xml:space="preserve">Analyse isotopique de l’américium par spectrométrie de masse à thermo-ionisation : apport d’un nouveau matériau de référence certifié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dalier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Rivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Radioanalytical and Nuclear Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Journées techniques Analyse élémentaire et isotopique : défis actuels et futurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Amboise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04698397v1</w:t>
+                <w:t xml:space="preserve">cea-04729239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse isotopique de l’américium par spectrométrie de masse à thermo-ionisation : apport d’un nouveau matériau de référence certifié</w:t>
+                <w:t xml:space="preserve">Uranium and plutonium isotopic analysis in Atalante facility for the 2019-NMRoRo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Savigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Rivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées techniques Analyse élémentaire et isotopique : défis actuels et futurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Amboise, France</w:t>
+              <w:t xml:space="preserve">Technical Meeting on 2019 NM Round Robin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAEA, Jun 2019, Vienna (AUSTRIA), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04729239v1</w:t>
+                <w:t xml:space="preserve">cea-04719735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uranium and plutonium isotopic analysis in Atalante facility for the 2019-NMRoRo</w:t>
+                <w:t xml:space="preserve">Americium isotope analysis by Thermal Ionization Mass Spectrometry using the total evaporation method: investigation of method accuracy using a new CETAMA/EC-JRC certified reference material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dalier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Savigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technical Meeting on 2019 NM Round Robin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAEA, Jun 2019, Vienna (AUSTRIA), Austria</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Radioanalytical and Nuclear Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04719735v1</w:t>
+                <w:t xml:space="preserve">hal-04698397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse isotopique de l'americium par spectrometrie de masse a thermo-ionisation apport d'un nouveau materiau de reference certifie</w:t>
               </w:r>
@@ -6081,77 +6081,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a microfluidic device for the analysis of nuclear samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Boudias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6395,51 +6395,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="95E3BDFE"/>
+    <w:nsid w:val="E8235DD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6626,51 +6626,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-quemet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9839-1991" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170486133" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/C-3563-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440857v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Quemet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Borchi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hamon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10656-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05114690v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Canciani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygor Davrain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bertorello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10093-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05022930v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hernandez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Montreuil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baghdadi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2025.107136" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04761936v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Goujet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c03363" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656550v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boudias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Nivesse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Gorny" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Qu&#233;met" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delaunay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2024.110971" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04595852v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hubert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a S&#225;nchez Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4JA00029C" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04661983v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lasnier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mialle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Isnard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Boyet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ja00140k" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03516347v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Buravand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Peres" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syriac Bejaoui" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-021-08156-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03471078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1JA00322D" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470774v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Sevilla" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vauchy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2020.116479" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470782v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Angenieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1JA00165E" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03540426v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Maloubier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Savigny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-021-07986-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02932076v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Catanese" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Huot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-020-07311-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470768v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Esbelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rivier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-019-06670-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339918v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dalier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rivier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2019.01.008" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470762v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2018.05.017" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02267579v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Manidren" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gracia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-017-5602-6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470752v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Maloubier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2016.04.005" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02384282v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.08.023" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03192840v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2014.10.008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796104v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vitorge" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cimas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengsi Liu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Salpin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2012.10.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470721v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mialle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ponvienne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gourgiotis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2011.09.014" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470725v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Brennetot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chevalier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwina Prian" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Laridon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2012.05.041" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760023v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Brennetot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J. Marsden" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200455" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05044695v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Hubert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Sanchez Hernandez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05322888v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05096166v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Leblanc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05044696v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05100134v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698411v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Goujet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Qu&#233;met" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Guillaumont" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722324v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Picart" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698416v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288524v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupuis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04720186v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698382v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698405v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724391v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davrain Ygor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731465v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Kleitz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698386v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288526v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698425v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692084v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delauney" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719848v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698390v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698397v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729239v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719735v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339251v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721693v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Poinsignon-Jacquemin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509163v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698401v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288525v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-03470740v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alexandre-quemet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9839-1991" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170486133" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/C-3563-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440857v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Quemet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Borchi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hamon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10656-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05114690v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Canciani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygor Davrain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bertorello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10093-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05022930v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hernandez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Montreuil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baghdadi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2025.107136" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656550v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boudias" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Nivesse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Gorny" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Qu&#233;met" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delaunay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2024.110971" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04595852v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Hubert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a S&#225;nchez Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4JA00029C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04661983v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lasnier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mialle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Isnard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Boyet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ja00140k" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04761936v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Goujet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c03363" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03516347v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Buravand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Peres" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syriac Bejaoui" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-021-08156-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03471078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1JA00322D" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470774v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Sevilla" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vauchy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2020.116479" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470782v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Angenieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1JA00165E" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03540426v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Maloubier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Savigny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-021-07986-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02932076v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Catanese" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Huot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-020-07311-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470768v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Esbelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rivier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-019-06670-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339918v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dalier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rivier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2019.01.008" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470762v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2018.05.017" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02267579v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Manidren" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gracia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-017-5602-6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470752v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Maloubier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2016.04.005" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02384282v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.08.023" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03192840v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2014.10.008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796104v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vitorge" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cimas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengsi Liu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Salpin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2012.10.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470725v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Brennetot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chevalier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwina Prian" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Laridon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2012.05.041" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470721v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mialle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ponvienne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gourgiotis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2011.09.014" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760023v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Brennetot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J. Marsden" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201200455" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05044695v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Hubert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Sanchez Hernandez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05322888v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05096166v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Leblanc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05044696v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05100134v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698416v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722324v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Picart" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698405v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Goujet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Qu&#233;met" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Guillaumont" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288524v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupuis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04720186v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698382v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724391v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davrain Ygor" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698411v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731465v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Kleitz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698386v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288526v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698425v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692084v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delauney" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719848v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698390v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729239v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719735v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698397v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339251v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721693v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Poinsignon-Jacquemin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509163v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698401v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288525v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-03470740v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>