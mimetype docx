--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -100,234 +100,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche en comptabilité, audit et contrôle à l’ère de l’IA</w:t>
+                <w:t xml:space="preserve">Les universitaires et le « diable » : Utiliser ou ne pas utiliser l’intelligence artificielle pour soutenir le travail académique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiliano Jeanneret Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45e Congrès de l’AFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bourgogne, May 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">29ème conférence de l’AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association International de Management, May 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05061654v1</w:t>
+                <w:t xml:space="preserve">hal-05064483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les universitaires et le « diable » : Utiliser ou ne pas utiliser l’intelligence artificielle pour soutenir le travail académique ?</w:t>
+                <w:t xml:space="preserve">La recherche en comptabilité, audit et contrôle à l’ère de l’IA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ème conférence de l’AIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association International de Management, May 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">45e Congrès de l’AFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne, May 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05064483v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">15 Years of Information System Design Science Research: A Bibliographic Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hawaii International Conference on System Sciences, HICSS’53</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Hawaii at Manoa, Jan 2020, Maui, Hawaii, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
@@ -374,51 +374,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">15 ans de recherche en Design Science : Une rétrospective bibliométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -456,51 +456,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre la structuration du champ de la recherche en sciences du design en SI : une analyse de co-citation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
@@ -553,64 +553,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Examination of the Strategic Alignment Literature in IS through a Co-Citation Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kalika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Walsh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMCIS 2012 : 18th Americas Conference on Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Seattle, United States. Paper 28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -635,51 +635,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The lost dimension of strategic alignment?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Walsh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -717,51 +717,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement stratégique, choix et gestion des systèmes d'information, une contribution à la performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Conférence des Etudiants de Recherche en Gestion (CERG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -799,51 +799,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective strategic behavior and IS co-alignment, impact on performance. An alternative perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kalika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediteranean Conference on Information Systems (MCIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Hammamet, Tunisia. Paper 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -894,720 +894,720 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rereading entrepreneurial failure from the scientific literature: A bibliometric approach</w:t>
+                <w:t xml:space="preserve">Transformation digitale et performance des PME : une analyse bibliométrique pour comprendre et agir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Tessier</w:t>
+                <w:t xml:space="preserve">Lynda Saoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maarouf Ramadan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Mathilde Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Gomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Administrative Sciences - Revue Canadienne des Sciences de l'Administration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cjas.1732⟩</w:t>
+              <w:t xml:space="preserve">Revue Internationale PME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (2), pp.13 - 38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1101642ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808494v1</w:t>
+                <w:t xml:space="preserve">hal-04878795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARTIREV: An Integrated Bibliometric Tool to Efficiently Conduct Quality Literature Reviews</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rereading entrepreneurial failure from the scientific literature: A bibliometric approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maarouf Ramadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Walsh</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Mourmant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sim.224.0005⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Administrative Sciences - Revue Canadienne des Sciences de l'Administration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cjas.1732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05151057v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portefeuille Hybride de Business Models et Durabilité Des Entreprises Multimarchés:</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ARTIREV: An Integrated Bibliometric Tool to Efficiently Conduct Quality Literature Reviews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isabelle Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiliano Jeanneret Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Baudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Mourmant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entreprendre &amp; Innover</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/entin.054.0058⟩</w:t>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (4), pp.5-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sim.224.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04877212v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformation digitale et performance des PME : une analyse bibliométrique pour comprendre et agir</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Portefeuille Hybride de Business Models et Durabilité Des Entreprises Multimarchés:</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Gomot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Raphaël Maucuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale PME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 36 (2), pp.13 - 38. </w:t>
+              <w:t xml:space="preserve">Entreprendre &amp; Innover</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54, pp.58-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1101642ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/entin.054.0058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04878795v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">35 years of research on SMEs and entrepreneurship: foundations and contributions of RIPME</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">What can we learn from marketers? A bibliometric analysis of the marketing literature on business model research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Maucuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Maucuer</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ronteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Muzellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale PME</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1090648ar⟩</w:t>
+              <w:t xml:space="preserve">Long Range Planning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (5), pp.102219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lrp.2022.102219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05150687v1</w:t>
+                <w:t xml:space="preserve">hal-03718522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What can we learn from marketers? A bibliometric analysis of the marketing literature on business model research</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">35 years of research on SMEs and entrepreneurship: foundations and contributions of RIPME</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Maucuer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Muzellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Long Range Planning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 55 (5), pp.102219. </w:t>
+              <w:t xml:space="preserve">Revue Internationale PME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35 (2), pp.49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lrp.2022.102219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7202/1090648ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03718522v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05150687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Business Models in the Information Systems Literature: State of the Art and Research Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Maucuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliya Snihur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1667,64 +1667,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Company's Business Models and NGOs: Inputs from the Partnerships Portfolio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Maucuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (3), pp.172-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1749,64 +1749,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Business Model Research: A Bibliometric Analysis of Origins and Trends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Maucuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@n@gement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1831,64 +1831,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Business models de l’entreprise et ONG : contributions du portefeuille de partenariats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Maucuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1913,64 +1913,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">20 years of academic publishing in M@n@gement: a bibliometric analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Maucuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@n@gement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 21 (4), pp.1186-1212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2004,64 +2004,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reviewing the literature in the IS field: Two bibliometric techniques to guide readings and help the interpretation of the literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 22 (3), pp.75-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2095,51 +2095,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Stochastic Close-Enough Arc Routing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Absi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2190,64 +2190,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is SAM still alive ? A bibliometric and interpretive mapping of the strategic alignment research field.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Walsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kalika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2319,64 +2319,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Translated Strategic Alignment Model: A Practice-Based Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kalika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Walsh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 18 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2401,64 +2401,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La théorie de la traduction revisitée ou la conduite du changement traduit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Walsh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 39, pp.283-302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2515,51 +2515,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et si on collectivisait Twitter ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2609,51 +2609,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La confiance et le partage de connaissances, levier d'efficacité des équipes virtuelles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La transformation digitale en entreprise : 100 questions/réponses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, pp.183-185, 2021, 9782340055193</w:t>
@@ -2714,51 +2714,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduire pour aligner : une analyse par les pratiques de la conduite de projets de reconfigurations de systemes d’information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université Paris Dauphine - Paris IX, 2012. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012PA090069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2954,51 +2954,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061654v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064483v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Walsh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Jeanneret Medina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02489630v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pascal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24251/HICSS.2020.618" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02489681v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02489674v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664029v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kalika" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666433v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Walsh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666393v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666236v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808494v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarouf Ramadan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjas.1732" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151057v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baudet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Mourmant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.224.0005" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877212v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Maucuer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.054.0058" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878795v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Saoudi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gomot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101642ar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150687v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090648ar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718522v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ronteau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muzellec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lrp.2022.102219" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422359v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Snihur" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neva Bojovic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.204.0005" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403835v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918188v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02062146v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02065927v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.214.1186" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01991305v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.173.0075" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01421628v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Absi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Feillet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01286621v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsis.2016.01.002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLDKLQ70-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664046v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267503v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05336417v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00956585v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA090069" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064483v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Walsh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Jeanneret Medina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061654v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02489630v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pascal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24251/HICSS.2020.618" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02489681v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02489674v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664029v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kalika" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666433v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Walsh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666393v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666236v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878795v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Saoudi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gomot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101642ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808494v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarouf Ramadan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjas.1732" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151057v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baudet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Mourmant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.224.0005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877212v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Maucuer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.054.0058" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718522v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ronteau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muzellec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lrp.2022.102219" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150687v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090648ar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422359v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Snihur" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neva Bojovic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.204.0005" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403835v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918188v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02062146v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02065927v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.214.1186" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01991305v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.173.0075" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01421628v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Absi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Feillet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01286621v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsis.2016.01.002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLDKLQ70-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664046v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00666415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267503v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05336417v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00956585v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA090069" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>