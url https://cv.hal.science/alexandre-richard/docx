--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -773,226 +773,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057186v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the discrete-time simulation of the rough Heston model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regularisation by fractional noise for one-dimensional differential equations with distributional drift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Anzeletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fan Yang</w:t>
+                <w:t xml:space="preserve">Etienne Tanré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Financial Mathematics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478994v1</w:t>
+                <w:t xml:space="preserve">hal-03479702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regularisation by fractional noise for one-dimensional differential equations with distributional drift</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the discrete-time simulation of the rough Heston model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolu Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lukas Anzeletti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Etienne Tanré</w:t>
+                <w:t xml:space="preserve">Fan Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SIAM Journal on Financial Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.223-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/21M1443807⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03479702v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative particle approximation of nonlinear Fokker-Planck equations with singular kernel</w:t>
               </w:r>
@@ -1095,64 +1095,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrete-time Simulation of Stochastic Volterra Equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaolu Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stochastic Processes and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1290,51 +1290,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Root solution to the Skorokhod embedding problem given full marginals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaolu Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Touzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1394,51 +1394,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penalisation techniques for one-dimensional reflected rough differential equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Tanré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soledad Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1511,51 +1511,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricio Orio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Tanré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 44 (3), pp.297-312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2407,51 +2407,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527149v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cavallazzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Richard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Tomasevic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04575542v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gouden&#232;ge" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Haress" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02537226v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Olivera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03695595v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10959-024-01389-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03715427v3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2024.104533" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01323288v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Talay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-EJP1191" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04057186v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11203-024-09311-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03478994v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolu Tan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1443807" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479702v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Anzeletti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tanr&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02914779v4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2422/2036-2145.202105_087" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528983v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2021.07.003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755497v3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Panloup" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-EJP464" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902839v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Touzi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1222594" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982781v5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soledad Torres" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/20-BEJ1212" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01521891v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Orio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10827-018-0680-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01075245v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10959-016-0694-4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862539v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Herbin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-016-1382-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236156v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-ECP4727" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922028v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2014.11.003" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01620377v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65313-6_9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01091243v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014ECAP0048" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/tel-04505879v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527149v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cavallazzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Richard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Tomasevic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04575542v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gouden&#232;ge" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Haress" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02537226v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Olivera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03695595v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10959-024-01389-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03715427v3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2024.104533" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01323288v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Talay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-EJP1191" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04057186v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11203-024-09311-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479702v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Anzeletti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tanr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03478994v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolu Tan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1443807" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02914779v4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2422/2036-2145.202105_087" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528983v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2021.07.003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755497v3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Panloup" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-EJP464" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902839v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Touzi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1222594" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982781v5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soledad Torres" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/20-BEJ1212" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01521891v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Orio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10827-018-0680-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01075245v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10959-016-0694-4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862539v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Herbin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11856-016-1382-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01236156v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-ECP4727" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922028v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2014.11.003" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01620377v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65313-6_9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01091243v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014ECAP0048" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/tel-04505879v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>