--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -234,252 +234,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05316112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Freshwater Origin of a Brackish Submarine Spring Inferred from a Long-Term Stable Isotope Survey: The Port-Miou Karstic Spring (S-E France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Métrologie et monitoring : les spécificités de la mesure en milieux souterrains karstiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Monvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Naessens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zappelli</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Garin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Karst Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-84338-9_11⟩</w:t>
+              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Mondes souterrains karstiques. Investigations, compréhensions, représentations, 54-55, pp.84-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14y1a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05465956v1</w:t>
+                <w:t xml:space="preserve">hal-05387088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métrologie et monitoring : les spécificités de la mesure en milieux souterrains karstiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Freshwater Origin of a Brackish Submarine Spring Inferred from a Long-Term Stable Isotope Survey: The Port-Miou Karstic Spring (S-E France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Zappelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Arfib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Monvoisin</w:t>
+                <w:t xml:space="preserve">Christine Vallet-Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Naessens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Zappelli</w:t>
+                <w:t xml:space="preserve">Thibaut Garin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Mondes souterrains karstiques. Investigations, compréhensions, représentations, 54-55, pp.84-105. </w:t>
+              <w:t xml:space="preserve">Advances in Karst Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Advances in Karst Science, In: Fiorillo, F., Parise, M., Petitta, M., Leone, G., Liso, I.S., Lorenzi, V. (eds) Eurokarst 2024. Springer, Cham., pp.79 - 84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/14y1a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-84338-9_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05387088v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un stage de formation scientifique pour documenter l'histoire sédimentaire des grottes de Lacave (Lot, France)</w:t>
               </w:r>
@@ -1276,51 +1276,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un réseau de métiers CNRS consacré aux Milieux Souterrains et aux Karsts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Monvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zappelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1587,51 +1587,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Gouffre des Encanaux ou les vases communicants provençaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zappelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spelunca</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 137, pp.17--23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2021,103 +2021,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instrumentation et intercomparaison de mesures de radon souterrain en grotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Monvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Terray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Naessens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Decitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre scientifique interdisciplinaire sur le Radon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Marseille, France</w:t>
@@ -2159,77 +2159,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The freshwater origin of a brackish submarine spring inferred from a long-term stable isotope survey: the Port-Miou karstic spring (SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zappelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vallet-Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Garin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROKARST 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2267,51 +2267,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THE ADDED VALUE OF STABLE ISOTOPES TO MODEL RUNOFF GENERATION AND ECOHYDROLOGICAL PARTITIONING IN WEST AFRICA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Chavez-Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vallet-Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Kuppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3002,51 +3002,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Element of a pluri-disciplinary project on karstic reservoir characterization : groundwater modelling of the Dévoluy Massif, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Rispal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3466,51 +3466,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of seasonal snow on the recharge of a mountain karst aquifer under climate change: the Dévoluy case study (Southern Alps, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Rispal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4018,51 +4018,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Parizot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espurt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Viguier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duclaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zappelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.70065" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Garin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84338-9_11" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387088v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Monvoisin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Naessens" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14y1a" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452557v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Al-Khoury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cunin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain F&#233;rot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Godinot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487288v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395772v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schneider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Perrier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stieglitz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070080v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rolland" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420123v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448338v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wadel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Garcia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784363v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Jagercikova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lemot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speranta - Maria Popescu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fauquette" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328463v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mocochain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Lebatard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leanni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557496v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986321v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Damasko" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228658v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Magnin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zapelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Amara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ducastelle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bichara" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458332v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042975v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Magnin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G F&#246;rster" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rabilloud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calvo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zappelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/18/185401" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773480v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diarra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.185501" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419694v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450673v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Terray" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Decitre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845533v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05090885v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Chavez-Espinoza" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peugeot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Hector" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396654v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadis Ferraro" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Mercurio" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Brunet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Inez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Larmony" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932691v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Monvoisin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Husson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070986v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070962v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egels" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Core" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Martin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombo Rapha&#235;l" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628415v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rispal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628392v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984917v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belleville" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851268v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851281v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465997v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711169v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diarra" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Amara" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducastelle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bichara" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880192v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586491v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Parizot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Espurt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Viguier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duclaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zappelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.70065" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387088v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Monvoisin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Naessens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14y1a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465956v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Garin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84338-9_11" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452557v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Al-Khoury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cunin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain F&#233;rot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Godinot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487288v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395772v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schneider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Perrier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stieglitz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070080v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rolland" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420123v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448338v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wadel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Garcia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784363v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Jagercikova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lemot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speranta - Maria Popescu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fauquette" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328463v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mocochain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Lebatard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leanni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557496v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986321v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Damasko" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228658v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Magnin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zapelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Amara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ducastelle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bichara" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458332v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042975v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Magnin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G F&#246;rster" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rabilloud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calvo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zappelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/18/185401" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773480v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diarra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.185501" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419694v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450673v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Terray" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Decitre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845533v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05090885v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Chavez-Espinoza" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peugeot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Hector" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396654v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadis Ferraro" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Mercurio" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Brunet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Inez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Larmony" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932691v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Monvoisin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Husson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070986v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070962v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egels" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Core" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Martin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombo Rapha&#235;l" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628415v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rispal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628392v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984917v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belleville" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851268v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851281v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465997v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711169v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diarra" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Amara" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducastelle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bichara" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880192v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586491v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>