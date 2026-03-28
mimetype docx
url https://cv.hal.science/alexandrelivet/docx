--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -967,218 +967,52 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04059836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...164 lines deleted...]
-    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1325,51 +1159,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05514502v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iteb Boughattas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Mannai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Chebbi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane Mkhinini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Abouda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2025.126158" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024902v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Baganan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=My Dung Jusselme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Alphonse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Livet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Guerin Rechdaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/20240639" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05512812v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Helaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Jabnouni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.142521" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05512824v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Elkribi-Boukhris" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stress.2023.100212" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03247304v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Toula&#239;b" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Balland-Bolou-Bi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bagard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Leitao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-14512-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688672v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland de Guio" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207540600845750" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059836v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53102/2004.23.01.508" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535933v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Roux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narimane Chibane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Seidl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Neveu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achouak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.15146" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05514502v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iteb Boughattas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Mannai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Chebbi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane Mkhinini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Abouda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2025.126158" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024902v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Baganan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=My Dung Jusselme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Alphonse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Livet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Guerin Rechdaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/20240639" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05512812v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Helaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Jabnouni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.142521" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05512824v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Elkribi-Boukhris" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stress.2023.100212" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03247304v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Toula&#239;b" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Balland-Bolou-Bi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bagard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Leitao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-14512-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688672v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland de Guio" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207540600845750" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059836v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53102/2004.23.01.508" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>